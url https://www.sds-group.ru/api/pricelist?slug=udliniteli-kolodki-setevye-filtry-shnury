--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -8,1507 +8,1495 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="940" uniqueCount="487">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="936" uniqueCount="483">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Удлинители, колодки, сетевые фильтры, шнуры</t>
   </si>
   <si>
     <t>1.1 Удлинители бытовые</t>
   </si>
   <si>
     <t>1.1.1 Удлинители бытовые REXANT STANDARD</t>
   </si>
   <si>
+    <t>11-8732</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 10м, 2х0,75мм², б/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-8736</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 7м, 2х0,75мм², б/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8734</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 3м, 3х1,0мм², с/з, белый REXANT</t>
+  </si>
+  <si>
     <t>11-8731</t>
   </si>
   <si>
     <t>Удлинитель 3 гнезда, 1,5м, 2х0,75мм², б/з, белый REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>11-8737</t>
   </si>
   <si>
     <t>Удлинитель 3 гнезда, 5м, 2х0,75мм², б/з, белый REXANT</t>
   </si>
   <si>
-    <t>11-8732</t>
-[...2 lines deleted...]
-    <t>Удлинитель 3 гнезда, 10м, 2х0,75мм², б/з, белый REXANT</t>
+    <t>13-4012</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 1,5м, 3х1,0мм², с/з, с выключателем, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8735</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 5м, 3х1,0мм², с/з, белый REXANT</t>
   </si>
   <si>
     <t>11-8733</t>
   </si>
   <si>
     <t>Удлинитель 3 гнезда, 3м, 2х0,75мм², б/з, белый REXANT</t>
   </si>
   <si>
-    <t>11-8734</t>
-[...8 lines deleted...]
-    <t>Удлинитель 3 гнезда, 5м, 3х1,0мм², с/з, белый REXANT</t>
+    <t>13-4016</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 3м, 3х1,0мм², с/з, с выключателем, 2 USB, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4042</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 5 гнезд, 5м, 3х1,0мм², с/з, с выключателем, 2 USB, черный REXANT</t>
   </si>
   <si>
     <t>13-4019</t>
   </si>
   <si>
     <t>Удлинитель STANDARD 3 гнезда, 3м, 3х1,0мм², с/з, с выключателем, черный REXANT</t>
   </si>
   <si>
+    <t>13-4000</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 2 гнезда, 1,5м, 2х1,0мм², б/з, белый REXANT</t>
+  </si>
+  <si>
     <t>13-4001</t>
   </si>
   <si>
     <t>Удлинитель STANDARD 2 гнезда, 3м, 2х1,0мм², б/з, белый REXANT</t>
   </si>
   <si>
+    <t>13-4017</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 5м, 3х1,0мм², с/з, с выключателем, 2 USB, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4035</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 5 гнезд, 3м, 3х1,0мм², с/з, с выключателем, 2 USB, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4047</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 6 гнезд, 3м, 3х1,0мм², с/з, с выключателем, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4005</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 2 гнезда, 5м, 3х1,0мм², с/з, белый REXANT</t>
+  </si>
+  <si>
     <t>13-4008</t>
   </si>
   <si>
     <t>Удлинитель STANDARD 3 гнезда, 5м, 2х1,0мм², б/з, белый REXANT</t>
   </si>
   <si>
-    <t>13-4017</t>
-[...8 lines deleted...]
-    <t>Удлинитель STANDARD 3 гнезда, 1,5м, 3х1,0мм², с/з, с выключателем, белый REXANT</t>
+    <t>13-4041</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 5 гнезд, 3м, 3х1,0мм², с/з, с выключателем, 2 USB, черный REXANT</t>
+  </si>
+  <si>
+    <t>13-4002</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 2 гнезда, 5м, 2х1,0мм², б/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4006</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 1,5м, 2х1,0мм², б/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4007</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 3м, 2х1,0мм², б/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4010</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 3м, 3х1,0мм², с/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4011</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 5м, 3х1,0мм², с/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4025</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 4 гнезда, 5м, 2х1,0мм², б/з, белый REXANT</t>
   </si>
   <si>
     <t>13-4028</t>
   </si>
   <si>
     <t>Удлинитель STANDARD 5 гнезд, 1,5м, 3х1,0мм², с/з, белый REXANT</t>
   </si>
   <si>
-    <t>13-4005</t>
-[...68 lines deleted...]
-    <t>Удлинитель STANDARD 5 гнезд, 5м, 3х1,0мм², с/з, белый REXANT</t>
+    <t>13-4034</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 5 гнезд, 1,5м, 3х1,0мм², с/з, с выключателем, 2 USB, белый REXANT</t>
   </si>
   <si>
     <t>13-4040</t>
   </si>
   <si>
     <t>Удлинитель STANDARD 5 гнезд, 1,5м, 3х1,0мм², с/з, с выключателем, 2 USB, черный REXANT</t>
   </si>
   <si>
     <t>13-4046</t>
   </si>
   <si>
     <t>Удлинитель STANDARD 6 гнезд, 1,5м, 3х1,0мм², с/з, с выключателем, белый REXANT</t>
   </si>
   <si>
-    <t>13-4006</t>
-[...58 lines deleted...]
-  <si>
     <t>1.1.2 Удлинители бытовые REXANT PREMIUM</t>
   </si>
   <si>
+    <t>13-4102</t>
+  </si>
+  <si>
+    <t>Удлинитель PREMIUM 3 гнезда, 5м, 3х1,5мм², с/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4108</t>
+  </si>
+  <si>
+    <t>Удлинитель PREMIUM 3 гнезда, 5м, 3х1,5мм², с/з, с выключателем, черный REXANT</t>
+  </si>
+  <si>
     <t>13-4110</t>
   </si>
   <si>
     <t>Удлинитель PREMIUM 3 гнезда, 3м, 3х1,5мм², с/з, 2 USB, белый REXANT</t>
   </si>
   <si>
-    <t>13-4119</t>
-[...2 lines deleted...]
-    <t>Удлинитель PREMIUM 6 гнезд, 3м, 3х1,5мм², с/з, с выключателем, черный REXANT</t>
+    <t>13-4107</t>
+  </si>
+  <si>
+    <t>Удлинитель PREMIUM 3 гнезда, 3м, 3х1,5мм², с/з, с выключателем, черный REXANT</t>
+  </si>
+  <si>
+    <t>13-4115</t>
+  </si>
+  <si>
+    <t>Удлинитель PREMIUM 6 гнезд, 1,5м, 3х1,5мм², с/з, с выключателем, белый REXANT</t>
   </si>
   <si>
     <t>13-4105</t>
   </si>
   <si>
     <t>Удлинитель PREMIUM 3 гнезда, 5м, 3х1,5мм², с/з, с выключателем, белый REXANT</t>
   </si>
   <si>
     <t>13-4111</t>
   </si>
   <si>
     <t>Удлинитель PREMIUM 3 гнезда, 5м, 3х1,5мм², с/з, 2 USB, белый REXANT</t>
   </si>
   <si>
-    <t>13-4122</t>
-[...40 lines deleted...]
-  <si>
     <t>1.1.3 Удлинители бытовые PROconnect</t>
   </si>
   <si>
+    <t>11-7206</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 1,5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7213</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 5м, 3х0,75мм², с/з, с кнопкой, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7219</t>
+  </si>
+  <si>
+    <t>Удлинитель 4 гнезда, 3м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7205</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 1,5м, 3х0,75мм², с/з, с кнопкой, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7209</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 3м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4210</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 5м, 3х0,75мм², с/з, угловая вилка, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4200</t>
+  </si>
+  <si>
+    <t>Удлинитель 2 гнезда, 1,5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4205</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 1,5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4206</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 3м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4209</t>
+  </si>
+  <si>
+    <t>13-4212</t>
+  </si>
+  <si>
+    <t>Удлинитель 5 гнезд, 3м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7212</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7222</t>
+  </si>
+  <si>
+    <t>Удлинитель OPTIMA 4 гнезда, 5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4211</t>
+  </si>
+  <si>
+    <t>Удлинитель 5 гнезд, 1,5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4207</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7218</t>
+  </si>
+  <si>
+    <t>Удлинитель 4 гнезда, 10м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7207</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 10м, 3х0,75мм², с/з, с кнопкой, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7204</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 1,5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7224</t>
+  </si>
+  <si>
+    <t>Удлинитель-рулетка STANDARD 3 гнезда, 3м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
     <t>11-7217</t>
   </si>
   <si>
     <t>Удлинитель OPTIMA 4 гнезда, 1,5м, 2х0,75мм², б/з, белый PROconnect</t>
   </si>
   <si>
-    <t>11-7206</t>
-[...2 lines deleted...]
-    <t>Удлинитель STANDARD 3 гнезда, 1,5м, 2х0,75мм², б/з, белый PROconnect</t>
+    <t>11-7210</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 3м, 3х0,75мм², с/з, с кнопкой, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7211</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 3м, 2х0,75мм² , б/з, белый PROconnect</t>
   </si>
   <si>
     <t>11-7208</t>
   </si>
   <si>
     <t>Удлинитель 3 гнезда, 10м, 3х0,75мм², с/з, белый PROconnect</t>
   </si>
   <si>
-    <t>11-7211</t>
-[...8 lines deleted...]
-    <t>Удлинитель 3 гнезда, 5м, 3х0,75мм², с/з, белый PROconnect</t>
+    <t>11-7221</t>
+  </si>
+  <si>
+    <t>Удлинитель 4 гнезда, 5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7220</t>
+  </si>
+  <si>
+    <t>Удлинитель OPTIMA 4 гнезда, 3м, 2х0,75мм², б/з, белый PROconnect</t>
   </si>
   <si>
     <t>11-7214</t>
   </si>
   <si>
     <t>Удлинитель STANDARD 3 гнезда, 5м, 2х0,75мм², б/з, белый PROconnect</t>
   </si>
   <si>
-    <t>11-7207</t>
-[...8 lines deleted...]
-    <t>Удлинитель 3 гнезда, 3м, 3х0,75мм², с/з, белый PROconnect</t>
+    <t>11-7225</t>
+  </si>
+  <si>
+    <t>Удлинитель-рулетка STANDARD 3 гнезда, 5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4213</t>
+  </si>
+  <si>
+    <t>Удлинитель 5 гнезд, 5м, 3х0,75мм², с/з, белый PROconnect</t>
   </si>
   <si>
     <t>11-7215</t>
   </si>
   <si>
     <t>Удлинитель STANDARD 3 гнезда, 7м, 2х0,75мм², б/з, белый PROconnect</t>
   </si>
   <si>
-    <t>11-7224</t>
-[...14 lines deleted...]
-    <t>Удлинитель OPTIMA 4 гнезда, 5м, 2х0,75мм², б/з, белый PROconnect</t>
+    <t>13-4201</t>
+  </si>
+  <si>
+    <t>Удлинитель 2 гнезда, 3м, 2х0,75мм², б/з, белый PROconnect</t>
   </si>
   <si>
     <t>13-4202</t>
   </si>
   <si>
     <t>Удлинитель 2 гнезда, 1,5м, 3х0,75мм², с/з, белый PROconnect</t>
   </si>
   <si>
-    <t>11-7221</t>
-[...64 lines deleted...]
-  <si>
     <t>13-4203</t>
   </si>
   <si>
     <t>Удлинитель 2 гнезда, 3м, 3х0,75мм², с/з, белый PROconnect</t>
   </si>
   <si>
-    <t>13-4212</t>
-[...34 lines deleted...]
-  <si>
     <t>13-4204</t>
   </si>
   <si>
     <t>Удлинитель 2 гнезда, 5м, 3х0,75мм², с/з, белый PROconnect</t>
   </si>
   <si>
+    <t>13-4208</t>
+  </si>
+  <si>
     <t>1.2 Колодки розеточные</t>
   </si>
   <si>
+    <t>11-8714</t>
+  </si>
+  <si>
+    <t>Колодка 4 гнезда б/з Эконом PROconnect</t>
+  </si>
+  <si>
+    <t>11-8713</t>
+  </si>
+  <si>
+    <t>Колодка 3 гнезда б/з с выключателем Эконом PROconnect</t>
+  </si>
+  <si>
+    <t>11-8709</t>
+  </si>
+  <si>
+    <t>Колодка 2 гнезда с/з Эконом PROconnect</t>
+  </si>
+  <si>
     <t>11-8710</t>
   </si>
   <si>
     <t>Колодка 2 гнезда б/з с выключателем Эконом PROconnect</t>
   </si>
   <si>
-    <t>11-8713</t>
-[...2 lines deleted...]
-    <t>Колодка 3 гнезда б/з с выключателем Эконом PROconnect</t>
+    <t>11-8711</t>
+  </si>
+  <si>
+    <t>Колодка 3 гнезда б/з Эконом PROconnect</t>
   </si>
   <si>
     <t>11-8712</t>
   </si>
   <si>
     <t>Колодка 3 гнезда с/з Эконом PROconnect</t>
   </si>
   <si>
-    <t>11-8711</t>
-[...16 lines deleted...]
-  <si>
     <t>11-8707</t>
   </si>
   <si>
     <t>Колодка 4 гнезда c заземлением REXANT</t>
   </si>
   <si>
     <t>11-8702</t>
   </si>
   <si>
     <t>Колодка 2 гнезда с заземлением REXANT</t>
   </si>
   <si>
+    <t>13-4401</t>
+  </si>
+  <si>
+    <t>Колодка PREMIUM 3 гнезда, с/з, с выключателем, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8716</t>
+  </si>
+  <si>
+    <t>Колодка 4 гнезда с кнопкой c заземлением REXANT</t>
+  </si>
+  <si>
+    <t>11-8705</t>
+  </si>
+  <si>
+    <t>Колодка 3 гнезда с кнопкой без заземления REXANT</t>
+  </si>
+  <si>
     <t>11-8701</t>
   </si>
   <si>
     <t>Колодка 2 гнезда без заземления REXANT</t>
   </si>
   <si>
-    <t>11-8705</t>
-[...4 lines deleted...]
-  <si>
     <t>11-8715</t>
   </si>
   <si>
     <t>Колодка 4 гнезда без заземления REXANT</t>
   </si>
   <si>
-    <t>11-8716</t>
-[...2 lines deleted...]
-    <t>Колодка 4 гнезда с кнопкой c заземлением REXANT</t>
+    <t>13-4400</t>
+  </si>
+  <si>
+    <t>Колодка PREMIUM 3 гнезда, с/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8703</t>
+  </si>
+  <si>
+    <t>Колодка 3 гнезда без заземления REXANT</t>
   </si>
   <si>
     <t>11-8704</t>
   </si>
   <si>
     <t>Колодка 3 гнезда с заземлением REXANT</t>
   </si>
   <si>
-    <t>11-8703</t>
-[...2 lines deleted...]
-    <t>Колодка 3 гнезда без заземления REXANT</t>
+    <t>11-8706</t>
+  </si>
+  <si>
+    <t>Колодка 3 гнезда с кнопкой c заземлением REXANT</t>
   </si>
   <si>
     <t>13-4402</t>
   </si>
   <si>
     <t>Колодка PREMIUM 3 гнезда, с/з, 2 USB, белый REXANT</t>
   </si>
   <si>
-    <t>13-4400</t>
-[...4 lines deleted...]
-  <si>
     <t>13-4403</t>
   </si>
   <si>
     <t>Колодка PREMIUM 6 гнезд, с/з, белый REXANT</t>
   </si>
   <si>
+    <t>13-4404</t>
+  </si>
+  <si>
+    <t>Колодка PREMIUM 6 гнезд, с/з, с выключателем, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4405</t>
+  </si>
+  <si>
+    <t>Колодка PREMIUM 3 гнезда, с/з, с выключателем, черный REXANT</t>
+  </si>
+  <si>
+    <t>13-4406</t>
+  </si>
+  <si>
+    <t>Колодка PREMIUM 6 гнезд, с/з, с выключателем, черный REXANT</t>
+  </si>
+  <si>
     <t>13-4407</t>
   </si>
   <si>
     <t>Колодка PREMIUM 6 гнезд, с/з, 2 USB, белый REXANT</t>
   </si>
   <si>
-    <t>13-4405</t>
-[...28 lines deleted...]
-  <si>
     <t>11-8708</t>
   </si>
   <si>
     <t>Колодка 2 гнезда Эконом</t>
   </si>
   <si>
     <t>1.3 Сетевые фильтры</t>
   </si>
   <si>
     <t>1.3.1 Сетевые фильтры PROconnect</t>
   </si>
   <si>
     <t>11-7226</t>
   </si>
   <si>
     <t>Сетевой фильтр STANDARD 4 гнезда, 1,5м, 3х0,75мм², с/з + автовыкл., белый PROconnect</t>
   </si>
   <si>
     <t>11-7227</t>
   </si>
   <si>
     <t>Сетевой фильтр STANDARD 4 гнезда, 1,5м, 3х0,75мм², с/з, белый PROconnect</t>
   </si>
   <si>
     <t>11-7228</t>
   </si>
   <si>
     <t>Сетевой фильтр STANDARD 4 гнезда, 3м, 3х0,75мм², с/з + автовыкл., белый PROconnect</t>
   </si>
   <si>
+    <t>11-7229</t>
+  </si>
+  <si>
+    <t>Сетевой фильтр STANDARD 4 гнезда, 3м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7231</t>
+  </si>
+  <si>
+    <t>Сетевой фильтр STANDARD 4 гнезда, 5м, 3х0,75мм², с/з + автовыкл., белый PROconnect</t>
+  </si>
+  <si>
     <t>11-7232</t>
   </si>
   <si>
     <t>Сетевой фильтр STANDARD 4 гнезда, 5м, 3х0,75мм², с/з, белый PROconnect</t>
   </si>
   <si>
-    <t>11-7229</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3.2 Сетевые фильтры KRANZ</t>
   </si>
   <si>
-    <t>13-4701</t>
-[...2 lines deleted...]
-    <t>Фильтр сетевой 5 гнезд, 5м, 3х1,5мм², с автовыкл, 2 USB, белый KRANZ</t>
+    <t>13-4700</t>
+  </si>
+  <si>
+    <t>Фильтр сетевой 5 гнезд, 3м, 3х1,5мм², с автовыкл, 2 USB, белый KRANZ</t>
   </si>
   <si>
     <t>13-4702</t>
   </si>
   <si>
     <t>Фильтр сетевой 5 гнезд, 3м, 3х1,5мм², с автовыкл, 2 USB, черный KRANZ</t>
   </si>
   <si>
-    <t>13-4700</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Шнуры удлинительные</t>
   </si>
   <si>
-    <t>1.4.1 Шнуры удлинительные REXANT</t>
+    <t>1.4.1 Шнуры удлинительные PROconnect</t>
+  </si>
+  <si>
+    <t>11-7116</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7101</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7113</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7115</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7107</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7112</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7111</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7114</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7105</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7103</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7109</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 20м, с/з, 6А, 1300Вт, IP44, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7104</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 40м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7106</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7102</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7108</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 10м, с/з, 6А, 1300Вт, IP44, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7110</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 30м, с/з, 6А, 1300Вт, IP44, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>13-4915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур на рамке ПВС 3х0,75мм², 30м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4909</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур ПВС 3х0,75мм², 10м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4910</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур ПВС 3х0,75мм², 20м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4913</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур на рамке ПВС 3х0,75мм², 10м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4914</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур на рамке ПВС 3х0,75мм², 20м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>1.4.2 Шнуры удлинительные REXANT</t>
+  </si>
+  <si>
+    <t>11-7089</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 10м, с/з, 6А, 1300Вт, IP44, черный (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7081</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 20м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7073</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 30м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7074</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 10м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7075</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 20м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7078</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 20м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7079</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 30м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7082</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 30м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7077</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 10м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7076</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 30м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7072</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 20м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7080</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 10м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7091</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 30м, с/з, 6А, 1300Вт, IP44, черный (Сделано в России) REXANT</t>
   </si>
   <si>
     <t>11-7071</t>
   </si>
   <si>
     <t>Удлинитель-шнур КГ 3х1,5, 10м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
   </si>
   <si>
-    <t>11-7072</t>
-[...40 lines deleted...]
-  <si>
     <t>11-7090</t>
   </si>
   <si>
     <t>Удлинитель-шнур ПВС 3х0,75, 20м, с/з, 6А, 1300Вт, IP44, черный (Сделано в России) REXANT</t>
   </si>
   <si>
-    <t>11-7082</t>
-[...163 lines deleted...]
-  <si>
     <t>1.5 Удлинители силовые на катушке</t>
   </si>
   <si>
     <t>1.5.1 Удлинитель на катушке REXANT</t>
   </si>
   <si>
+    <t>13-5014</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 30м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
+    <t>13-5015</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 40м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
     <t>11-7085</t>
   </si>
   <si>
     <t>Удлинитель-шнур на катушке REXANT ПВС 3х1.0, 50 м, 4 гнезда, с/з, 10 А, 2200 Вт, IP20, оранжевый (Сделано в России)</t>
   </si>
   <si>
-    <t>11-7088</t>
-[...2 lines deleted...]
-    <t>Удлинитель-шнур на катушке REXANT ПВС 3х1.5, 50 м, 4 гнезда, с/з, 16 А, 3300 Вт, IP20, оранжевый (Сделано в России)</t>
+    <t>13-5011</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 30м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
   </si>
   <si>
     <t>13-5012</t>
   </si>
   <si>
     <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 40м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
   </si>
   <si>
+    <t>13-5013</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 50м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
     <t>13-5016</t>
   </si>
   <si>
     <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 50м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
   </si>
   <si>
-    <t>13-5014</t>
-[...22 lines deleted...]
-  <si>
     <t>1.5.2 Удлинитель на катушке PROconnect</t>
   </si>
   <si>
     <t>11-7604</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х1мм² PROconnect</t>
   </si>
   <si>
+    <t>11-7612</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х2,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7615</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х2,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7605</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х1мм² PROconnect</t>
+  </si>
+  <si>
     <t>11-7606</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х1мм² PROconnect</t>
   </si>
   <si>
+    <t>11-7607</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х1мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7608</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7609</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7610</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
     <t>11-7611</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х1,5мм² PROconnect</t>
   </si>
   <si>
-    <t>11-7612</t>
-[...4 lines deleted...]
-  <si>
     <t>11-7613</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х2,5мм² PROconnect</t>
   </si>
   <si>
-    <t>11-7615</t>
-[...4 lines deleted...]
-  <si>
     <t>11-7614</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х2,5мм² PROconnect</t>
   </si>
   <si>
-    <t>11-7605</t>
-[...28 lines deleted...]
-  <si>
     <t>1.6 Вилки и колодки из каучука</t>
   </si>
   <si>
     <t>1.6.1 Вилки и колодки из каучука REXANT</t>
   </si>
   <si>
+    <t>111-126</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 3 гнезда, с/з, 16А, IP54, каучук, желтая REXANT</t>
+  </si>
+  <si>
+    <t>111-226</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 2 гнезда COMPACT, с/з, 16А, IP54, каучук, оранжевая REXANT</t>
+  </si>
+  <si>
     <t>111-014</t>
   </si>
   <si>
     <t>Вилка влагозащищенная прямая, c/з, 16А, IP44, каучук, желтая REXANT</t>
   </si>
   <si>
     <t>111-122</t>
   </si>
   <si>
     <t>Розетка влагозащищенная переносная с крышкой 1 гнездо, с/з, 16А, IP54, каучук, желтая REXANT</t>
   </si>
   <si>
+    <t>111-200</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная прямая COMPACT, с/з, 16А, IP44 каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-221</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 1 гнездо COMPACT, с/3, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-227</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 3 гнезда COMPACT, с/з, 16А, IP54, каучук, оранжевая REXANT</t>
+  </si>
+  <si>
+    <t>111-001</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная прямая, с/з, 16А, IP44, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-222</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 2 гнезда COMPACT, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-012</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная переносная с крышкой 1 гнездо, 3Р+РЕ, 32А, IP44, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-112</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 2 гнезда, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-223</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 3 гнезда COMPACT, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-003</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная угловая, с/з, 16А, IP44 каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-113</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 3 гнезда, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-228</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 4 гнезда COMPACT, с/з, 16А, IP54, каучук, оранжевая REXANT</t>
+  </si>
+  <si>
+    <t>111-002</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная угловая с кольцом, с/з, 16А, IP44 каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-004</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная переносная с крышкой 1 гнездо, с/з, 16А, IP44 каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-005</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная переносная 1 гнездо, с/з, 16А, IP20/44 каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-111</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная с крышкой 1 гнездо, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-114</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 4 гнезда, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-007</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная настенная с крышкой 1 гнездо, 3Р+РЕ, 32А, IP44, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-008</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная панельная с крышкой 1 гнездо, 2Р+РЕ, с/з, с/у, 16А, IP54, серая REXANT</t>
+  </si>
+  <si>
     <t>111-123</t>
   </si>
   <si>
     <t>Розетка влагозащищенная переносная с крышкой 1 гнездо, с/з, 16А, IP54, каучук, оранжевая REXANT</t>
   </si>
   <si>
-    <t>111-126</t>
-[...32 lines deleted...]
-    <t>Розетка влагозащищенная переносная с крышкой 1 гнездо, 3Р+РЕ, 32А, IP44, каучук, черная REXANT</t>
+    <t>111-224</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 4 гнезда COMPACT, с/з, 16А, IP54, каучук, черная REXANT</t>
   </si>
   <si>
     <t>111-015</t>
   </si>
   <si>
     <t>Вилка влагозащищенная прямая, c/з, 16А, IP44, каучук, оранжевая REXANT</t>
   </si>
   <si>
-    <t>111-001</t>
-[...38 lines deleted...]
-    <t>Розетка влагозащищенная панельная с крышкой 1 гнездо, 2Р+РЕ, с/з, с/у, 16А, IP54, серая REXANT</t>
+    <t>111-202</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная прямая COMPACT, с/з, 16А, IP44, каучук, оранжевая REXANT</t>
+  </si>
+  <si>
+    <t>111-225</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 1 гнездо COMPACT, с/3, 16А, IP54, каучук, оранжевая REXANT</t>
   </si>
   <si>
     <t>111-006</t>
   </si>
   <si>
     <t>Вилка влагозащищенная переносная 3Р+РЕ, 32А, IP44 каучук, черная REXANT</t>
   </si>
   <si>
     <t>1.6.2 Вилки и колодки из каучука PROconnect</t>
   </si>
   <si>
+    <t>111-114-4</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 4 гнезда, 2Р+РЕ, 230В, с/3, 16А, IP44, каучук, черная PROconnect</t>
+  </si>
+  <si>
+    <t>111-127-4</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная угловая с крышкой 1 гнездо, 2Р+РЕ, 230В, с/3, 16А, IP44, каучук, черная PROconnect</t>
+  </si>
+  <si>
+    <t>111-112-4</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 2 гнезда, 2Р+РЕ, 230В, с/3, 16А, IP44, каучук, черная PROconnect</t>
+  </si>
+  <si>
+    <t>111-001-4</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная прямая 2P+PE, 230В, 16А, IP44, каучук, черная PROconnect</t>
+  </si>
+  <si>
     <t>111-004-4</t>
   </si>
   <si>
     <t>Розетка влагозащищенная переносная с крышкой 1 гнездо, 2P+PE, 230В, 16А, IP44, каучук, черная PROconnect</t>
   </si>
   <si>
     <t>111-113-4</t>
   </si>
   <si>
     <t>Розетка (колодка) влагозащищенная с крышкой 3 гнезда, 2Р+РЕ, 230В, с/3, 16А, IP44, каучук, черная PROconnect</t>
   </si>
   <si>
-    <t>111-112-4</t>
-[...10 lines deleted...]
-  <si>
     <t>111-111-4</t>
   </si>
   <si>
     <t>Розетка влагозащищенная с крышкой 1 гнездо, 2Р+РЕ, 230В, с/3, 16А, IP44, каучук, черная PROconnect</t>
   </si>
   <si>
-    <t>111-001-4</t>
-[...10 lines deleted...]
-  <si>
     <t>1.7 Разветвители электрические (тройники)</t>
   </si>
   <si>
+    <t>11-1076</t>
+  </si>
+  <si>
+    <t>Тройник электрический 10А б/з, черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1253</t>
+  </si>
+  <si>
+    <t>Двойник электрический (разветвитель) 16А с/з + USB-A + USB-C с защитными шторками, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник электрический 16А с/з и защитными шторками + 2 USB порта, 2,4 А, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник электрический 16А с/з с защитными шторками, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1075-2</t>
+  </si>
+  <si>
+    <t>Набор двойников электрических 16А с/з вертикальные, белый (2 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
     <t>11-1080-2</t>
   </si>
   <si>
     <t>Набор тройников электрических универсальных 16А с/з, одно гнездо, белый (2 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>упак</t>
-[...5 lines deleted...]
-    <t>Набор двойников электрических 16А с/з вертикальные, белый (2 шт./уп.) REXANT</t>
+    <t>11-1083</t>
+  </si>
+  <si>
+    <t>Тройник электрический универсальный 16А одно гнездо с/з черный REXANT</t>
   </si>
   <si>
     <t>11-1087</t>
   </si>
   <si>
     <t xml:space="preserve">Двойник электрический 16А с/з и защитными шторками, белый REXANT </t>
   </si>
   <si>
-    <t>11-1088</t>
-[...8 lines deleted...]
-    <t>Тройник электрический универсальный 16А одно гнездо с/з черный REXANT</t>
+    <t>11-1270</t>
+  </si>
+  <si>
+    <t>Адаптер USB многофункциональный (2хUSB-A, USB-С, розетка 220-250В) с подсветкой и подставкой для телефона REXANT</t>
+  </si>
+  <si>
+    <t>11-1082</t>
+  </si>
+  <si>
+    <t>Тройник электрический РЕТРО 16А б/з черный (карболит) REXANT</t>
+  </si>
+  <si>
+    <t>11-1069</t>
+  </si>
+  <si>
+    <t>Тройник электрический пирамида 16А с/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1251</t>
+  </si>
+  <si>
+    <t>Двойник электрический Куб 16А с/з + 2хUSB-A 2,4А + USB Type-C 3А с ночной подсветкой, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Адаптер сетевой 16А с выключателем, заземлением и защитными шторками, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1063</t>
+  </si>
+  <si>
+    <t>Тройник электрический «Шар» 6А б/з белый 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-1064</t>
+  </si>
+  <si>
+    <t>Тройник электрический 6А б/з белый 220 В REXANT</t>
   </si>
   <si>
     <t>11-1064-1</t>
   </si>
   <si>
     <t>Тройник электрический 6А б/з черный 220 В REXANT</t>
   </si>
   <si>
-    <t>11-1064</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Двойник электрический 16А с/з и защитными шторками + 2 USB порта, 2,4 А, белый REXANT </t>
+    <t>11-1085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник электрический 16А с/з с выключателем и защитными шторками, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1068</t>
+  </si>
+  <si>
+    <t>Тройник электрический 6A б/з белый 220 В REXANT Индивидуальный пакет</t>
+  </si>
+  <si>
+    <t>11-1063-1</t>
+  </si>
+  <si>
+    <t>Тройник электрический «Шар» 6А б/з черный 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-6017</t>
+  </si>
+  <si>
+    <t>Адаптер питания 220В + 2  USB REXANT RX-17</t>
+  </si>
+  <si>
+    <t>11-1075</t>
+  </si>
+  <si>
+    <t>Двойник электрический 16А с/з вертикальный белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1080</t>
+  </si>
+  <si>
+    <t>Тройник электрический универсальный 16А одно гнездо с/з белый REXANT</t>
   </si>
   <si>
     <t>11-1077</t>
   </si>
   <si>
     <t>Тройник электрический 10А б/з белый REXANT</t>
   </si>
   <si>
-    <t>11-1080</t>
-[...4 lines deleted...]
-  <si>
     <t>11-1079</t>
   </si>
   <si>
     <t>Тройник электрический линейный 16А с/з вертикальный, белый REXANT</t>
   </si>
   <si>
-    <t>11-1063</t>
-[...34 lines deleted...]
-  <si>
     <t>11-1063-2</t>
   </si>
   <si>
     <t>Набор тройников электрических Шар 6А б/з, белый (2 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>11-1079-2</t>
   </si>
   <si>
     <t>Набор тройников электрических линейных 16А с/з вертикальные, белый (2 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>11-1069</t>
-[...2 lines deleted...]
-    <t>Тройник электрический пирамида 16А с/з белый REXANT</t>
+    <t>11-1090</t>
+  </si>
+  <si>
+    <t>Двойник электрический линейный 16А с/з + 2 USB-порта, 2,4 А, белый REXANT</t>
   </si>
   <si>
     <t>11-1252</t>
   </si>
   <si>
     <t>Двойник электрический Куб 16А с/з + 2хUSB-A 2,4А + USB Type-C 3А с ночной подсветкой, черный REXANT</t>
   </si>
   <si>
     <t>11-1250</t>
   </si>
   <si>
     <t>Тройник электрический 16А с/з + 2х2,5А + 3хUSB-A 2,4А + USB Type-C 3А, белый REXANT</t>
   </si>
   <si>
-    <t>11-1251</t>
-[...2 lines deleted...]
-    <t>Двойник электрический Куб 16А с/з + 2хUSB-A 2,4А + USB Type-C 3А с ночной подсветкой, белый REXANT</t>
+    <t>11-1081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник электрический 6А б/з белый 220 В REXANT </t>
   </si>
   <si>
     <t>11-1073</t>
   </si>
   <si>
     <t>Четверник электрический 16А с/з белый REXANT</t>
   </si>
   <si>
+    <t>11-1074</t>
+  </si>
+  <si>
+    <t>Двойник электрический 10А б/з вертикальный белый REXANT</t>
+  </si>
+  <si>
     <t>11-1078</t>
   </si>
   <si>
     <t>Тройник электрический линейный 10А б/з вертикальный, белый REXANT</t>
   </si>
   <si>
-    <t>11-1082</t>
-[...10 lines deleted...]
-  <si>
     <t>11-1086</t>
   </si>
   <si>
     <t xml:space="preserve">Тройник электрический 16А с/з + 2х2,5А с выключателем и защитными шторками, белый REXANT </t>
-  </si>
-[...22 lines deleted...]
-    <t xml:space="preserve">Двойник электрический 16А с/з с выключателем и защитными шторками, белый REXANT </t>
   </si>
   <si>
     <t>11-1072</t>
   </si>
   <si>
     <t>Четверник электрический 6А б/з белый</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -1899,56 +1887,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-2h0-75mm-b-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-7m-2h0-75mm-b-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-2h0-75mm-b-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-10m-2h0-75mm-b-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-2h0-75mm-b-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-3h1-0mm-s-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h1-0mm-s-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-s-z-s-vyklyuchatelem-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-3m-2h1-0mm-b-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-2h1-0mm-b-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-1-5m-3h1-0mm-s-z-s-vyklyuchatelem-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-1-5m-3h1-0mm-s-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-5m-3h1-0mm-s-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-5m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-3m-3h1-0mm-s-z-s-vyklyuchatelem-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-3m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-5m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-6-gnezd-3m-3h1-0mm-s-z-s-vyklyuchatelem-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-6-gnezd-5m-3h1-0mm-s-z-s-vyklyuchatelem-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-s-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-4-gnezda-5m-2h1-0mm-b-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-5m-3h1-0mm-s-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-1-5m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-6-gnezd-1-5m-3h1-0mm-s-z-s-vyklyuchatelem-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-1-5m-2h1-0mm-b-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-1-5m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-1-5m-2h1-0mm-b-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-5m-2h1-0mm-b-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-2h1-0mm-b-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-1-5m-3h1-0mm-s-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-3h1-0mm-s-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-3m-3h1-0mm-s-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-3m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-3m-3h1-5mm-s-z-2-usb-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-6-gnezd-3m-3h1-5mm-s-z-s-vyklyuchatelem-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-s-z-s-vyklyuchatelem-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-s-z-2-usb-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-6-gnezd-3m-3h1-5mm-s-z-2-usb-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-3m-3h1-5mm-s-z-s-vyklyuchatelem-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-6-gnezd-1-5m-3h1-5mm-s-z-s-vyklyuchatelem-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-s-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-3m-3h1-5mm-s-z-s-vyklyuchatelem-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-s-z-s-vyklyuchatelem-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-6-gnezd-5m-3h1-5mm-s-z-s-vyklyuchatelem-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-optima-4-gnezda-1-5m-2h0-75mm-b-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-1-5m-2h0-75mm-b-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-10m-3h0-75mm-s-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-2h0-75mm-b-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h0-75mm-s-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-2h0-75mm-b-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-10m-3h0-75mm-s-z-s-knopkoy-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-3h0-75mm-s-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-7m-2h0-75mm-b-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-ruletka-standard-3-gnezda-3m-2h0-75mm-b-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-optima-4-gnezda-3m-2h0-75mm-b-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-optima-4-gnezda-5m-2h0-75mm-b-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-1-5m-3h0-75mm-s-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-4-gnezda-5m-3h0-75mm-s-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-3h0-75mm-s-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-3h0-75mm-s-z-s-knopkoy-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-3h0-75mm-s-z-s-knopkoy-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h0-75mm-s-z-s-knopkoy-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-4-gnezda-10m-3h0-75mm-s-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-4-gnezda-3m-3h0-75mm-s-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-ruletka-standard-3-gnezda-5m-2h0-75mm-b-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-2h0-75mm-b-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-1-5m-3h0-75mm-s-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-1-5m-2h0-75mm-b-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-3m-3h0-75mm-s-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-3m-3h0-75mm-s-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-5m-3h0-75mm-s-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-3m-2h0-75mm-b-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-2h0-75mm-b-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h0-75mm-s-z-uglovaya-vilka-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-2h0-75mm-b-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-5m-3h0-75mm-s-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-b-z-s-vyklyuchatelem-ekonom-proconnect.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-b-z-s-vyklyuchatelem-ekonom-proconnect.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-z-ekonom-proconnect.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-b-z-ekonom-proconnect.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-b-z-ekonom-proconnect.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-s-z-ekonom-proconnect.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-c-zazemleniem-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-s-zazemleniem-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-bez-zazemleniya-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-knopkoy-bez-zazemleniya-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-bez-zazemleniya-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-s-knopkoy-c-zazemleniem-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-zazemleniem-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-bez-zazemleniya-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-2-usb-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-2-usb-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-s-vyklyuchatelem-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-knopkoy-c-zazemleniem-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-s-vyklyuchatelem-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-s-vyklyuchatelem-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-s-vyklyuchatelem-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-ekonom.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-1-5m-3h0-75mm-s-z-avtovykl-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-1-5m-3h0-75mm-s-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-3m-3h0-75mm-s-z-avtovykl-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-5m-3h0-75mm-s-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-3m-3h0-75mm-s-z-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-5m-3h0-75mm-s-z-avtovykl-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/filtr-setevoy-5-gnezd-5m-3h1-5mm-s-avtovykl-2-usb-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/filtr-setevoy-5-gnezd-3m-3h1-5mm-s-avtovykl-2-usb-chernyy-kranz.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/filtr-setevoy-5-gnezd-3m-3h1-5mm-s-avtovykl-2-usb-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-10m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-20m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-10m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-20m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-30m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-20m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-30m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-10m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-20m-s-z-6a-1300vt-ip44-chernyy-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-30m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-20m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-10m-s-z-6a-1300vt-ip44-chernyy-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-30m-s-z-6a-1300vt-ip44-chernyy-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-30m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-10m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-10m-s-z-6a-1300vt-ip44-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-40m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-20m-s-z-6a-1300vt-ip44-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-30m-s-z-6a-1300vt-ip44-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-10m-s-z-6a-1300vt-ip20-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-30m-s-z-6a-1300vt-ip20-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-10m-s-z-6a-1300vt-ip20-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-20m-s-z-6a-1300vt-ip20-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-20m-s-z-6a-1300vt-ip20-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-katushke-rexant-pvs-3h1-0-50-m-4-gnezda-s-z-10-a-2200-vt-ip20-oranzhevyy-sdelano-.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-katushke-rexant-pvs-3h1-5-50-m-4-gnezda-s-z-16-a-3300-vt-ip20-oranzhevyy-sdelano-.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h1mm-proconnect.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h1mm-proconnect.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h1-5mm-proconnect.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h2-5mm-proconnect.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h2-5mm-proconnect.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h2-5mm-proconnect.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h2-5mm-proconnect.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h1mm-proconnect.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h1mm-proconnect.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h1-5mm-proconnect.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h1-5mm-proconnect.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h1-5mm-proconnect.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-c-z-16a-ip44-kauchuk-zheltaya-rexant.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-s-z-16a-ip54-kauchuk-zheltaya-rexant.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-s-z-16a-ip54-kauchuk-oranzhevaya-rexant.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-s-z-16a-ip54-kauchuk-zheltaya-rexant.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-uglovaya-s-z-16a-ip44-kauchuk-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-s-z-16a-ip54-kauchuk-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-s-z-16a-ip54-kauchuk-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-s-z-16a-ip54-kauchuk-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-3r-re-32a-ip44-kauchuk-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-c-z-16a-ip44-kauchuk-oranzhevaya-rexant.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-s-z-16a-ip44-kauchuk-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-uglovaya-s-koltsom-s-z-16a-ip44-kauchuk-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-1-gnezdo-s-z-16a-ip20-44-kauchuk-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-s-z-16a-ip44-kauchuk-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-s-z-16a-ip54-kauchuk-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-nastennaya-s-kryshkoy-1-gnezdo-3r-re-32a-ip44-kauchuk-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-panelnaya-s-kryshkoy-1-gnezdo-2r-re-s-z-s-u-16a-ip54-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-perenosnaya-3r-re-32a-ip44-kauchuk-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-2p-pe-230v-16a-ip44-kauchuk-chernaya-pr.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-pr.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-pr.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-uglovaya-s-kryshkoy-1-gnezdo-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-p.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-proconnect.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-2p-pe-230v-16a-ip44-kauchuk-chernaya-proconnect.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-pr.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-universalnyh-16a-s-z-odno-gnezdo-belyy-2-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dvoynikov-elektricheskih-16a-s-z-vertikalnye-belyy-2-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-i-zaschitnymi-shtorkami-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-s-zaschitnymi-shtorkami-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalnyy-16a-odno-gnezdo-s-z-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-chernyy-220-v-rexant.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-belyy-220-v-rexant.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10a-b-z-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-i-zaschitnymi-shtorkami-2-usb-porta-2-4-a-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10a-b-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalnyy-16a-odno-gnezdo-s-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineynyy-16a-s-z-vertikalnyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-6a-b-z-belyy-220-v-rexant.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-6a-b-z-chernyy-220-v-rexant.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-belyy-220-v-rexant-individualnyy-paket.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-usb-mnogofunktsionalnyy-2husb-a-usb-s-rozetka-220-250v-s-podsvetkoy-i-podstavkoy-dlya-telefo.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-pitaniya-220v-2-usb-rexant-rx-17.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-vertikalnyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-shar-6a-b-z-belyy-2-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-lineynyh-16a-s-z-vertikalnye-belyy-2-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-piramida-16a-s-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-z-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-2h2-5a-3husb-a-2-4a-usb-type-c-3a-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-z-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-16a-s-z-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineynyy-10a-b-z-vertikalnyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-retro-16a-b-z-chernyy-karbolit-rexant.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-lineynyy-16a-s-z-2-usb-porta-2-4-a-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-2h2-5a-s-vyklyuchatelem-i-zaschitnymi-shtorkami-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-razvetvitel-16a-s-z-usb-a-usb-c-s-zaschitnymi-shtorkami-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-16a-s-vyklyuchatelem-zazemleniem-i-zaschitnymi-shtorkami-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-10a-b-z-vertikalnyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-s-vyklyuchatelem-i-zaschitnymi-shtorkami-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-6a-b-z-belyy.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-rexant-3-gnezda-10-m-2h0-75-mm-sup2-b-z-beliy-sdelano-v-rossii-26490" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-rexant-3-gnezda-7-m-2h0-75-mm-sup2-b-z-beliy-sdelano-v-rossii-26494" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-rexant-3-gnezda-3-m-3h1-0-mm-sup2-s-z-beliy-sdelano-v-rossii-26492" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-rexant-3-gnezda-1-5-m-2h0-75-mm-sup2-b-z-beliy-sdelano-v-rossii-26489" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-rexant-3-gnezda-5-m-2h0-75-mm-sup2-b-z-beliy-sdelano-v-rossii-26495" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-1-5m-3h1-0mm-sup2-s-z-s-viklyuchatelem-beliy-rexant-29909" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-rexant-3-gnezda-5-m-3h1-0-mm-sup2-s-z-beliy-sdelano-v-rossii-26493" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-rexant-3-gnezda-3-m-2h0-75-mm-sup2-b-z-beliy-sdelano-v-rossii-26491" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-sup2-s-z-s-viklyuchatelem-2-usb-beliy-rexant-29913" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-5m-3h1-0mm-sup2-s-z-s-viklyuchatelem-2-usb-cherniy-rexant-29942" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-sup2-s-z-s-viklyuchatelem-cherniy-rexant-29919" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-1-5m-2h1-0mm-sup2-b-z-beliy-rexant-29897" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-3m-2h1-0mm-sup2-b-z-beliy-rexant-29898" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-3h1-0mm-sup2-s-z-s-viklyuchatelem-2-usb-beliy-rexant-29917" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-3m-3h1-0mm-sup2-s-z-s-viklyuchatelem-2-usb-beliy-rexant-29935" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-6-gnezd-3m-3h1-0mm-sup2-s-z-s-viklyuchatelem-beliy-rexant-29947" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-5m-3h1-0mm-sup2-s-z-beliy-rexant-29902" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-2h1-0mm-sup2-b-z-beliy-rexant-29905" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-3m-3h1-0mm-sup2-s-z-s-viklyuchatelem-2-usb-cherniy-rexant-29941" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-5m-2h1-0mm-sup2-b-z-beliy-rexant-29899" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-1-5m-2h1-0mm-sup2-b-z-beliy-rexant-29903" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-2h1-0mm-sup2-b-z-beliy-rexant-29904" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-sup2-s-z-beliy-rexant-29907" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-3h1-0mm-sup2-s-z-beliy-rexant-29908" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-4-gnezda-5m-2h1-0mm-sup2-b-z-beliy-rexant-29925" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-1-5m-3h1-0mm-sup2-s-z-beliy-rexant-29928" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-1-5m-3h1-0mm-sup2-s-z-s-viklyuchatelem-2-usb-beliy-rexant-29934" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-1-5m-3h1-0mm-sup2-s-z-s-viklyuchatelem-2-usb-cherniy-rexant-29940" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-6-gnezd-1-5m-3h1-0mm-sup2-s-z-s-viklyuchatelem-beliy-rexant-29946" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-sup2-s-z-beliy-rexant-30096" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-sup2-s-z-s-viklyuchatelem-cherniy-rexant-30078" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-3m-3h1-5mm-sup2-s-z-2-usb-beliy-rexant-30080" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-3m-3h1-5mm-sup2-s-z-s-viklyuchatelem-cherniy-rexant-30077" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-6-gnezd-1-5m-3h1-5mm-sup2-s-z-s-viklyuchatelem-beliy-rexant-30085" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-sup2-s-z-s-viklyuchatelem-beliy-rexant-30075" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-sup2-s-z-2-usb-beliy-rexant-30081" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-standard-3-gnezda-1-5-m-2h0-75-mm-sup2-b-z-beliy-26502" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-3-gnezda-5-m-3h0-75-mm-sup2-s-z-s-knopkoy-beliy-26509" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-4-gnezda-3-m-3h0-75-mm-sup2-s-z-beliy-26515" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-3-gnezda-1-5-m-3h0-75-mm-sup2-s-z-s-knopkoy-beliy-26501" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-3-gnezda-3-m-3h0-75-mm-sup2-s-z-beliy-26505" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h0-75mm-sup2-s-z-beliy-proconnect-30181" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-1-5m-2h0-75mm-sup2-b-z-beliy-proconnect-30171" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-2h0-75mm-sup2-b-z-beliy-proconnect-30176" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-2h0-75mm-sup2-b-z-beliy-proconnect-30177" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-3h0-75mm-sup2-s-z-beliy-proconnect-30180" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-3m-3h0-75mm-sup2-s-z-beliy-proconnect-30183" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-3-gnezda-5-m-3h0-75-mm-sup2-s-z-beliy-26508" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-optima-4-gnezda-5-m-2h0-75-mm-sup2-b-z-beliy-26518" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-1-5m-3h0-75mm-sup2-s-z-beliy-proconnect-30182" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-2h0-75mm-sup2-b-z-beliy-proconnect-30178" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-4-gnezda-10-m-3h0-75-mm-sup2-s-z-beliy-26514" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-3-gnezda-10-m-3h0-75-mm-sup2-s-z-s-knopkoy-beliy-26503" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-3-gnezda-1-5-m-3h0-75-mm-sup2-s-z-beliy-26500" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-standard-ruletka-3-m-3-gnezda-2h0-75-mm-sup2-b-z-beliy-26520" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-optima-4-gnezda-1-5-m-2h0-75-mm-sup2-b-z-beliy-26513" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-3-gnezda-3-m-3h0-75-mm-sup2-s-z-s-knopkoy-beliy-26506" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-standard-3-gnezda-3-m-2h0-75-mm-sup2-b-z-beliy-26507" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-3-gnezda-10-m-3h0-75-mm-sup2-s-z-beliy-26504" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-4-gnezda-5-m-3h0-75-mm-sup2-s-z-beliy-26517" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-optima-4-gnezda-3-m-2h0-75-mm-sup2-b-z-beliy-26516" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-standard-3-gnezda-5-m-2h0-75-mm-sup2-b-z-beliy-26510" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-ruletka-proconnect-standard-5-m-3-gnezda-2h0-75-mm-sup2-b-z-beliy-26521" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-5m-3h0-75mm-sup2-s-z-beliy-proconnect-30184" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-standard-3-gnezda-7-m-2h0-75-mm-sup2-b-z-beliy-26511" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-3m-2h0-75mm-sup2-b-z-beliy-proconnect-30172" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-1-5m-3h0-75mm-sup2-s-z-beliy-proconnect-30173" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-3m-3h0-75mm-sup2-s-z-beliy-proconnect-30174" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-5m-3h0-75mm-sup2-s-z-beliy-proconnect-30175" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-3h0-75mm-sup2-s-z-beliy-proconnect-30179" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-b-z-proconnect-ekonom-11782" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-b-z-s-viklyuchatelem-proconnect-ekonom-11790" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-s-z-proconnect-ekonom-11793" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-b-z-s-viklyuchatelem-proconnect-ekonom-11781" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-b-z-proconnect-ekonom-11785" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-z-proconnect-ekonom-11784" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-c-zazemleniem-rexant-11789" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-s-zazemleniem-rexant-11780" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-s-viklyuchatelem-beliy-rexant-30206" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-s-knopkoy-c-zazemleniem-rexant-17303" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-knopkoy-bez-zazemleniya-rexant-11792" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-bez-zazemleniya-rexant-11783" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-bez-zazemleniya-rexant-17304" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-beliy-rexant-30205" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-bez-zazemleniya-rexant-11791" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-zazemleniem-rexant-11787" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-knopkoy-c-zazemleniem-rexant-11786" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-2-usb-beliy-rexant-30207" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-beliy-rexant-30208" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-s-viklyuchatelem-beliy-rexant-30209" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-s-viklyuchatelem-cherniy-rexant-30210" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-s-viklyuchatelem-cherniy-rexant-30211" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-2-usb-beliy-rexant-30212" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-ekonom-11788" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-proconnect-standard-4-gnezda-1-5-m-3h0-75-mm-sup2-s-z-avtovikl-beliy-26522" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-proconnect-standard-4-gnezda-1-5-m-3h0-75-mm-sup2-s-z-beliy-26523" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-proconnect-standard-4-gnezda-3-m-3h0-75-mm-sup2-s-z-avtovikl-beliy-26524" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-proconnect-standard-4-gnezda-3-m-3h0-75-mm-sup2-s-z-beliy-26525" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-proconnect-standard-4-gnezda-5-m-3h0-75-mm-sup2-s-z-avtovikl-beliy-26526" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-proconnect-standard-4-gnezda-5-m-3h0-75-mm-sup2-s-z-beliy-26527" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/filtr-setevoy-5-gnezd-3m-3h1-5mm-sup2-s-avtovikl-2-usb-beliy-kranz-29769" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/filtr-setevoy-5-gnezd-3m-3h1-5mm-sup2-s-avtovikl-2-usb-cherniy-kranz-29771" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-30-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26272" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-10-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26263" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-30-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26269" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-20-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26271" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-30-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26275" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-20-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26268" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-10-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26267" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-10-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26270" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-10-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26273" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-30-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26265" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-3h0-75-20-m-s-z-6-a-1300-vt-ip44-oranjeviy-sdelano-v-rossii-26277" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-40-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26266" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-20-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26274" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-20-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26264" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-3h0-75-10-m-s-z-6-a-1300-vt-ip44-oranjeviy-sdelano-v-rossii-26276" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-3h0-75-30-m-s-z-6-a-1300-vt-ip44-oranjeviy-sdelano-v-rossii-26278" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-sup2-30m-s-z-6a-1300vt-ip20-cherniy-proconnect-30566" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-sup2-10m-s-z-6a-1300vt-ip20-cherniy-proconnect-30562" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-sup2-20m-s-z-6a-1300vt-ip20-cherniy-proconnect-30563" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-sup2-10m-s-z-6a-1300vt-ip20-cherniy-proconnect-30564" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-sup2-20m-s-z-6a-1300vt-ip20-cherniy-proconnect-30565" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-pvs-3h0-75-10-m-s-z-6-a-1300-vt-ip44-cherniy-sdelano-v-rossii-26326" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-20-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26291" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-30-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26283" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-10-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26284" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-20-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26285" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-20-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26288" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-30-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26289" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-30-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26292" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-10-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26287" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-30-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26286" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-20-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26282" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-10-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26290" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-pvs-3h0-75-30-m-s-z-6-a-1300-vt-ip44-cherniy-sdelano-v-rossii-26328" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-10-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26281" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-pvs-3h0-75-20-m-s-z-6-a-1300-vt-ip44-cherniy-sdelano-v-rossii-26327" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h2-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-31422" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h2-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-31423" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-katushke-rexant-pvs-3h1-0-50-m-4-gnezda-s-z-10-a-2200-vt-ip20-oranjeviy-sdelano-v-rossii-26295" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h1-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-30559" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h1-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-30560" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h1-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-30561" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h2-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-31424" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20-m-3h1-mm-sup2-standart-proconnect-13728" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20-m-3h2-5-mm-sup2-professional-proconnect-14955" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50-m-3h2-5-mm-sup2-professional-proconnect-14956" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30-m-3h1-mm-sup2-standart-proconnect-13721" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40-m-3h1-mm-sup2-standart-proconnect-13717" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50-m-3h1-mm-sup2-standart-proconnect-13718" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20-m-3h1-5-mm-sup2-optima-proconnect-14962" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30-m-3h1-5-mm-sup2-optima-proconnect-14946" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40-m-3h1-5-mm-sup2-optima-proconnect-14950" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50-m-3h1-5-mm-sup2-optima-proconnect-14959" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30-m-3h2-5-mm-sup2-professional-proconnect-14953" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40-m-3h2-5-mm-sup2-professional-proconnect-14954" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-trehmestnaya-vlagozaschischennaya-s-z-16-a-ip54-kauchuk-jeltaya-rexant-24424" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-compact-s-z-16a-ip54-kauchuk-oranzhevaya-re.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-vlagozaschischennaya-c-z-16a-ip44-kauchuk-jeltaya-rexant-24419" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-perenosnaya-vlagozaschischennaya-s-krishkoy-s-z-16-a-ip44-kauchuk-jeltaya-rexant-24422" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-compact-s-z-16a-ip44-kauchuk-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-compact-s-3-16a-ip54-kauchuk-chernaya-rexan.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-compact-s-z-16a-ip54-kauchuk-oranzhevaya-re.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-vlagozaschischennaya-s-z-16-a-ip44-kauchuk-rexant-20564" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-compact-s-z-16a-ip54-kauchuk-chernaya-rexan.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-perenosnaya-vlagozaschischennaya-s-krishkoy-3r-re-32-a-ip44-kauchuk-rexant-20568" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-dvuhmestnaya-vlagozaschischennaya-s-z-16-a-ip54-kauchuk-rexant-20570" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-compact-s-z-16a-ip54-kauchuk-chernaya-rexan.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-uglovaya-vlagozaschischennaya-s-z-16-a-ip44-kauchuk-rexant-20560" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-trehmestnaya-vlagozaschischennaya-s-z-16-a-ip54-kauchuk-rexant-20559" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-compact-s-z-16a-ip54-kauchuk-oranzhevaya-re.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-uglovaya-vlagozaschischennaya-s-koltsom-s-z-16-a-ip44-kauchuk-rexant-20565" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-perenosnaya-vlagozaschischennaya-s-krishkoy-s-z-16-a-ip44-kauchuk-rexant-20561" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-perenosnaya-vlagozaschischennaya-s-z-16-a-ip20-44-kauchuk-rexant-20566" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-vlagozaschischennaya-s-z-16-a-ip54-kauchuk-rexant-20562" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-chetirehmestnaya-vlagozaschischennaya-s-z-16-a-ip54-kauchuk-rexant-20571" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-nastennaya-s-krishkoy-3r-re-32-a-ip44-chernaya-kauchuk-rexant-20567" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-s-krishkoy-panelnaya-s-z-s-u-16-a-ip54-rexant-20563" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-perenosnaya-vlagozaschischennaya-s-krishkoy-s-z-16-a-ip44-kauchuk-oranjevaya-rexant-24423" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-compact-s-z-16a-ip54-kauchuk-chernaya-rexan.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-vlagozaschischennaya-c-z-16-a-ip44-kauchuk-oranjevaya-rexant-24426" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-compact-s-z-16a-ip44-kauchuk-oranzhevaya-rexant.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-compact-s-3-16a-ip54-kauchuk-oranzhevaya-re.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-perenosnaya-vlagozaschischennaya-3r-re-32-a-ip44-kauchuk-chernaya-rexant-20569" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-shtepselnaya-chetirehmestnaya-vlagozaschischennaya-2p-pe-230v-16-a-ip44-kauchuk-proconnect-28495" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-uglovaya-vlagozaschischennaya-statsionarnaya-ou-2p-pe-230v-16-a-ip44-kauchuk-proconnect-28501" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-shtepselnaya-dvuhmestnaya-vlagozaschischennaya-2p-pe-230v-16-a-ip44-kauchuk-proconnect-28493" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-vlagozaschischennaya-2p-pe-230v-16-a-ip44-kauchuk-proconnect-28490" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-perenosnaya-vlagozaschischennaya-s-krishkoy-2p-pe-230v-16-a-ip44-kauchuk-proconnect-28491" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-shtepselnaya-trehmestnaya-vlagozaschischennaya-2p-pe-230v-16-a-ip44-kauchuk-proconnect-28494" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-vlagozaschischennaya-statsionarnaya-ou-2p-pe-230v-16-a-ip44-kauchuk-proconnect-28492" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10a-bez-zazemleniya-cherniy-rexant-15286" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-razvetvitel-16a-s-z-usb-a-usb-c-s-zaschitnimi-shtorkami-beliy-rexant-31145" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16-a-s-zazemleniem-i-zaschitnimi-shtorkami-2-usb-porta-2-4-a-beliy-rexant-26254" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16-a-s-zazemleniem-i-zaschitnimi-shtorkami-beliy-rexant-26253" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dvoynikov-elektricheskih-rexant-16-a-vertikalnie-s-zazemleniem-beliy-2-sht-up-26132" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-universalnih-rexant-16-a-odno-gnezdo-s-zazemleniem-beliy-2-sht-up-26134" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalniy-16-a-odno-gnezdo-s-zazemleniem-cherniy-rexant-28948" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16-a-s-zazemleniem-i-zaschitnimi-shtorkami-beliy-rexant-26252" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-usb-2husb-a-usb-s-rozetka-220-250v-s-podsvetkoy-i-podstavkoy-dlya-telefona-rexant-29586" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-retro-10-a-bez-zazemleniya-cherniy-karbolit-rexant-28889" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-piramida-16-a-s-zazemleniem-beliy-rexant-29434" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-zazemleniem-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-beliy-rexant-30136" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-16a-s-viklyuchatelem-zazemleniem-i-zaschitnimi-shtorkami-beliy-rexant-31141" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-220-v-6-a-beliy-rexant-11506" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-220-v-6-a-beliy-rexant-11505" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-220-v-6-a-cherniy-rexant-11507" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-s-viklyuchatelem-i-zaschitnimi-shtorkami-beliy-rexant-31143" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/evrotroynik-elektricheskiy-bez-zazemleniya-220-v-6a-rexant-individualniy-paket-12810" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-220-v-6-a-cherniy-rexant-11503" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-pitaniya-220v-2-usb-rexant-rx-17-15416" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16-a-vertikalniy-s-zazemleniem-beliy-rexant-15285" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalniy-16-a-odno-gnezdo-s-zazemleniem-beliy-rexant-15284" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10-a-bez-zazemleniya-beliy-rexant-15288" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineyniy-16-a-vertikalniy-s-zazemleniem-beliy-rexant-15291" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-rexant-shar-6-a-beliy-2-sht-up-26135" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-lineynih-rexant-16-a-vertikalnie-s-zazemleniem-beliy-2-sht-up-26133" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-lineynyy-16-a-s-zazemleniem-2-usb-porta-2-4-a-belyy-rexant-29651" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-zazemleniem-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-cherniy-rexant-30137" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-2h2-5a-s-zazemleniem-3husb-a-2-4a-usb-type-c-3a-beliy-rexant-30135" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-bez-zazemleniya-220-v-6a-rexant-15282" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-16-a-s-zazemleniem-beliy-rexant-15290" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-10a-vertikalniy-bez-zazemleniya-beliy-rexant-15289" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineyniy-10-a-vertikalniy-bez-zazemleniya-beliy-rexant-15283" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-2h2-5a-s-viklyuchatelem-i-zaschitnimi-shtorkami-beliy-rexant-31144" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-6a-bez-zazemleniya-beliy-rexant-15287" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I248"/>
+  <dimension ref="A1:I247"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1993,7113 +1981,7083 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>293.55</v>
+        <v>963.53</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
         <v>1015.82</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>35</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>702.3</v>
+        <v>733.38</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
         <v>33</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>963.53</v>
+        <v>293.55</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>345.85</v>
+        <v>702.3</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>733.38</v>
+        <v>574.17</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
         <v>1019.81</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>25</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>1013.58</v>
+        <v>345.85</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>209</v>
+        <v>2</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>397.08</v>
+        <v>1050.56</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>260</v>
+        <v>172</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>743.91</v>
+        <v>1322.66</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>973</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>1243.43</v>
+        <v>1013.58</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>1493</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>574.17</v>
+        <v>318.34</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>691.38</v>
+        <v>397.08</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>621</v>
+        <v>1181.26</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>74</v>
+        <v>1323</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>1511.62</v>
+        <v>1237.42</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>922.93</v>
+        <v>1159.11</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>140</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>1237.42</v>
+        <v>621</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>1322.66</v>
+        <v>743.91</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>808</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>20</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>1159.11</v>
+        <v>1237.42</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>226</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>976.84</v>
+        <v>573.81</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>131</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>20</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>612.69</v>
+        <v>298.17</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>453</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>20</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>1050.56</v>
+        <v>535.58</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>339</v>
+        <v>1698</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>1151.07</v>
+        <v>612.69</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>20</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>778.67</v>
+        <v>844.03</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>146</v>
+        <v>978</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>20</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>776.04</v>
+        <v>778.67</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>111</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>20</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>1011.87</v>
+        <v>691.38</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>20</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>567.93</v>
+        <v>1156.42</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>20</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>298.17</v>
+        <v>1011.87</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>1314</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>20</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>1156.42</v>
+        <v>567.93</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
         <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>20</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A34" s="3" t="s">
+      <c r="A34" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>318.34</v>
+        <v>1328.62</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>573.81</v>
+        <v>1397.47</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>281</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>535.58</v>
+        <v>1432.09</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>1932</v>
+        <v>210</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>471.62</v>
+        <v>1248.42</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>844.03</v>
+        <v>1018.12</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>1161</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>767.58</v>
+        <v>1833.33</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
         <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>1237.42</v>
+        <v>1794.04</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>220</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>1432.09</v>
+        <v>242.88</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>298</v>
+        <v>120</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>1317.97</v>
+        <v>865.7</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>1833.33</v>
+        <v>612.83</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>1794.04</v>
+        <v>475.95</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>252</v>
+        <v>107</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="I46" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>1902.47</v>
+        <v>562.45</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="I47" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>1292.11</v>
+        <v>620.35</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>549</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>1018.12</v>
+        <v>244.49</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>246</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>1328.62</v>
+        <v>278.46</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>3</v>
+        <v>3564</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>1248.42</v>
+        <v>321.28</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>12630</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="C52" s="3">
-        <v>1397.47</v>
+        <v>493.09</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>98</v>
+        <v>3217</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="C53" s="3">
+        <v>591.39</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F53" s="3">
+        <v>1212</v>
+      </c>
+      <c r="G53" s="3">
+        <v>1</v>
+      </c>
+      <c r="H53" s="3">
+        <v>36</v>
+      </c>
+      <c r="I53" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B53" s="3" t="s">
+      <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="C53" s="3">
-[...32 lines deleted...]
-      <c r="I54" s="2"/>
+      <c r="C54" s="3">
+        <v>628.76</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F54" s="3">
+        <v>55</v>
+      </c>
+      <c r="G54" s="3">
+        <v>1</v>
+      </c>
+      <c r="H54" s="3">
+        <v>25</v>
+      </c>
+      <c r="I54" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>309.09</v>
+        <v>503.24</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>242.88</v>
+        <v>517.67</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>4</v>
+        <v>734</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I56" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>1174.26</v>
+        <v>439.99</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>19</v>
+        <v>4591</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I57" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>266.74</v>
+        <v>1178.69</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>628.76</v>
+        <v>1286.63</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>419.96</v>
+        <v>419.51</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>1286.63</v>
+        <v>374.12</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>20</v>
+        <v>88</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3">
-        <v>562.45</v>
+        <v>309.09</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3">
-        <v>470.74</v>
+        <v>694.79</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3">
-        <v>374.12</v>
+        <v>266.74</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>108</v>
+        <v>31</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3">
-        <v>423.48</v>
+        <v>1174.26</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>503.24</v>
+        <v>717.25</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" s="3">
-        <v>351.39</v>
+        <v>423.48</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>820</v>
+        <v>68</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I67" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B68" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="3">
-        <v>717.25</v>
+        <v>419.96</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>5</v>
+        <v>46</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B69" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="B69" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="3">
-        <v>419.51</v>
+        <v>455.74</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="B70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="3">
-        <v>694.79</v>
+        <v>697.05</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>0</v>
+        <v>557</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="I70" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="3">
-        <v>475.95</v>
+        <v>470.74</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="3">
-        <v>865.7</v>
+        <v>316.19</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>29</v>
+        <v>605</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I72" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="3">
-        <v>1178.69</v>
+        <v>351.39</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>60</v>
+        <v>745</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="I73" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>612.83</v>
+        <v>423.19</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>33</v>
+        <v>627</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="I74" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="3">
-        <v>455.74</v>
+        <v>572.41</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>108</v>
+        <v>342</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I75" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C76" s="3">
+        <v>409.68</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F76" s="3">
+        <v>990</v>
+      </c>
+      <c r="G76" s="3">
+        <v>1</v>
+      </c>
+      <c r="H76" s="3">
+        <v>36</v>
+      </c>
+      <c r="I76" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A77" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B77" s="2"/>
+      <c r="C77" s="2"/>
+      <c r="D77" s="2"/>
+      <c r="E77" s="2"/>
+      <c r="F77" s="2"/>
+      <c r="G77" s="2"/>
+      <c r="H77" s="2"/>
+      <c r="I77" s="2"/>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C78" s="3">
-        <v>244.49</v>
+        <v>139.76</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>534</v>
+        <v>35</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I78" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C79" s="3">
-        <v>423.19</v>
+        <v>164.77</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>639</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="I79" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C80" s="3">
-        <v>591.39</v>
+        <v>156.77</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>1214</v>
+        <v>13</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I80" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C81" s="3">
-        <v>697.05</v>
+        <v>156.94</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>557</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I81" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C82" s="3">
-        <v>316.19</v>
+        <v>112.73</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>655</v>
+        <v>81</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>40</v>
+        <v>70</v>
       </c>
       <c r="I82" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C83" s="3">
-        <v>278.46</v>
+        <v>152.47</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>3652</v>
+        <v>192</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="I83" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C84" s="3">
-        <v>620.35</v>
+        <v>192.58</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>1013</v>
+        <v>25</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I84" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="C85" s="3">
-        <v>338.19</v>
+        <v>174.94</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>12909</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I85" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C86" s="3">
-        <v>572.41</v>
+        <v>574.42</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>338</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>36</v>
       </c>
       <c r="I86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A87" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I87" s="2"/>
+      <c r="A87" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C87" s="3">
+        <v>375.77</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F87" s="3">
+        <v>51</v>
+      </c>
+      <c r="G87" s="3">
+        <v>1</v>
+      </c>
+      <c r="H87" s="3">
+        <v>50</v>
+      </c>
+      <c r="I87" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C88" s="3">
-        <v>156.94</v>
+        <v>306.68</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>50</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="C89" s="3">
-        <v>164.77</v>
+        <v>123.92</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
         <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C90" s="3">
-        <v>152.47</v>
+        <v>142.22</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>158</v>
+        <v>81</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C91" s="3">
-        <v>112.73</v>
+        <v>363.09</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>175</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="I91" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C92" s="3">
-        <v>139.76</v>
+        <v>138.4</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>275</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>50</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C93" s="3">
-        <v>156.77</v>
+        <v>189.99</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>50</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C94" s="3">
-        <v>192.58</v>
+        <v>339.82</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>649</v>
+        <v>11</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>50</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C95" s="3">
-        <v>174.94</v>
+        <v>1130.57</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>672</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I95" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C96" s="3">
-        <v>123.92</v>
+        <v>729.11</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>437</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I96" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C97" s="3">
-        <v>292.07</v>
+        <v>924.75</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I97" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C98" s="3">
-        <v>142.22</v>
+        <v>600.51</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>425</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I98" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C99" s="3">
-        <v>375.77</v>
+        <v>899.06</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I99" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C100" s="3">
-        <v>165.21</v>
+        <v>1697.53</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>723</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I100" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C101" s="3">
-        <v>120.35</v>
+        <v>104.4</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>397</v>
+        <v>99</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>50</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A102" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A102" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="B102" s="2"/>
+      <c r="C102" s="2"/>
+      <c r="D102" s="2"/>
+      <c r="E102" s="2"/>
+      <c r="F102" s="2"/>
+      <c r="G102" s="2"/>
+      <c r="H102" s="2"/>
+      <c r="I102" s="2"/>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A103" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A103" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="B103" s="2"/>
+      <c r="C103" s="2"/>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2"/>
+      <c r="H103" s="2"/>
+      <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C104" s="3">
-        <v>729.11</v>
+        <v>898.59</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>0</v>
+        <v>103</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I104" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="C105" s="3">
-        <v>1697.53</v>
+        <v>742.78</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>0</v>
+        <v>116</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I105" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C106" s="3">
-        <v>600.51</v>
+        <v>1155.93</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I106" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C107" s="3">
-        <v>323.63</v>
+        <v>911.33</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>5</v>
+        <v>55</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="C108" s="3">
-        <v>574.42</v>
+        <v>1292.1</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>0</v>
+        <v>83</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I108" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="C109" s="3">
-        <v>899.06</v>
+        <v>985.94</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>0</v>
+        <v>62</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>20</v>
       </c>
       <c r="I109" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A110" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A110" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="B110" s="2"/>
+      <c r="C110" s="2"/>
+      <c r="D110" s="2"/>
+      <c r="E110" s="2"/>
+      <c r="F110" s="2"/>
+      <c r="G110" s="2"/>
+      <c r="H110" s="2"/>
+      <c r="I110" s="2"/>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C111" s="3">
-        <v>104.4</v>
+        <v>3087.29</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>202</v>
+        <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I111" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A112" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I112" s="2"/>
+      <c r="A112" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="C112" s="3">
+        <v>3365.89</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F112" s="3">
+        <v>0</v>
+      </c>
+      <c r="G112" s="3">
+        <v>1</v>
+      </c>
+      <c r="H112" s="3">
+        <v>12</v>
+      </c>
+      <c r="I112" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="2"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
       <c r="I113" s="2"/>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A114" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A114" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="B114" s="2"/>
+      <c r="C114" s="2"/>
+      <c r="D114" s="2"/>
+      <c r="E114" s="2"/>
+      <c r="F114" s="2"/>
+      <c r="G114" s="2"/>
+      <c r="H114" s="2"/>
+      <c r="I114" s="2"/>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="C115" s="3">
-        <v>742.78</v>
+        <v>1845.86</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>81</v>
+        <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="C116" s="3">
-        <v>1155.93</v>
+        <v>745.21</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="C117" s="3">
-        <v>985.94</v>
+        <v>1951.37</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="C118" s="3">
-        <v>911.33</v>
+        <v>1132.7</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>73</v>
+        <v>0</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="C119" s="3">
-        <v>1292.1</v>
+        <v>1838.41</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A120" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I120" s="2"/>
+      <c r="A120" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="C120" s="3">
+        <v>1360.02</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F120" s="3">
+        <v>43</v>
+      </c>
+      <c r="G120" s="3">
+        <v>1</v>
+      </c>
+      <c r="H120" s="3">
+        <v>10</v>
+      </c>
+      <c r="I120" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="C121" s="3">
-        <v>3658.56</v>
+        <v>935.97</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>0</v>
+        <v>88</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I121" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C122" s="3">
-        <v>3365.89</v>
+        <v>744.32</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I122" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="C123" s="3">
+        <v>850.5</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F123" s="3">
+        <v>41</v>
+      </c>
+      <c r="G123" s="3">
+        <v>1</v>
+      </c>
+      <c r="H123" s="3">
+        <v>25</v>
+      </c>
+      <c r="I123" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A124" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="C124" s="3">
+        <v>1861.39</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F124" s="3">
+        <v>35</v>
+      </c>
+      <c r="G124" s="3">
+        <v>1</v>
+      </c>
+      <c r="H124" s="3">
+        <v>10</v>
+      </c>
+      <c r="I124" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A125" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="B123" s="3" t="s">
+      <c r="B125" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="C123" s="3">
-[...45 lines deleted...]
-      <c r="I125" s="2"/>
+      <c r="C125" s="3">
+        <v>1929.54</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F125" s="3">
+        <v>0</v>
+      </c>
+      <c r="G125" s="3">
+        <v>1</v>
+      </c>
+      <c r="H125" s="3">
+        <v>15</v>
+      </c>
+      <c r="I125" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C126" s="3">
-        <v>2281.17</v>
+        <v>1845.27</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>62</v>
+        <v>8</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>10</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C127" s="3">
-        <v>3663.57</v>
+        <v>1317.14</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C128" s="3">
-        <v>2679.62</v>
+        <v>1404.34</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>0</v>
+        <v>108</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
         <v>10</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="C129" s="3">
-        <v>4366.15</v>
+        <v>1290.98</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
         <v>0</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C130" s="3">
-        <v>5922.58</v>
+        <v>2664.45</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>44</v>
+        <v>2</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C131" s="3">
-        <v>4424.59</v>
+        <v>2312.23</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>82</v>
+        <v>151</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I131" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C132" s="3">
-        <v>5163.89</v>
+        <v>1355.04</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="I132" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C133" s="3">
-        <v>2287.83</v>
+        <v>1810.87</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I133" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="C134" s="3">
-        <v>1830.85</v>
+        <v>925.06</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I134" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="B135" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="C135" s="3">
+        <v>1850.85</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F135" s="3">
+        <v>176</v>
+      </c>
+      <c r="G135" s="3">
+        <v>1</v>
+      </c>
+      <c r="H135" s="3">
+        <v>15</v>
+      </c>
+      <c r="I135" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A136" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="B135" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B136" s="2"/>
+      <c r="C136" s="2"/>
+      <c r="D136" s="2"/>
+      <c r="E136" s="2"/>
+      <c r="F136" s="2"/>
+      <c r="G136" s="2"/>
+      <c r="H136" s="2"/>
+      <c r="I136" s="2"/>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="C137" s="3">
         <v>1129.67</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
         <v>10</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
         <v>25</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="C138" s="3">
-        <v>2636.4</v>
+        <v>4424.59</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="C139" s="3">
-        <v>5958.24</v>
+        <v>5163.89</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
         <v>5</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="C140" s="3">
-        <v>2800</v>
+        <v>2679.62</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>10</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A141" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I141" s="2"/>
+      <c r="A141" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B141" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="C141" s="3">
+        <v>4366.15</v>
+      </c>
+      <c r="D141" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F141" s="3">
+        <v>0</v>
+      </c>
+      <c r="G141" s="3">
+        <v>1</v>
+      </c>
+      <c r="H141" s="3">
+        <v>6</v>
+      </c>
+      <c r="I141" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C142" s="3">
-        <v>1404.34</v>
+        <v>3602.27</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>126</v>
+        <v>18</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="C143" s="3">
-        <v>1088.02</v>
+        <v>5958.24</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="C144" s="3">
-        <v>1029.73</v>
+        <v>5928.44</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="C145" s="3">
-        <v>1757.96</v>
+        <v>2287.83</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
         <v>10</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="C146" s="3">
-        <v>850.5</v>
+        <v>5922.58</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="C147" s="3">
-        <v>1317.14</v>
+        <v>3663.57</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="C148" s="3">
-        <v>1470.73</v>
+        <v>2800</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
         <v>10</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="C149" s="3">
-        <v>935.97</v>
+        <v>2636.4</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>96</v>
+        <v>6</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="C150" s="3">
-        <v>1561.1</v>
+        <v>2281.17</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>6</v>
+        <v>44</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>10</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B151" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="C151" s="3">
+        <v>1830.85</v>
+      </c>
+      <c r="D151" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F151" s="3">
+        <v>0</v>
+      </c>
+      <c r="G151" s="3">
+        <v>1</v>
+      </c>
+      <c r="H151" s="3">
+        <v>15</v>
+      </c>
+      <c r="I151" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A152" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="B151" s="3" t="s">
+      <c r="B152" s="2"/>
+      <c r="C152" s="2"/>
+      <c r="D152" s="2"/>
+      <c r="E152" s="2"/>
+      <c r="F152" s="2"/>
+      <c r="G152" s="2"/>
+      <c r="H152" s="2"/>
+      <c r="I152" s="2"/>
+    </row>
+    <row r="153" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A153" s="2" t="s">
         <v>298</v>
       </c>
-      <c r="C151" s="3">
-[...77 lines deleted...]
-      </c>
+      <c r="B153" s="2"/>
+      <c r="C153" s="2"/>
+      <c r="D153" s="2"/>
+      <c r="E153" s="2"/>
+      <c r="F153" s="2"/>
+      <c r="G153" s="2"/>
+      <c r="H153" s="2"/>
+      <c r="I153" s="2"/>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="C154" s="3">
-        <v>1861.39</v>
+        <v>10462.56</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I154" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C155" s="3">
-        <v>1845.27</v>
+        <v>12589.66</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I155" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="C156" s="3">
-        <v>1929.54</v>
+        <v>7654.5</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="C157" s="3">
-        <v>2664.45</v>
+        <v>7247.48</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
+        <v>7</v>
+      </c>
+      <c r="G157" s="3">
+        <v>1</v>
+      </c>
+      <c r="H157" s="3">
         <v>2</v>
       </c>
-      <c r="G157" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I157" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="C158" s="3">
-        <v>1355.04</v>
+        <v>8516.6</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>0</v>
+        <v>113</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="I158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="C159" s="3">
-        <v>2312.23</v>
+        <v>9676.68</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>131</v>
+        <v>110</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="C160" s="3">
-        <v>925.06</v>
+        <v>15210.24</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>0</v>
+        <v>101</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I160" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A161" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A161" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="B161" s="2"/>
+      <c r="C161" s="2"/>
+      <c r="D161" s="2"/>
+      <c r="E161" s="2"/>
+      <c r="F161" s="2"/>
+      <c r="G161" s="2"/>
+      <c r="H161" s="2"/>
+      <c r="I161" s="2"/>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="B162" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="C162" s="3">
+        <v>3599.42</v>
+      </c>
+      <c r="D162" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F162" s="3">
+        <v>6</v>
+      </c>
+      <c r="G162" s="3">
+        <v>1</v>
+      </c>
+      <c r="H162" s="3">
+        <v>1</v>
+      </c>
+      <c r="I162" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A163" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="B163" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="C163" s="3">
+        <v>6078.68</v>
+      </c>
+      <c r="D163" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F163" s="3">
+        <v>10</v>
+      </c>
+      <c r="G163" s="3">
+        <v>1</v>
+      </c>
+      <c r="H163" s="3">
+        <v>1</v>
+      </c>
+      <c r="I163" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A164" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="B164" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="B162" s="3" t="s">
-[...48 lines deleted...]
-      <c r="I164" s="2"/>
+      <c r="C164" s="3">
+        <v>13256.58</v>
+      </c>
+      <c r="D164" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F164" s="3">
+        <v>18</v>
+      </c>
+      <c r="G164" s="3">
+        <v>1</v>
+      </c>
+      <c r="H164" s="3">
+        <v>1</v>
+      </c>
+      <c r="I164" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="C165" s="3">
-        <v>7654.5</v>
+        <v>4923.08</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
         <v>1</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="C166" s="3">
-        <v>10192.2</v>
+        <v>6453.66</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
         <v>1</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="C167" s="3">
-        <v>9462.89</v>
+        <v>7801.9</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>179</v>
+        <v>9</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
         <v>2</v>
       </c>
       <c r="I167" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="C168" s="3">
-        <v>14215.18</v>
+        <v>4725.32</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>171</v>
+        <v>25</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
         <v>1</v>
       </c>
       <c r="I168" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="C169" s="3">
-        <v>9964.34</v>
+        <v>5954.61</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>137</v>
+        <v>9</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
         <v>1</v>
       </c>
       <c r="I169" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="C170" s="3">
-        <v>10872.68</v>
+        <v>7749.8</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>143</v>
+        <v>9</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
         <v>2</v>
       </c>
       <c r="I170" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="C171" s="3">
-        <v>8143.23</v>
+        <v>9237.06</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
         <v>2</v>
       </c>
       <c r="I171" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="B172" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="C172" s="3">
+        <v>8163.75</v>
+      </c>
+      <c r="D172" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F172" s="3">
+        <v>56</v>
+      </c>
+      <c r="G172" s="3">
+        <v>1</v>
+      </c>
+      <c r="H172" s="3">
+        <v>1</v>
+      </c>
+      <c r="I172" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A173" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="B173" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="B172" s="3" t="s">
+      <c r="C173" s="3">
+        <v>9778.46</v>
+      </c>
+      <c r="D173" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F173" s="3">
+        <v>0</v>
+      </c>
+      <c r="G173" s="3">
+        <v>1</v>
+      </c>
+      <c r="H173" s="3">
+        <v>2</v>
+      </c>
+      <c r="I173" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A174" s="2" t="s">
         <v>338</v>
       </c>
-      <c r="C172" s="3">
-[...22 lines deleted...]
-      <c r="A173" s="2" t="s">
+      <c r="B174" s="2"/>
+      <c r="C174" s="2"/>
+      <c r="D174" s="2"/>
+      <c r="E174" s="2"/>
+      <c r="F174" s="2"/>
+      <c r="G174" s="2"/>
+      <c r="H174" s="2"/>
+      <c r="I174" s="2"/>
+    </row>
+    <row r="175" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A175" s="2" t="s">
         <v>339</v>
       </c>
-      <c r="B173" s="2"/>
-[...64 lines deleted...]
-      </c>
+      <c r="B175" s="2"/>
+      <c r="C175" s="2"/>
+      <c r="D175" s="2"/>
+      <c r="E175" s="2"/>
+      <c r="F175" s="2"/>
+      <c r="G175" s="2"/>
+      <c r="H175" s="2"/>
+      <c r="I175" s="2"/>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="C176" s="3">
-        <v>9237.06</v>
+        <v>1160.48</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>9</v>
+        <v>1760</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>2</v>
+        <v>84</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C177" s="3">
-        <v>6078.68</v>
+        <v>375.34</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="I177" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="C178" s="3">
-        <v>8163.75</v>
+        <v>258.54</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>45</v>
+        <v>2064</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>1</v>
+        <v>360</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="C179" s="3">
-        <v>13256.58</v>
+        <v>422.49</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>7</v>
+        <v>1392</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>1</v>
+        <v>150</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="C180" s="3">
-        <v>9778.46</v>
+        <v>124.08</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>2</v>
+        <v>280</v>
       </c>
       <c r="I180" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="C181" s="3">
-        <v>4923.08</v>
+        <v>229.27</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I181" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="C182" s="3">
-        <v>7430.39</v>
+        <v>507.78</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>2</v>
+        <v>25</v>
       </c>
       <c r="I182" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="C183" s="3">
-        <v>4500.31</v>
+        <v>217.68</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>23</v>
+        <v>51489</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>1</v>
+        <v>360</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="C184" s="3">
-        <v>5954.61</v>
+        <v>373.1</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="I184" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="B185" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="C185" s="3">
+        <v>756.91</v>
+      </c>
+      <c r="D185" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F185" s="3">
+        <v>1556</v>
+      </c>
+      <c r="G185" s="3">
+        <v>1</v>
+      </c>
+      <c r="H185" s="3">
+        <v>72</v>
+      </c>
+      <c r="I185" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A186" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="B186" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="C186" s="3">
+        <v>812.43</v>
+      </c>
+      <c r="D186" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F186" s="3">
+        <v>2934</v>
+      </c>
+      <c r="G186" s="3">
+        <v>1</v>
+      </c>
+      <c r="H186" s="3">
+        <v>96</v>
+      </c>
+      <c r="I186" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A187" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="B185" s="3" t="s">
+      <c r="B187" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="C185" s="3">
-[...45 lines deleted...]
-      <c r="I187" s="2"/>
+      <c r="C187" s="3">
+        <v>448.77</v>
+      </c>
+      <c r="D187" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F187" s="3">
+        <v>0</v>
+      </c>
+      <c r="G187" s="3">
+        <v>1</v>
+      </c>
+      <c r="H187" s="3">
+        <v>25</v>
+      </c>
+      <c r="I187" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="C188" s="3">
-        <v>258.54</v>
+        <v>240.14</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>2443</v>
+        <v>5790</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>360</v>
+        <v>240</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="C189" s="3">
-        <v>422.49</v>
+        <v>818.74</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>1169</v>
+        <v>585</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>150</v>
+        <v>84</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="C190" s="3">
-        <v>313.17</v>
+        <v>617.56</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>548</v>
+        <v>0</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="I190" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="C191" s="3">
-        <v>1160.48</v>
+        <v>295.13</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>2389</v>
+        <v>7007</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>84</v>
+        <v>240</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="C192" s="3">
-        <v>240.14</v>
+        <v>363.23</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>4270</v>
+        <v>3547</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>240</v>
+        <v>150</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="C193" s="3">
-        <v>812.43</v>
+        <v>354.53</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>4100</v>
+        <v>2025</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>96</v>
+        <v>150</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C194" s="3">
-        <v>909.71</v>
+        <v>429.39</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>7014</v>
+        <v>1137</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>84</v>
+        <v>144</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="C195" s="3">
         <v>1123.56</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>3226</v>
+        <v>2649</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
         <v>48</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="C196" s="3">
-        <v>756.91</v>
+        <v>825.33</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>1660</v>
+        <v>2921</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="C197" s="3">
-        <v>296.74</v>
+        <v>458.36</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>664</v>
+        <v>6804</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>360</v>
+        <v>300</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="C198" s="3">
-        <v>217.68</v>
+        <v>363.28</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>35728</v>
+        <v>839</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>360</v>
+        <v>150</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="C199" s="3">
-        <v>295.13</v>
+        <v>614.11</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>2487</v>
+        <v>0</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>240</v>
+        <v>20</v>
       </c>
       <c r="I199" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="C200" s="3">
-        <v>354.53</v>
+        <v>296.74</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>1712</v>
+        <v>3412</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>150</v>
+        <v>360</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="C201" s="3">
-        <v>363.23</v>
+        <v>135.93</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>4983</v>
+        <v>0</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="I201" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="C202" s="3">
-        <v>408.94</v>
+        <v>259.66</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>1417</v>
+        <v>0</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>144</v>
+        <v>60</v>
       </c>
       <c r="I202" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="B203" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C203" s="3">
+        <v>1108.88</v>
+      </c>
+      <c r="D203" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F203" s="3">
+        <v>1085</v>
+      </c>
+      <c r="G203" s="3">
+        <v>1</v>
+      </c>
+      <c r="H203" s="3">
+        <v>90</v>
+      </c>
+      <c r="I203" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A204" s="2" t="s">
         <v>396</v>
       </c>
-      <c r="B203" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B204" s="2"/>
+      <c r="C204" s="2"/>
+      <c r="D204" s="2"/>
+      <c r="E204" s="2"/>
+      <c r="F204" s="2"/>
+      <c r="G204" s="2"/>
+      <c r="H204" s="2"/>
+      <c r="I204" s="2"/>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="B205" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="C205" s="3">
+        <v>735.35</v>
+      </c>
+      <c r="D205" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F205" s="3">
+        <v>0</v>
+      </c>
+      <c r="G205" s="3">
+        <v>1</v>
+      </c>
+      <c r="H205" s="3">
+        <v>10</v>
+      </c>
+      <c r="I205" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="206" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A206" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="B206" s="3" t="s">
         <v>400</v>
       </c>
-      <c r="B205" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I206" s="2"/>
+      <c r="C206" s="3">
+        <v>411.87</v>
+      </c>
+      <c r="D206" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F206" s="3">
+        <v>0</v>
+      </c>
+      <c r="G206" s="3">
+        <v>1</v>
+      </c>
+      <c r="H206" s="3">
+        <v>360</v>
+      </c>
+      <c r="I206" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C207" s="3">
-        <v>177.19</v>
+        <v>349.46</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
         <v>0</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>200</v>
+        <v>15</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="C208" s="3">
-        <v>507.15</v>
+        <v>147.87</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
         <v>0</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="C209" s="3">
-        <v>349.46</v>
+        <v>177.19</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
         <v>0</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>15</v>
+        <v>200</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C210" s="3">
-        <v>411.87</v>
+        <v>507.15</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
         <v>0</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>360</v>
+        <v>24</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="C211" s="3">
         <v>315.65</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
         <v>0</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
         <v>24</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A212" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A212" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="B212" s="2"/>
+      <c r="C212" s="2"/>
+      <c r="D212" s="2"/>
+      <c r="E212" s="2"/>
+      <c r="F212" s="2"/>
+      <c r="G212" s="2"/>
+      <c r="H212" s="2"/>
+      <c r="I212" s="2"/>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="B213" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="C213" s="3">
+        <v>137.63</v>
+      </c>
+      <c r="D213" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F213" s="3">
+        <v>33</v>
+      </c>
+      <c r="G213" s="3">
+        <v>1</v>
+      </c>
+      <c r="H213" s="3">
+        <v>100</v>
+      </c>
+      <c r="I213" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A214" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="B214" s="3" t="s">
         <v>415</v>
       </c>
-      <c r="B213" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I214" s="2"/>
+      <c r="C214" s="3">
+        <v>1108.44</v>
+      </c>
+      <c r="D214" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F214" s="3">
+        <v>0</v>
+      </c>
+      <c r="G214" s="3">
+        <v>1</v>
+      </c>
+      <c r="H214" s="3">
+        <v>24</v>
+      </c>
+      <c r="I214" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="C215" s="3">
-        <v>539.3</v>
+        <v>937.11</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>420</v>
+        <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>103</v>
+        <v>0</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I215" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="C216" s="3">
-        <v>577.67</v>
+        <v>576.17</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>420</v>
+        <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>165</v>
+        <v>1325</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I216" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C217" s="3">
-        <v>455.19</v>
+        <v>519.91</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>15</v>
+        <v>422</v>
       </c>
       <c r="F217" s="3">
-        <v>3578</v>
+        <v>1</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I217" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="C218" s="3">
-        <v>576.17</v>
+        <v>539.3</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>15</v>
+        <v>422</v>
       </c>
       <c r="F218" s="3">
-        <v>10958</v>
+        <v>79</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I218" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C219" s="3">
-        <v>196</v>
+        <v>166.6</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>1765</v>
+        <v>1147</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
         <v>100</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="C220" s="3">
-        <v>137.46</v>
+        <v>455.19</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F220" s="3">
-        <v>516</v>
+        <v>0</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="C221" s="3">
-        <v>133</v>
+        <v>1470.08</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F221" s="3">
-        <v>2253</v>
+        <v>397</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="I221" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="C222" s="3">
-        <v>137.63</v>
+        <v>123.52</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>1303</v>
+        <v>4656</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="C223" s="3">
-        <v>1171.39</v>
+        <v>309.68</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F223" s="3">
-        <v>7971</v>
+        <v>7381</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="C224" s="3">
-        <v>145.99</v>
+        <v>1351.71</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>1477</v>
+        <v>0</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="I224" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="C225" s="3">
-        <v>210.71</v>
+        <v>438</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="3">
-        <v>3414</v>
+        <v>2160</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
         <v>100</v>
       </c>
       <c r="I225" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="C226" s="3">
-        <v>269.13</v>
+        <v>137.73</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>17954</v>
+        <v>1785</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="C227" s="3">
-        <v>144.98</v>
+        <v>133</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>4947</v>
+        <v>0</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
         <v>50</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="C228" s="3">
-        <v>144.98</v>
+        <v>130.59</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>1298</v>
+        <v>1068</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
         <v>50</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="C229" s="3">
-        <v>180.2</v>
+        <v>438.57</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>0</v>
+        <v>1089</v>
       </c>
       <c r="G229" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I229" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="C230" s="3">
-        <v>1470.08</v>
+        <v>162.17</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>365</v>
+        <v>337</v>
       </c>
       <c r="G230" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H230" s="3">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="I230" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="C231" s="3">
-        <v>873.33</v>
+        <v>137.73</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>995</v>
+        <v>1238</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
         <v>50</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="C232" s="3">
-        <v>207.6</v>
+        <v>873.33</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>25476</v>
+        <v>589</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="C233" s="3">
-        <v>241.2</v>
+        <v>207.6</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>420</v>
+        <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>93</v>
+        <v>13784</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="I233" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="C234" s="3">
-        <v>713.83</v>
+        <v>231.78</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>420</v>
+        <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I234" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="C235" s="3">
-        <v>412.9</v>
+        <v>145.99</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F235" s="3">
-        <v>12022</v>
+        <v>1021</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
         <v>100</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="C236" s="3">
-        <v>1352.76</v>
+        <v>269.13</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F236" s="3">
         <v>0</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I236" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="C237" s="3">
-        <v>1218.12</v>
+        <v>241.2</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>15</v>
+        <v>422</v>
       </c>
       <c r="F237" s="3">
-        <v>916</v>
+        <v>25</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="I237" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="C238" s="3">
-        <v>1351.71</v>
+        <v>713.83</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>15</v>
+        <v>422</v>
       </c>
       <c r="F238" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="I238" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="C239" s="3">
-        <v>420.74</v>
+        <v>1041.46</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>3156</v>
+        <v>0</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="C240" s="3">
-        <v>212.75</v>
+        <v>1352.76</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>4496</v>
+        <v>0</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="I240" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="C241" s="3">
-        <v>130.02</v>
+        <v>1218.12</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>6251</v>
+        <v>639</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>120</v>
+        <v>64</v>
       </c>
       <c r="I241" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="C242" s="3">
-        <v>905.62</v>
+        <v>145.02</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>141</v>
+        <v>1388</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="C243" s="3">
-        <v>403.02</v>
+        <v>420.74</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>3818</v>
+        <v>0</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I243" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="C244" s="3">
-        <v>1108.44</v>
+        <v>198.54</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>0</v>
+        <v>4002</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I244" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="C245" s="3">
-        <v>438</v>
+        <v>212.75</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>2323</v>
+        <v>3239</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
         <v>100</v>
       </c>
       <c r="I245" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="C246" s="3">
-        <v>198.54</v>
+        <v>403.02</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F246" s="3">
-        <v>4795</v>
+        <v>0</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
         <v>100</v>
       </c>
       <c r="I246" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C247" s="3">
-        <v>438.57</v>
+        <v>396.81</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>3219</v>
+        <v>208</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
-        <v>100</v>
+        <v>54</v>
       </c>
       <c r="I247" s="3">
-        <v>0</v>
-[...27 lines deleted...]
-      <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A34:I34"/>
     <mergeCell ref="A42:I42"/>
-    <mergeCell ref="A54:I54"/>
-[...1 lines deleted...]
-    <mergeCell ref="A112:I112"/>
+    <mergeCell ref="A77:I77"/>
+    <mergeCell ref="A102:I102"/>
+    <mergeCell ref="A103:I103"/>
+    <mergeCell ref="A110:I110"/>
     <mergeCell ref="A113:I113"/>
-    <mergeCell ref="A120:I120"/>
-[...9 lines deleted...]
-    <mergeCell ref="A214:I214"/>
+    <mergeCell ref="A114:I114"/>
+    <mergeCell ref="A136:I136"/>
+    <mergeCell ref="A152:I152"/>
+    <mergeCell ref="A153:I153"/>
+    <mergeCell ref="A161:I161"/>
+    <mergeCell ref="A174:I174"/>
+    <mergeCell ref="A175:I175"/>
+    <mergeCell ref="A204:I204"/>
+    <mergeCell ref="A212:I212"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
-    <hyperlink ref="D34" r:id="rId30"/>
-[...17 lines deleted...]
-    <hyperlink ref="D53" r:id="rId48"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D38" r:id="rId33"/>
+    <hyperlink ref="D39" r:id="rId34"/>
+    <hyperlink ref="D40" r:id="rId35"/>
+    <hyperlink ref="D41" r:id="rId36"/>
+    <hyperlink ref="D43" r:id="rId37"/>
+    <hyperlink ref="D44" r:id="rId38"/>
+    <hyperlink ref="D45" r:id="rId39"/>
+    <hyperlink ref="D46" r:id="rId40"/>
+    <hyperlink ref="D47" r:id="rId41"/>
+    <hyperlink ref="D48" r:id="rId42"/>
+    <hyperlink ref="D49" r:id="rId43"/>
+    <hyperlink ref="D50" r:id="rId44"/>
+    <hyperlink ref="D51" r:id="rId45"/>
+    <hyperlink ref="D52" r:id="rId46"/>
+    <hyperlink ref="D53" r:id="rId47"/>
+    <hyperlink ref="D54" r:id="rId48"/>
     <hyperlink ref="D55" r:id="rId49"/>
     <hyperlink ref="D56" r:id="rId50"/>
     <hyperlink ref="D57" r:id="rId51"/>
     <hyperlink ref="D58" r:id="rId52"/>
     <hyperlink ref="D59" r:id="rId53"/>
     <hyperlink ref="D60" r:id="rId54"/>
     <hyperlink ref="D61" r:id="rId55"/>
     <hyperlink ref="D62" r:id="rId56"/>
     <hyperlink ref="D63" r:id="rId57"/>
     <hyperlink ref="D64" r:id="rId58"/>
     <hyperlink ref="D65" r:id="rId59"/>
     <hyperlink ref="D66" r:id="rId60"/>
     <hyperlink ref="D67" r:id="rId61"/>
     <hyperlink ref="D68" r:id="rId62"/>
     <hyperlink ref="D69" r:id="rId63"/>
     <hyperlink ref="D70" r:id="rId64"/>
     <hyperlink ref="D71" r:id="rId65"/>
     <hyperlink ref="D72" r:id="rId66"/>
     <hyperlink ref="D73" r:id="rId67"/>
     <hyperlink ref="D74" r:id="rId68"/>
     <hyperlink ref="D75" r:id="rId69"/>
     <hyperlink ref="D76" r:id="rId70"/>
-    <hyperlink ref="D77" r:id="rId71"/>
-[...8 lines deleted...]
-    <hyperlink ref="D86" r:id="rId80"/>
+    <hyperlink ref="D78" r:id="rId71"/>
+    <hyperlink ref="D79" r:id="rId72"/>
+    <hyperlink ref="D80" r:id="rId73"/>
+    <hyperlink ref="D81" r:id="rId74"/>
+    <hyperlink ref="D82" r:id="rId75"/>
+    <hyperlink ref="D83" r:id="rId76"/>
+    <hyperlink ref="D84" r:id="rId77"/>
+    <hyperlink ref="D85" r:id="rId78"/>
+    <hyperlink ref="D86" r:id="rId79"/>
+    <hyperlink ref="D87" r:id="rId80"/>
     <hyperlink ref="D88" r:id="rId81"/>
     <hyperlink ref="D89" r:id="rId82"/>
     <hyperlink ref="D90" r:id="rId83"/>
     <hyperlink ref="D91" r:id="rId84"/>
     <hyperlink ref="D92" r:id="rId85"/>
     <hyperlink ref="D93" r:id="rId86"/>
     <hyperlink ref="D94" r:id="rId87"/>
     <hyperlink ref="D95" r:id="rId88"/>
     <hyperlink ref="D96" r:id="rId89"/>
     <hyperlink ref="D97" r:id="rId90"/>
     <hyperlink ref="D98" r:id="rId91"/>
     <hyperlink ref="D99" r:id="rId92"/>
     <hyperlink ref="D100" r:id="rId93"/>
     <hyperlink ref="D101" r:id="rId94"/>
-    <hyperlink ref="D102" r:id="rId95"/>
-[...17 lines deleted...]
-    <hyperlink ref="D123" r:id="rId113"/>
+    <hyperlink ref="D104" r:id="rId95"/>
+    <hyperlink ref="D105" r:id="rId96"/>
+    <hyperlink ref="D106" r:id="rId97"/>
+    <hyperlink ref="D107" r:id="rId98"/>
+    <hyperlink ref="D108" r:id="rId99"/>
+    <hyperlink ref="D109" r:id="rId100"/>
+    <hyperlink ref="D111" r:id="rId101"/>
+    <hyperlink ref="D112" r:id="rId102"/>
+    <hyperlink ref="D115" r:id="rId103"/>
+    <hyperlink ref="D116" r:id="rId104"/>
+    <hyperlink ref="D117" r:id="rId105"/>
+    <hyperlink ref="D118" r:id="rId106"/>
+    <hyperlink ref="D119" r:id="rId107"/>
+    <hyperlink ref="D120" r:id="rId108"/>
+    <hyperlink ref="D121" r:id="rId109"/>
+    <hyperlink ref="D122" r:id="rId110"/>
+    <hyperlink ref="D123" r:id="rId111"/>
+    <hyperlink ref="D124" r:id="rId112"/>
+    <hyperlink ref="D125" r:id="rId113"/>
     <hyperlink ref="D126" r:id="rId114"/>
     <hyperlink ref="D127" r:id="rId115"/>
     <hyperlink ref="D128" r:id="rId116"/>
     <hyperlink ref="D129" r:id="rId117"/>
     <hyperlink ref="D130" r:id="rId118"/>
     <hyperlink ref="D131" r:id="rId119"/>
     <hyperlink ref="D132" r:id="rId120"/>
     <hyperlink ref="D133" r:id="rId121"/>
     <hyperlink ref="D134" r:id="rId122"/>
     <hyperlink ref="D135" r:id="rId123"/>
-    <hyperlink ref="D136" r:id="rId124"/>
-[...3 lines deleted...]
-    <hyperlink ref="D140" r:id="rId128"/>
+    <hyperlink ref="D137" r:id="rId124"/>
+    <hyperlink ref="D138" r:id="rId125"/>
+    <hyperlink ref="D139" r:id="rId126"/>
+    <hyperlink ref="D140" r:id="rId127"/>
+    <hyperlink ref="D141" r:id="rId128"/>
     <hyperlink ref="D142" r:id="rId129"/>
     <hyperlink ref="D143" r:id="rId130"/>
     <hyperlink ref="D144" r:id="rId131"/>
     <hyperlink ref="D145" r:id="rId132"/>
     <hyperlink ref="D146" r:id="rId133"/>
     <hyperlink ref="D147" r:id="rId134"/>
     <hyperlink ref="D148" r:id="rId135"/>
     <hyperlink ref="D149" r:id="rId136"/>
     <hyperlink ref="D150" r:id="rId137"/>
     <hyperlink ref="D151" r:id="rId138"/>
-    <hyperlink ref="D152" r:id="rId139"/>
-[...29 lines deleted...]
-    <hyperlink ref="D185" r:id="rId169"/>
+    <hyperlink ref="D154" r:id="rId139"/>
+    <hyperlink ref="D155" r:id="rId140"/>
+    <hyperlink ref="D156" r:id="rId141"/>
+    <hyperlink ref="D157" r:id="rId142"/>
+    <hyperlink ref="D158" r:id="rId143"/>
+    <hyperlink ref="D159" r:id="rId144"/>
+    <hyperlink ref="D160" r:id="rId145"/>
+    <hyperlink ref="D162" r:id="rId146"/>
+    <hyperlink ref="D163" r:id="rId147"/>
+    <hyperlink ref="D164" r:id="rId148"/>
+    <hyperlink ref="D165" r:id="rId149"/>
+    <hyperlink ref="D166" r:id="rId150"/>
+    <hyperlink ref="D167" r:id="rId151"/>
+    <hyperlink ref="D168" r:id="rId152"/>
+    <hyperlink ref="D169" r:id="rId153"/>
+    <hyperlink ref="D170" r:id="rId154"/>
+    <hyperlink ref="D171" r:id="rId155"/>
+    <hyperlink ref="D172" r:id="rId156"/>
+    <hyperlink ref="D173" r:id="rId157"/>
+    <hyperlink ref="D176" r:id="rId158"/>
+    <hyperlink ref="D177" r:id="rId159"/>
+    <hyperlink ref="D178" r:id="rId160"/>
+    <hyperlink ref="D179" r:id="rId161"/>
+    <hyperlink ref="D180" r:id="rId162"/>
+    <hyperlink ref="D181" r:id="rId163"/>
+    <hyperlink ref="D182" r:id="rId164"/>
+    <hyperlink ref="D183" r:id="rId165"/>
+    <hyperlink ref="D184" r:id="rId166"/>
+    <hyperlink ref="D185" r:id="rId167"/>
+    <hyperlink ref="D186" r:id="rId168"/>
+    <hyperlink ref="D187" r:id="rId169"/>
     <hyperlink ref="D188" r:id="rId170"/>
     <hyperlink ref="D189" r:id="rId171"/>
     <hyperlink ref="D190" r:id="rId172"/>
     <hyperlink ref="D191" r:id="rId173"/>
     <hyperlink ref="D192" r:id="rId174"/>
     <hyperlink ref="D193" r:id="rId175"/>
     <hyperlink ref="D194" r:id="rId176"/>
     <hyperlink ref="D195" r:id="rId177"/>
     <hyperlink ref="D196" r:id="rId178"/>
     <hyperlink ref="D197" r:id="rId179"/>
     <hyperlink ref="D198" r:id="rId180"/>
     <hyperlink ref="D199" r:id="rId181"/>
     <hyperlink ref="D200" r:id="rId182"/>
     <hyperlink ref="D201" r:id="rId183"/>
     <hyperlink ref="D202" r:id="rId184"/>
     <hyperlink ref="D203" r:id="rId185"/>
-    <hyperlink ref="D204" r:id="rId186"/>
-    <hyperlink ref="D205" r:id="rId187"/>
+    <hyperlink ref="D205" r:id="rId186"/>
+    <hyperlink ref="D206" r:id="rId187"/>
     <hyperlink ref="D207" r:id="rId188"/>
     <hyperlink ref="D208" r:id="rId189"/>
     <hyperlink ref="D209" r:id="rId190"/>
     <hyperlink ref="D210" r:id="rId191"/>
     <hyperlink ref="D211" r:id="rId192"/>
-    <hyperlink ref="D212" r:id="rId193"/>
-    <hyperlink ref="D213" r:id="rId194"/>
+    <hyperlink ref="D213" r:id="rId193"/>
+    <hyperlink ref="D214" r:id="rId194"/>
     <hyperlink ref="D215" r:id="rId195"/>
     <hyperlink ref="D216" r:id="rId196"/>
     <hyperlink ref="D217" r:id="rId197"/>
     <hyperlink ref="D218" r:id="rId198"/>
     <hyperlink ref="D219" r:id="rId199"/>
     <hyperlink ref="D220" r:id="rId200"/>
     <hyperlink ref="D221" r:id="rId201"/>
     <hyperlink ref="D222" r:id="rId202"/>
     <hyperlink ref="D223" r:id="rId203"/>
     <hyperlink ref="D224" r:id="rId204"/>
     <hyperlink ref="D225" r:id="rId205"/>
     <hyperlink ref="D226" r:id="rId206"/>
     <hyperlink ref="D227" r:id="rId207"/>
     <hyperlink ref="D228" r:id="rId208"/>
     <hyperlink ref="D229" r:id="rId209"/>
     <hyperlink ref="D230" r:id="rId210"/>
     <hyperlink ref="D231" r:id="rId211"/>
     <hyperlink ref="D232" r:id="rId212"/>
     <hyperlink ref="D233" r:id="rId213"/>
     <hyperlink ref="D234" r:id="rId214"/>
     <hyperlink ref="D235" r:id="rId215"/>
     <hyperlink ref="D236" r:id="rId216"/>
     <hyperlink ref="D237" r:id="rId217"/>
     <hyperlink ref="D238" r:id="rId218"/>
     <hyperlink ref="D239" r:id="rId219"/>
     <hyperlink ref="D240" r:id="rId220"/>
     <hyperlink ref="D241" r:id="rId221"/>
     <hyperlink ref="D242" r:id="rId222"/>
     <hyperlink ref="D243" r:id="rId223"/>
     <hyperlink ref="D244" r:id="rId224"/>
     <hyperlink ref="D245" r:id="rId225"/>
     <hyperlink ref="D246" r:id="rId226"/>
     <hyperlink ref="D247" r:id="rId227"/>
-    <hyperlink ref="D248" r:id="rId228"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>