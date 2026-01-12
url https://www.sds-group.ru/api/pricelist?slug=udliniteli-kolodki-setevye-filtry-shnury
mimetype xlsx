--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -48,1455 +48,1455 @@
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Удлинители, колодки, сетевые фильтры, шнуры</t>
   </si>
   <si>
     <t>1.1 Удлинители бытовые</t>
   </si>
   <si>
     <t>1.1.1 Удлинители бытовые REXANT STANDARD</t>
   </si>
   <si>
+    <t>13-4001</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 2 гнезда, 3м, 2х1,0мм², б/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>11-8732</t>
   </si>
   <si>
     <t>Удлинитель 3 гнезда, 10м, 2х0,75мм², б/з, белый REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>11-8734</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 3м, 3х1,0мм², с/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8735</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 5м, 3х1,0мм², с/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8737</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 5м, 2х0,75мм², б/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8733</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 3м, 2х0,75мм², б/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4007</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 3м, 2х1,0мм², б/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4019</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 3м, 3х1,0мм², с/з, с выключателем, черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8731</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 1,5м, 2х0,75мм², б/з, белый REXANT</t>
   </si>
   <si>
     <t>11-8736</t>
   </si>
   <si>
     <t>Удлинитель 3 гнезда, 7м, 2х0,75мм², б/з, белый REXANT</t>
   </si>
   <si>
-    <t>11-8734</t>
-[...14 lines deleted...]
-    <t>Удлинитель 3 гнезда, 5м, 2х0,75мм², б/з, белый REXANT</t>
+    <t>13-4016</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 3м, 3х1,0мм², с/з, с выключателем, 2 USB, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4042</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 5 гнезд, 5м, 3х1,0мм², с/з, с выключателем, 2 USB, черный REXANT</t>
+  </si>
+  <si>
+    <t>13-4008</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 5м, 2х1,0мм², б/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4046</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 6 гнезд, 1,5м, 3х1,0мм², с/з, с выключателем, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4047</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 6 гнезд, 3м, 3х1,0мм², с/з, с выключателем, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4000</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 2 гнезда, 1,5м, 2х1,0мм², б/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4002</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 2 гнезда, 5м, 2х1,0мм², б/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4005</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 2 гнезда, 5м, 3х1,0мм², с/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4006</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 1,5м, 2х1,0мм², б/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4010</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 3м, 3х1,0мм², с/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4011</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 5м, 3х1,0мм², с/з, белый REXANT</t>
   </si>
   <si>
     <t>13-4012</t>
   </si>
   <si>
     <t>Удлинитель STANDARD 3 гнезда, 1,5м, 3х1,0мм², с/з, с выключателем, белый REXANT</t>
   </si>
   <si>
-    <t>11-8735</t>
-[...40 lines deleted...]
-  <si>
     <t>13-4017</t>
   </si>
   <si>
     <t>Удлинитель STANDARD 3 гнезда, 5м, 3х1,0мм², с/з, с выключателем, 2 USB, белый REXANT</t>
   </si>
   <si>
+    <t>13-4025</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 4 гнезда, 5м, 2х1,0мм², б/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4028</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 5 гнезд, 1,5м, 3х1,0мм², с/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4034</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 5 гнезд, 1,5м, 3х1,0мм², с/з, с выключателем, 2 USB, белый REXANT</t>
+  </si>
+  <si>
     <t>13-4035</t>
   </si>
   <si>
     <t>Удлинитель STANDARD 5 гнезд, 3м, 3х1,0мм², с/з, с выключателем, 2 USB, белый REXANT</t>
   </si>
   <si>
-    <t>13-4047</t>
-[...14 lines deleted...]
-    <t>Удлинитель STANDARD 3 гнезда, 5м, 2х1,0мм², б/з, белый REXANT</t>
+    <t>13-4040</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 5 гнезд, 1,5м, 3х1,0мм², с/з, с выключателем, 2 USB, черный REXANT</t>
   </si>
   <si>
     <t>13-4041</t>
   </si>
   <si>
     <t>Удлинитель STANDARD 5 гнезд, 3м, 3х1,0мм², с/з, с выключателем, 2 USB, черный REXANT</t>
   </si>
   <si>
-    <t>13-4002</t>
-[...58 lines deleted...]
-  <si>
     <t>1.1.2 Удлинители бытовые REXANT PREMIUM</t>
   </si>
   <si>
+    <t>13-4110</t>
+  </si>
+  <si>
+    <t>Удлинитель PREMIUM 3 гнезда, 3м, 3х1,5мм², с/з, 2 USB, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4111</t>
+  </si>
+  <si>
+    <t>Удлинитель PREMIUM 3 гнезда, 5м, 3х1,5мм², с/з, 2 USB, белый REXANT</t>
+  </si>
+  <si>
     <t>13-4102</t>
   </si>
   <si>
     <t>Удлинитель PREMIUM 3 гнезда, 5м, 3х1,5мм², с/з, белый REXANT</t>
   </si>
   <si>
+    <t>13-4105</t>
+  </si>
+  <si>
+    <t>Удлинитель PREMIUM 3 гнезда, 5м, 3х1,5мм², с/з, с выключателем, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4107</t>
+  </si>
+  <si>
+    <t>Удлинитель PREMIUM 3 гнезда, 3м, 3х1,5мм², с/з, с выключателем, черный REXANT</t>
+  </si>
+  <si>
     <t>13-4108</t>
   </si>
   <si>
     <t>Удлинитель PREMIUM 3 гнезда, 5м, 3х1,5мм², с/з, с выключателем, черный REXANT</t>
   </si>
   <si>
-    <t>13-4110</t>
-[...10 lines deleted...]
-  <si>
     <t>13-4115</t>
   </si>
   <si>
     <t>Удлинитель PREMIUM 6 гнезд, 1,5м, 3х1,5мм², с/з, с выключателем, белый REXANT</t>
   </si>
   <si>
-    <t>13-4105</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.3 Удлинители бытовые PROconnect</t>
   </si>
   <si>
+    <t>11-7211</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 3м, 2х0,75мм² , б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7205</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 1,5м, 3х0,75мм², с/з, с кнопкой, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7207</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 10м, 3х0,75мм², с/з, с кнопкой, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7208</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 10м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7210</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 3м, 3х0,75мм², с/з, с кнопкой, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7212</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7213</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 5м, 3х0,75мм², с/з, с кнопкой, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7214</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7215</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 7м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7221</t>
+  </si>
+  <si>
+    <t>Удлинитель 4 гнезда, 5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7225</t>
+  </si>
+  <si>
+    <t>Удлинитель-рулетка STANDARD 3 гнезда, 5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7220</t>
+  </si>
+  <si>
+    <t>Удлинитель OPTIMA 4 гнезда, 3м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4204</t>
+  </si>
+  <si>
+    <t>Удлинитель 2 гнезда, 5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4209</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 3м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7204</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 1,5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4213</t>
+  </si>
+  <si>
+    <t>Удлинитель 5 гнезд, 5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4210</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 5м, 3х0,75мм², с/з, угловая вилка, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4212</t>
+  </si>
+  <si>
+    <t>Удлинитель 5 гнезд, 3м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7209</t>
+  </si>
+  <si>
+    <t>11-7217</t>
+  </si>
+  <si>
+    <t>Удлинитель OPTIMA 4 гнезда, 1,5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7218</t>
+  </si>
+  <si>
+    <t>Удлинитель 4 гнезда, 10м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7222</t>
+  </si>
+  <si>
+    <t>Удлинитель OPTIMA 4 гнезда, 5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4206</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 3м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4200</t>
+  </si>
+  <si>
+    <t>Удлинитель 2 гнезда, 1,5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4202</t>
+  </si>
+  <si>
+    <t>Удлинитель 2 гнезда, 1,5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4203</t>
+  </si>
+  <si>
+    <t>Удлинитель 2 гнезда, 3м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4207</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4208</t>
+  </si>
+  <si>
+    <t>13-4211</t>
+  </si>
+  <si>
+    <t>Удлинитель 5 гнезд, 1,5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4201</t>
+  </si>
+  <si>
+    <t>Удлинитель 2 гнезда, 3м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7219</t>
+  </si>
+  <si>
+    <t>Удлинитель 4 гнезда, 3м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7224</t>
+  </si>
+  <si>
+    <t>Удлинитель-рулетка STANDARD 3 гнезда, 3м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4205</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 1,5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
     <t>11-7206</t>
   </si>
   <si>
     <t>Удлинитель STANDARD 3 гнезда, 1,5м, 2х0,75мм², б/з, белый PROconnect</t>
   </si>
   <si>
-    <t>11-7213</t>
-[...190 lines deleted...]
-  <si>
     <t>1.2 Колодки розеточные</t>
   </si>
   <si>
+    <t>11-8711</t>
+  </si>
+  <si>
+    <t>Колодка 3 гнезда б/з Эконом PROconnect</t>
+  </si>
+  <si>
+    <t>11-8712</t>
+  </si>
+  <si>
+    <t>Колодка 3 гнезда с/з Эконом PROconnect</t>
+  </si>
+  <si>
     <t>11-8714</t>
   </si>
   <si>
     <t>Колодка 4 гнезда б/з Эконом PROconnect</t>
   </si>
   <si>
+    <t>11-8710</t>
+  </si>
+  <si>
+    <t>Колодка 2 гнезда б/з с выключателем Эконом PROconnect</t>
+  </si>
+  <si>
+    <t>11-8709</t>
+  </si>
+  <si>
+    <t>Колодка 2 гнезда с/з Эконом PROconnect</t>
+  </si>
+  <si>
     <t>11-8713</t>
   </si>
   <si>
     <t>Колодка 3 гнезда б/з с выключателем Эконом PROconnect</t>
   </si>
   <si>
-    <t>11-8709</t>
-[...20 lines deleted...]
-    <t>Колодка 3 гнезда с/з Эконом PROconnect</t>
+    <t>13-4402</t>
+  </si>
+  <si>
+    <t>Колодка PREMIUM 3 гнезда, с/з, 2 USB, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8703</t>
+  </si>
+  <si>
+    <t>Колодка 3 гнезда без заземления REXANT</t>
+  </si>
+  <si>
+    <t>11-8704</t>
+  </si>
+  <si>
+    <t>Колодка 3 гнезда с заземлением REXANT</t>
+  </si>
+  <si>
+    <t>13-4404</t>
+  </si>
+  <si>
+    <t>Колодка PREMIUM 6 гнезд, с/з, с выключателем, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4407</t>
+  </si>
+  <si>
+    <t>Колодка PREMIUM 6 гнезд, с/з, 2 USB, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4406</t>
+  </si>
+  <si>
+    <t>Колодка PREMIUM 6 гнезд, с/з, с выключателем, черный REXANT</t>
+  </si>
+  <si>
+    <t>13-4400</t>
+  </si>
+  <si>
+    <t>Колодка PREMIUM 3 гнезда, с/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4401</t>
+  </si>
+  <si>
+    <t>Колодка PREMIUM 3 гнезда, с/з, с выключателем, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4403</t>
+  </si>
+  <si>
+    <t>Колодка PREMIUM 6 гнезд, с/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8716</t>
+  </si>
+  <si>
+    <t>Колодка 4 гнезда с кнопкой c заземлением REXANT</t>
+  </si>
+  <si>
+    <t>13-4405</t>
+  </si>
+  <si>
+    <t>Колодка PREMIUM 3 гнезда, с/з, с выключателем, черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8701</t>
+  </si>
+  <si>
+    <t>Колодка 2 гнезда без заземления REXANT</t>
+  </si>
+  <si>
+    <t>11-8705</t>
+  </si>
+  <si>
+    <t>Колодка 3 гнезда с кнопкой без заземления REXANT</t>
+  </si>
+  <si>
+    <t>11-8706</t>
+  </si>
+  <si>
+    <t>Колодка 3 гнезда с кнопкой c заземлением REXANT</t>
+  </si>
+  <si>
+    <t>11-8702</t>
+  </si>
+  <si>
+    <t>Колодка 2 гнезда с заземлением REXANT</t>
   </si>
   <si>
     <t>11-8707</t>
   </si>
   <si>
     <t>Колодка 4 гнезда c заземлением REXANT</t>
   </si>
   <si>
-    <t>11-8702</t>
-[...28 lines deleted...]
-  <si>
     <t>11-8715</t>
   </si>
   <si>
     <t>Колодка 4 гнезда без заземления REXANT</t>
   </si>
   <si>
-    <t>13-4400</t>
-[...58 lines deleted...]
-  <si>
     <t>11-8708</t>
   </si>
   <si>
     <t>Колодка 2 гнезда Эконом</t>
   </si>
   <si>
     <t>1.3 Сетевые фильтры</t>
   </si>
   <si>
     <t>1.3.1 Сетевые фильтры PROconnect</t>
   </si>
   <si>
+    <t>11-7227</t>
+  </si>
+  <si>
+    <t>Сетевой фильтр STANDARD 4 гнезда, 1,5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7228</t>
+  </si>
+  <si>
+    <t>Сетевой фильтр STANDARD 4 гнезда, 3м, 3х0,75мм², с/з + автовыкл., белый PROconnect</t>
+  </si>
+  <si>
     <t>11-7226</t>
   </si>
   <si>
     <t>Сетевой фильтр STANDARD 4 гнезда, 1,5м, 3х0,75мм², с/з + автовыкл., белый PROconnect</t>
   </si>
   <si>
-    <t>11-7227</t>
-[...8 lines deleted...]
-    <t>Сетевой фильтр STANDARD 4 гнезда, 3м, 3х0,75мм², с/з + автовыкл., белый PROconnect</t>
+    <t>11-7232</t>
+  </si>
+  <si>
+    <t>Сетевой фильтр STANDARD 4 гнезда, 5м, 3х0,75мм², с/з, белый PROconnect</t>
   </si>
   <si>
     <t>11-7229</t>
   </si>
   <si>
     <t>Сетевой фильтр STANDARD 4 гнезда, 3м, 3х0,75мм², с/з, белый PROconnect</t>
   </si>
   <si>
     <t>11-7231</t>
   </si>
   <si>
     <t>Сетевой фильтр STANDARD 4 гнезда, 5м, 3х0,75мм², с/з + автовыкл., белый PROconnect</t>
   </si>
   <si>
-    <t>11-7232</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3.2 Сетевые фильтры KRANZ</t>
   </si>
   <si>
+    <t>13-4702</t>
+  </si>
+  <si>
+    <t>Фильтр сетевой 5 гнезд, 3м, 3х1,5мм², с автовыкл, 2 USB, черный KRANZ</t>
+  </si>
+  <si>
     <t>13-4700</t>
   </si>
   <si>
     <t>Фильтр сетевой 5 гнезд, 3м, 3х1,5мм², с автовыкл, 2 USB, белый KRANZ</t>
   </si>
   <si>
-    <t>13-4702</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Шнуры удлинительные</t>
   </si>
   <si>
-    <t>1.4.1 Шнуры удлинительные PROconnect</t>
+    <t>1.4.1 Шнуры удлинительные REXANT</t>
+  </si>
+  <si>
+    <t>11-7073</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 30м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7075</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 20м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7089</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 10м, с/з, 6А, 1300Вт, IP44, черный (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7071</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 10м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7074</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 10м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7072</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 20м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7077</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 10м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7091</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 30м, с/з, 6А, 1300Вт, IP44, черный (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7076</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 30м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7078</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 20м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7079</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 30м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7080</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 10м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7081</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 20м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7090</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 20м, с/з, 6А, 1300Вт, IP44, черный (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7082</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 30м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>1.4.2 Шнуры удлинительные PROconnect</t>
+  </si>
+  <si>
+    <t>11-7102</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7103</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7111</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7106</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7107</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7108</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 10м, с/з, 6А, 1300Вт, IP44, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7110</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 30м, с/з, 6А, 1300Вт, IP44, оранжевый (Сделано в России) PROconnect</t>
   </si>
   <si>
     <t>11-7116</t>
   </si>
   <si>
     <t>Удлинитель-шнур ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
   </si>
   <si>
+    <t>11-7109</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 20м, с/з, 6А, 1300Вт, IP44, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7105</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
     <t>11-7101</t>
   </si>
   <si>
     <t>Удлинитель-шнур на рамке ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
   </si>
   <si>
+    <t>11-7112</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
     <t>11-7113</t>
   </si>
   <si>
     <t>Удлинитель-шнур на рамке ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
   </si>
   <si>
+    <t>11-7114</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
     <t>11-7115</t>
   </si>
   <si>
     <t>Удлинитель-шнур ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
   </si>
   <si>
-    <t>11-7107</t>
-[...38 lines deleted...]
-    <t>Удлинитель-шнур ПВС 3х0,75, 20м, с/з, 6А, 1300Вт, IP44, оранжевый (Сделано в России) PROconnect</t>
+    <t>13-4913</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур на рамке ПВС 3х0,75мм², 10м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4909</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур ПВС 3х0,75мм², 10м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4910</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур ПВС 3х0,75мм², 20м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4914</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур на рамке ПВС 3х0,75мм², 20м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур на рамке ПВС 3х0,75мм², 30м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
   </si>
   <si>
     <t>11-7104</t>
   </si>
   <si>
     <t>Удлинитель-шнур на рамке ПВС 2х0,75, 40м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
   </si>
   <si>
-    <t>11-7106</t>
-[...145 lines deleted...]
-  <si>
     <t>1.5 Удлинители силовые на катушке</t>
   </si>
   <si>
     <t>1.5.1 Удлинитель на катушке REXANT</t>
   </si>
   <si>
+    <t>11-7085</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на катушке REXANT ПВС 3х1.0, 50 м, 4 гнезда, с/з, 10 А, 2200 Вт, IP20, оранжевый (Сделано в России)</t>
+  </si>
+  <si>
+    <t>13-5015</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 40м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
+    <t>13-5016</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 50м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
+    <t>13-5011</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 30м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
+    <t>13-5012</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 40м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
+    <t>13-5013</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 50м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
     <t>13-5014</t>
   </si>
   <si>
     <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 30м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
   </si>
   <si>
-    <t>13-5015</t>
-[...34 lines deleted...]
-  <si>
     <t>1.5.2 Удлинитель на катушке PROconnect</t>
   </si>
   <si>
+    <t>11-7613</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х2,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7608</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7610</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7611</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7612</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х2,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7614</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х2,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7615</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х2,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7606</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х1мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7609</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
     <t>11-7604</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х1мм² PROconnect</t>
   </si>
   <si>
-    <t>11-7612</t>
-[...10 lines deleted...]
-  <si>
     <t>11-7605</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х1мм² PROconnect</t>
   </si>
   <si>
-    <t>11-7606</t>
-[...4 lines deleted...]
-  <si>
     <t>11-7607</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х1мм² PROconnect</t>
   </si>
   <si>
-    <t>11-7608</t>
-[...34 lines deleted...]
-  <si>
     <t>1.6 Вилки и колодки из каучука</t>
   </si>
   <si>
     <t>1.6.1 Вилки и колодки из каучука REXANT</t>
   </si>
   <si>
+    <t>111-226</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 2 гнезда COMPACT, с/з, 16А, IP54, каучук, оранжевая REXANT</t>
+  </si>
+  <si>
+    <t>111-006</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная переносная 3Р+РЕ, 32А, IP44 каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-122</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная переносная с крышкой 1 гнездо, с/з, 16А, IP54, каучук, желтая REXANT</t>
+  </si>
+  <si>
     <t>111-126</t>
   </si>
   <si>
     <t>Розетка (колодка) влагозащищенная с крышкой 3 гнезда, с/з, 16А, IP54, каучук, желтая REXANT</t>
   </si>
   <si>
-    <t>111-226</t>
-[...2 lines deleted...]
-    <t>Розетка (колодка) влагозащищенная с крышкой 2 гнезда COMPACT, с/з, 16А, IP54, каучук, оранжевая REXANT</t>
+    <t>111-202</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная прямая COMPACT, с/з, 16А, IP44, каучук, оранжевая REXANT</t>
+  </si>
+  <si>
+    <t>111-015</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная прямая, c/з, 16А, IP44, каучук, оранжевая REXANT</t>
   </si>
   <si>
     <t>111-014</t>
   </si>
   <si>
     <t>Вилка влагозащищенная прямая, c/з, 16А, IP44, каучук, желтая REXANT</t>
   </si>
   <si>
-    <t>111-122</t>
-[...2 lines deleted...]
-    <t>Розетка влагозащищенная переносная с крышкой 1 гнездо, с/з, 16А, IP54, каучук, желтая REXANT</t>
+    <t>111-123</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная переносная с крышкой 1 гнездо, с/з, 16А, IP54, каучук, оранжевая REXANT</t>
+  </si>
+  <si>
+    <t>111-114</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 4 гнезда, с/з, 16А, IP54, каучук, черная REXANT</t>
   </si>
   <si>
     <t>111-200</t>
   </si>
   <si>
     <t>Вилка влагозащищенная прямая COMPACT, с/з, 16А, IP44 каучук, черная REXANT</t>
   </si>
   <si>
     <t>111-221</t>
   </si>
   <si>
     <t>Розетка (колодка) влагозащищенная с крышкой 1 гнездо COMPACT, с/3, 16А, IP54, каучук, черная REXANT</t>
   </si>
   <si>
+    <t>111-222</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 2 гнезда COMPACT, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
     <t>111-227</t>
   </si>
   <si>
     <t>Розетка (колодка) влагозащищенная с крышкой 3 гнезда COMPACT, с/з, 16А, IP54, каучук, оранжевая REXANT</t>
   </si>
   <si>
+    <t>111-228</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 4 гнезда COMPACT, с/з, 16А, IP54, каучук, оранжевая REXANT</t>
+  </si>
+  <si>
+    <t>111-225</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 1 гнездо COMPACT, с/3, 16А, IP54, каучук, оранжевая REXANT</t>
+  </si>
+  <si>
+    <t>111-003</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная угловая, с/з, 16А, IP44 каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-004</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная переносная с крышкой 1 гнездо, с/з, 16А, IP44 каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-007</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная настенная с крышкой 1 гнездо, 3Р+РЕ, 32А, IP44, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-002</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная угловая с кольцом, с/з, 16А, IP44 каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-005</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная переносная 1 гнездо, с/з, 16А, IP20/44 каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-111</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная с крышкой 1 гнездо, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-224</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 4 гнезда COMPACT, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-223</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 3 гнезда COMPACT, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
     <t>111-001</t>
   </si>
   <si>
     <t>Вилка влагозащищенная прямая, с/з, 16А, IP44, каучук, черная REXANT</t>
   </si>
   <si>
-    <t>111-222</t>
-[...2 lines deleted...]
-    <t>Розетка (колодка) влагозащищенная с крышкой 2 гнезда COMPACT, с/з, 16А, IP54, каучук, черная REXANT</t>
+    <t>111-112</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 2 гнезда, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-113</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 3 гнезда, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-008</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная панельная с крышкой 1 гнездо, 2Р+РЕ, с/з, с/у, 16А, IP54, серая REXANT</t>
   </si>
   <si>
     <t>111-012</t>
   </si>
   <si>
     <t>Розетка влагозащищенная переносная с крышкой 1 гнездо, 3Р+РЕ, 32А, IP44, каучук, черная REXANT</t>
   </si>
   <si>
-    <t>111-112</t>
-[...106 lines deleted...]
-  <si>
     <t>1.6.2 Вилки и колодки из каучука PROconnect</t>
   </si>
   <si>
+    <t>111-004-4</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная переносная с крышкой 1 гнездо, 2P+PE, 230В, 16А, IP44, каучук, черная PROconnect</t>
+  </si>
+  <si>
     <t>111-114-4</t>
   </si>
   <si>
     <t>Розетка (колодка) влагозащищенная с крышкой 4 гнезда, 2Р+РЕ, 230В, с/3, 16А, IP44, каучук, черная PROconnect</t>
   </si>
   <si>
+    <t>111-001-4</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная прямая 2P+PE, 230В, 16А, IP44, каучук, черная PROconnect</t>
+  </si>
+  <si>
+    <t>111-112-4</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 2 гнезда, 2Р+РЕ, 230В, с/3, 16А, IP44, каучук, черная PROconnect</t>
+  </si>
+  <si>
+    <t>111-111-4</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная с крышкой 1 гнездо, 2Р+РЕ, 230В, с/3, 16А, IP44, каучук, черная PROconnect</t>
+  </si>
+  <si>
+    <t>111-113-4</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 3 гнезда, 2Р+РЕ, 230В, с/3, 16А, IP44, каучук, черная PROconnect</t>
+  </si>
+  <si>
     <t>111-127-4</t>
   </si>
   <si>
     <t>Розетка влагозащищенная угловая с крышкой 1 гнездо, 2Р+РЕ, 230В, с/3, 16А, IP44, каучук, черная PROconnect</t>
   </si>
   <si>
-    <t>111-112-4</t>
-[...28 lines deleted...]
-  <si>
     <t>1.7 Разветвители электрические (тройники)</t>
   </si>
   <si>
+    <t>11-1080-2</t>
+  </si>
+  <si>
+    <t>Набор тройников электрических универсальных 16А с/з, одно гнездо, белый (2 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>11-1075-2</t>
+  </si>
+  <si>
+    <t>Набор двойников электрических 16А с/з вертикальные, белый (2 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>11-1253</t>
+  </si>
+  <si>
+    <t>Двойник электрический (разветвитель) 16А с/з + USB-A + USB-C с защитными шторками, белый REXANT</t>
+  </si>
+  <si>
     <t>11-1076</t>
   </si>
   <si>
     <t>Тройник электрический 10А б/з, черный REXANT</t>
   </si>
   <si>
-    <t>11-1253</t>
-[...2 lines deleted...]
-    <t>Двойник электрический (разветвитель) 16А с/з + USB-A + USB-C с защитными шторками, белый REXANT</t>
+    <t>11-1078</t>
+  </si>
+  <si>
+    <t>Тройник электрический линейный 10А б/з вертикальный, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1090</t>
+  </si>
+  <si>
+    <t>Двойник электрический линейный 16А с/з + 2 USB-порта, 2,4 А, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1250</t>
+  </si>
+  <si>
+    <t>Тройник электрический 16А с/з + 2х2,5А + 3хUSB-A 2,4А + USB Type-C 3А, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1252</t>
+  </si>
+  <si>
+    <t>Двойник электрический Куб 16А с/з + 2хUSB-A 2,4А + USB Type-C 3А с ночной подсветкой, черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Адаптер сетевой 16А с выключателем, заземлением и защитными шторками, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник электрический 16А с/з с выключателем и защитными шторками, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник электрический 16А с/з + 2х2,5А с выключателем и защитными шторками, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1069</t>
+  </si>
+  <si>
+    <t>Тройник электрический пирамида 16А с/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1083</t>
+  </si>
+  <si>
+    <t>Тройник электрический универсальный 16А одно гнездо с/з черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1251</t>
+  </si>
+  <si>
+    <t>Двойник электрический Куб 16А с/з + 2хUSB-A 2,4А + USB Type-C 3А с ночной подсветкой, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник электрический 16А с/з и защитными шторками, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник электрический 16А с/з с защитными шторками, белый REXANT </t>
   </si>
   <si>
     <t>11-1089</t>
   </si>
   <si>
     <t xml:space="preserve">Двойник электрический 16А с/з и защитными шторками + 2 USB порта, 2,4 А, белый REXANT </t>
   </si>
   <si>
-    <t>11-1088</t>
-[...29 lines deleted...]
-    <t xml:space="preserve">Двойник электрический 16А с/з и защитными шторками, белый REXANT </t>
+    <t>11-1063-2</t>
+  </si>
+  <si>
+    <t>Набор тройников электрических Шар 6А б/з, белый (2 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>11-1081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник электрический 6А б/з белый 220 В REXANT </t>
+  </si>
+  <si>
+    <t>11-1073</t>
+  </si>
+  <si>
+    <t>Четверник электрический 16А с/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1079-2</t>
+  </si>
+  <si>
+    <t>Набор тройников электрических линейных 16А с/з вертикальные, белый (2 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>11-1080</t>
+  </si>
+  <si>
+    <t>Тройник электрический универсальный 16А одно гнездо с/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1082</t>
+  </si>
+  <si>
+    <t>Тройник электрический РЕТРО 16А б/з черный (карболит) REXANT</t>
+  </si>
+  <si>
+    <t>11-1063</t>
+  </si>
+  <si>
+    <t>Тройник электрический «Шар» 6А б/з белый 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-1074</t>
+  </si>
+  <si>
+    <t>Двойник электрический 10А б/з вертикальный белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1063-1</t>
+  </si>
+  <si>
+    <t>Тройник электрический «Шар» 6А б/з черный 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-1064</t>
+  </si>
+  <si>
+    <t>Тройник электрический 6А б/з белый 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-1064-1</t>
+  </si>
+  <si>
+    <t>Тройник электрический 6А б/з черный 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-1075</t>
+  </si>
+  <si>
+    <t>Двойник электрический 16А с/з вертикальный белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1077</t>
+  </si>
+  <si>
+    <t>Тройник электрический 10А б/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1079</t>
+  </si>
+  <si>
+    <t>Тройник электрический линейный 16А с/з вертикальный, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1068</t>
+  </si>
+  <si>
+    <t>Тройник электрический 6A б/з белый 220 В REXANT Индивидуальный пакет</t>
+  </si>
+  <si>
+    <t>11-6017</t>
+  </si>
+  <si>
+    <t>Адаптер питания 220В + 2  USB REXANT RX-17</t>
   </si>
   <si>
     <t>11-1270</t>
   </si>
   <si>
     <t>Адаптер USB многофункциональный (2хUSB-A, USB-С, розетка 220-250В) с подсветкой и подставкой для телефона REXANT</t>
-  </si>
-[...148 lines deleted...]
-    <t xml:space="preserve">Тройник электрический 16А с/з + 2х2,5А с выключателем и защитными шторками, белый REXANT </t>
   </si>
   <si>
     <t>11-1072</t>
   </si>
   <si>
     <t>Четверник электрический 6А б/з белый</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -1887,51 +1887,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-rexant-3-gnezda-10-m-2h0-75-mm-sup2-b-z-beliy-sdelano-v-rossii-26490" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-rexant-3-gnezda-7-m-2h0-75-mm-sup2-b-z-beliy-sdelano-v-rossii-26494" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-rexant-3-gnezda-3-m-3h1-0-mm-sup2-s-z-beliy-sdelano-v-rossii-26492" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-rexant-3-gnezda-1-5-m-2h0-75-mm-sup2-b-z-beliy-sdelano-v-rossii-26489" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-rexant-3-gnezda-5-m-2h0-75-mm-sup2-b-z-beliy-sdelano-v-rossii-26495" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-1-5m-3h1-0mm-sup2-s-z-s-viklyuchatelem-beliy-rexant-29909" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-rexant-3-gnezda-5-m-3h1-0-mm-sup2-s-z-beliy-sdelano-v-rossii-26493" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-rexant-3-gnezda-3-m-2h0-75-mm-sup2-b-z-beliy-sdelano-v-rossii-26491" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-sup2-s-z-s-viklyuchatelem-2-usb-beliy-rexant-29913" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-5m-3h1-0mm-sup2-s-z-s-viklyuchatelem-2-usb-cherniy-rexant-29942" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-sup2-s-z-s-viklyuchatelem-cherniy-rexant-29919" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-1-5m-2h1-0mm-sup2-b-z-beliy-rexant-29897" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-3m-2h1-0mm-sup2-b-z-beliy-rexant-29898" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-3h1-0mm-sup2-s-z-s-viklyuchatelem-2-usb-beliy-rexant-29917" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-3m-3h1-0mm-sup2-s-z-s-viklyuchatelem-2-usb-beliy-rexant-29935" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-6-gnezd-3m-3h1-0mm-sup2-s-z-s-viklyuchatelem-beliy-rexant-29947" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-5m-3h1-0mm-sup2-s-z-beliy-rexant-29902" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-2h1-0mm-sup2-b-z-beliy-rexant-29905" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-3m-3h1-0mm-sup2-s-z-s-viklyuchatelem-2-usb-cherniy-rexant-29941" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-5m-2h1-0mm-sup2-b-z-beliy-rexant-29899" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-1-5m-2h1-0mm-sup2-b-z-beliy-rexant-29903" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-2h1-0mm-sup2-b-z-beliy-rexant-29904" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-sup2-s-z-beliy-rexant-29907" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-3h1-0mm-sup2-s-z-beliy-rexant-29908" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-4-gnezda-5m-2h1-0mm-sup2-b-z-beliy-rexant-29925" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-1-5m-3h1-0mm-sup2-s-z-beliy-rexant-29928" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-1-5m-3h1-0mm-sup2-s-z-s-viklyuchatelem-2-usb-beliy-rexant-29934" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-1-5m-3h1-0mm-sup2-s-z-s-viklyuchatelem-2-usb-cherniy-rexant-29940" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-6-gnezd-1-5m-3h1-0mm-sup2-s-z-s-viklyuchatelem-beliy-rexant-29946" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-sup2-s-z-beliy-rexant-30096" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-sup2-s-z-s-viklyuchatelem-cherniy-rexant-30078" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-3m-3h1-5mm-sup2-s-z-2-usb-beliy-rexant-30080" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-3m-3h1-5mm-sup2-s-z-s-viklyuchatelem-cherniy-rexant-30077" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-6-gnezd-1-5m-3h1-5mm-sup2-s-z-s-viklyuchatelem-beliy-rexant-30085" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-sup2-s-z-s-viklyuchatelem-beliy-rexant-30075" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-sup2-s-z-2-usb-beliy-rexant-30081" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-standard-3-gnezda-1-5-m-2h0-75-mm-sup2-b-z-beliy-26502" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-3-gnezda-5-m-3h0-75-mm-sup2-s-z-s-knopkoy-beliy-26509" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-4-gnezda-3-m-3h0-75-mm-sup2-s-z-beliy-26515" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-3-gnezda-1-5-m-3h0-75-mm-sup2-s-z-s-knopkoy-beliy-26501" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-3-gnezda-3-m-3h0-75-mm-sup2-s-z-beliy-26505" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h0-75mm-sup2-s-z-beliy-proconnect-30181" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-1-5m-2h0-75mm-sup2-b-z-beliy-proconnect-30171" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-2h0-75mm-sup2-b-z-beliy-proconnect-30176" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-2h0-75mm-sup2-b-z-beliy-proconnect-30177" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-3h0-75mm-sup2-s-z-beliy-proconnect-30180" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-3m-3h0-75mm-sup2-s-z-beliy-proconnect-30183" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-3-gnezda-5-m-3h0-75-mm-sup2-s-z-beliy-26508" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-optima-4-gnezda-5-m-2h0-75-mm-sup2-b-z-beliy-26518" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-1-5m-3h0-75mm-sup2-s-z-beliy-proconnect-30182" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-2h0-75mm-sup2-b-z-beliy-proconnect-30178" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-4-gnezda-10-m-3h0-75-mm-sup2-s-z-beliy-26514" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-3-gnezda-10-m-3h0-75-mm-sup2-s-z-s-knopkoy-beliy-26503" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-3-gnezda-1-5-m-3h0-75-mm-sup2-s-z-beliy-26500" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-standard-ruletka-3-m-3-gnezda-2h0-75-mm-sup2-b-z-beliy-26520" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-optima-4-gnezda-1-5-m-2h0-75-mm-sup2-b-z-beliy-26513" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-3-gnezda-3-m-3h0-75-mm-sup2-s-z-s-knopkoy-beliy-26506" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-standard-3-gnezda-3-m-2h0-75-mm-sup2-b-z-beliy-26507" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-3-gnezda-10-m-3h0-75-mm-sup2-s-z-beliy-26504" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-4-gnezda-5-m-3h0-75-mm-sup2-s-z-beliy-26517" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-optima-4-gnezda-3-m-2h0-75-mm-sup2-b-z-beliy-26516" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-standard-3-gnezda-5-m-2h0-75-mm-sup2-b-z-beliy-26510" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-ruletka-proconnect-standard-5-m-3-gnezda-2h0-75-mm-sup2-b-z-beliy-26521" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-5m-3h0-75mm-sup2-s-z-beliy-proconnect-30184" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-proconnect-standard-3-gnezda-7-m-2h0-75-mm-sup2-b-z-beliy-26511" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-3m-2h0-75mm-sup2-b-z-beliy-proconnect-30172" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-1-5m-3h0-75mm-sup2-s-z-beliy-proconnect-30173" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-3m-3h0-75mm-sup2-s-z-beliy-proconnect-30174" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-5m-3h0-75mm-sup2-s-z-beliy-proconnect-30175" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-3h0-75mm-sup2-s-z-beliy-proconnect-30179" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-b-z-proconnect-ekonom-11782" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-b-z-s-viklyuchatelem-proconnect-ekonom-11790" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-s-z-proconnect-ekonom-11793" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-b-z-s-viklyuchatelem-proconnect-ekonom-11781" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-b-z-proconnect-ekonom-11785" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-z-proconnect-ekonom-11784" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-c-zazemleniem-rexant-11789" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-s-zazemleniem-rexant-11780" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-s-viklyuchatelem-beliy-rexant-30206" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-s-knopkoy-c-zazemleniem-rexant-17303" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-knopkoy-bez-zazemleniya-rexant-11792" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-bez-zazemleniya-rexant-11783" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-bez-zazemleniya-rexant-17304" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-beliy-rexant-30205" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-bez-zazemleniya-rexant-11791" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-zazemleniem-rexant-11787" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-knopkoy-c-zazemleniem-rexant-11786" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-2-usb-beliy-rexant-30207" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-beliy-rexant-30208" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-s-viklyuchatelem-beliy-rexant-30209" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-s-viklyuchatelem-cherniy-rexant-30210" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-s-viklyuchatelem-cherniy-rexant-30211" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-2-usb-beliy-rexant-30212" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-ekonom-11788" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-proconnect-standard-4-gnezda-1-5-m-3h0-75-mm-sup2-s-z-avtovikl-beliy-26522" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-proconnect-standard-4-gnezda-1-5-m-3h0-75-mm-sup2-s-z-beliy-26523" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-proconnect-standard-4-gnezda-3-m-3h0-75-mm-sup2-s-z-avtovikl-beliy-26524" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-proconnect-standard-4-gnezda-3-m-3h0-75-mm-sup2-s-z-beliy-26525" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-proconnect-standard-4-gnezda-5-m-3h0-75-mm-sup2-s-z-avtovikl-beliy-26526" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-proconnect-standard-4-gnezda-5-m-3h0-75-mm-sup2-s-z-beliy-26527" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/filtr-setevoy-5-gnezd-3m-3h1-5mm-sup2-s-avtovikl-2-usb-beliy-kranz-29769" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/filtr-setevoy-5-gnezd-3m-3h1-5mm-sup2-s-avtovikl-2-usb-cherniy-kranz-29771" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-30-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26272" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-10-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26263" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-30-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26269" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-20-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26271" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-30-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26275" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-20-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26268" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-10-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26267" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-10-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26270" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-10-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26273" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-30-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26265" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-3h0-75-20-m-s-z-6-a-1300-vt-ip44-oranjeviy-sdelano-v-rossii-26277" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-40-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26266" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-20-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26274" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-20-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26264" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-3h0-75-10-m-s-z-6-a-1300-vt-ip44-oranjeviy-sdelano-v-rossii-26276" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-3h0-75-30-m-s-z-6-a-1300-vt-ip44-oranjeviy-sdelano-v-rossii-26278" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-sup2-30m-s-z-6a-1300vt-ip20-cherniy-proconnect-30566" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-sup2-10m-s-z-6a-1300vt-ip20-cherniy-proconnect-30562" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-sup2-20m-s-z-6a-1300vt-ip20-cherniy-proconnect-30563" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-sup2-10m-s-z-6a-1300vt-ip20-cherniy-proconnect-30564" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-sup2-20m-s-z-6a-1300vt-ip20-cherniy-proconnect-30565" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-pvs-3h0-75-10-m-s-z-6-a-1300-vt-ip44-cherniy-sdelano-v-rossii-26326" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-20-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26291" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-30-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26283" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-10-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26284" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-20-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26285" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-20-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26288" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-30-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26289" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-30-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26292" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-10-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26287" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-30-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26286" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-20-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26282" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-10-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26290" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-pvs-3h0-75-30-m-s-z-6-a-1300-vt-ip44-cherniy-sdelano-v-rossii-26328" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-10-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26281" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-pvs-3h0-75-20-m-s-z-6-a-1300-vt-ip44-cherniy-sdelano-v-rossii-26327" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h2-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-31422" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h2-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-31423" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-katushke-rexant-pvs-3h1-0-50-m-4-gnezda-s-z-10-a-2200-vt-ip20-oranjeviy-sdelano-v-rossii-26295" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h1-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-30559" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h1-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-30560" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h1-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-30561" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h2-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-31424" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20-m-3h1-mm-sup2-standart-proconnect-13728" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20-m-3h2-5-mm-sup2-professional-proconnect-14955" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50-m-3h2-5-mm-sup2-professional-proconnect-14956" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30-m-3h1-mm-sup2-standart-proconnect-13721" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40-m-3h1-mm-sup2-standart-proconnect-13717" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50-m-3h1-mm-sup2-standart-proconnect-13718" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20-m-3h1-5-mm-sup2-optima-proconnect-14962" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30-m-3h1-5-mm-sup2-optima-proconnect-14946" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40-m-3h1-5-mm-sup2-optima-proconnect-14950" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50-m-3h1-5-mm-sup2-optima-proconnect-14959" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30-m-3h2-5-mm-sup2-professional-proconnect-14953" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40-m-3h2-5-mm-sup2-professional-proconnect-14954" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-trehmestnaya-vlagozaschischennaya-s-z-16-a-ip54-kauchuk-jeltaya-rexant-24424" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-compact-s-z-16a-ip54-kauchuk-oranzhevaya-re.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-vlagozaschischennaya-c-z-16a-ip44-kauchuk-jeltaya-rexant-24419" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-perenosnaya-vlagozaschischennaya-s-krishkoy-s-z-16-a-ip44-kauchuk-jeltaya-rexant-24422" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-compact-s-z-16a-ip44-kauchuk-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-compact-s-3-16a-ip54-kauchuk-chernaya-rexan.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-compact-s-z-16a-ip54-kauchuk-oranzhevaya-re.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-vlagozaschischennaya-s-z-16-a-ip44-kauchuk-rexant-20564" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-compact-s-z-16a-ip54-kauchuk-chernaya-rexan.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-perenosnaya-vlagozaschischennaya-s-krishkoy-3r-re-32-a-ip44-kauchuk-rexant-20568" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-dvuhmestnaya-vlagozaschischennaya-s-z-16-a-ip54-kauchuk-rexant-20570" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-compact-s-z-16a-ip54-kauchuk-chernaya-rexan.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-uglovaya-vlagozaschischennaya-s-z-16-a-ip44-kauchuk-rexant-20560" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-trehmestnaya-vlagozaschischennaya-s-z-16-a-ip54-kauchuk-rexant-20559" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-compact-s-z-16a-ip54-kauchuk-oranzhevaya-re.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-uglovaya-vlagozaschischennaya-s-koltsom-s-z-16-a-ip44-kauchuk-rexant-20565" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-perenosnaya-vlagozaschischennaya-s-krishkoy-s-z-16-a-ip44-kauchuk-rexant-20561" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-perenosnaya-vlagozaschischennaya-s-z-16-a-ip20-44-kauchuk-rexant-20566" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-vlagozaschischennaya-s-z-16-a-ip54-kauchuk-rexant-20562" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-chetirehmestnaya-vlagozaschischennaya-s-z-16-a-ip54-kauchuk-rexant-20571" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-nastennaya-s-krishkoy-3r-re-32-a-ip44-chernaya-kauchuk-rexant-20567" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-s-krishkoy-panelnaya-s-z-s-u-16-a-ip54-rexant-20563" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-perenosnaya-vlagozaschischennaya-s-krishkoy-s-z-16-a-ip44-kauchuk-oranjevaya-rexant-24423" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-compact-s-z-16a-ip54-kauchuk-chernaya-rexan.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-vlagozaschischennaya-c-z-16-a-ip44-kauchuk-oranjevaya-rexant-24426" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-compact-s-z-16a-ip44-kauchuk-oranzhevaya-rexant.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-compact-s-3-16a-ip54-kauchuk-oranzhevaya-re.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-perenosnaya-vlagozaschischennaya-3r-re-32-a-ip44-kauchuk-chernaya-rexant-20569" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-shtepselnaya-chetirehmestnaya-vlagozaschischennaya-2p-pe-230v-16-a-ip44-kauchuk-proconnect-28495" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-uglovaya-vlagozaschischennaya-statsionarnaya-ou-2p-pe-230v-16-a-ip44-kauchuk-proconnect-28501" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-shtepselnaya-dvuhmestnaya-vlagozaschischennaya-2p-pe-230v-16-a-ip44-kauchuk-proconnect-28493" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-vlagozaschischennaya-2p-pe-230v-16-a-ip44-kauchuk-proconnect-28490" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-perenosnaya-vlagozaschischennaya-s-krishkoy-2p-pe-230v-16-a-ip44-kauchuk-proconnect-28491" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-shtepselnaya-trehmestnaya-vlagozaschischennaya-2p-pe-230v-16-a-ip44-kauchuk-proconnect-28494" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-vlagozaschischennaya-statsionarnaya-ou-2p-pe-230v-16-a-ip44-kauchuk-proconnect-28492" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10a-bez-zazemleniya-cherniy-rexant-15286" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-razvetvitel-16a-s-z-usb-a-usb-c-s-zaschitnimi-shtorkami-beliy-rexant-31145" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16-a-s-zazemleniem-i-zaschitnimi-shtorkami-2-usb-porta-2-4-a-beliy-rexant-26254" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16-a-s-zazemleniem-i-zaschitnimi-shtorkami-beliy-rexant-26253" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dvoynikov-elektricheskih-rexant-16-a-vertikalnie-s-zazemleniem-beliy-2-sht-up-26132" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-universalnih-rexant-16-a-odno-gnezdo-s-zazemleniem-beliy-2-sht-up-26134" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalniy-16-a-odno-gnezdo-s-zazemleniem-cherniy-rexant-28948" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16-a-s-zazemleniem-i-zaschitnimi-shtorkami-beliy-rexant-26252" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-usb-2husb-a-usb-s-rozetka-220-250v-s-podsvetkoy-i-podstavkoy-dlya-telefona-rexant-29586" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-retro-10-a-bez-zazemleniya-cherniy-karbolit-rexant-28889" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-piramida-16-a-s-zazemleniem-beliy-rexant-29434" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-zazemleniem-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-beliy-rexant-30136" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-16a-s-viklyuchatelem-zazemleniem-i-zaschitnimi-shtorkami-beliy-rexant-31141" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-220-v-6-a-beliy-rexant-11506" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-220-v-6-a-beliy-rexant-11505" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-220-v-6-a-cherniy-rexant-11507" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-s-viklyuchatelem-i-zaschitnimi-shtorkami-beliy-rexant-31143" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/evrotroynik-elektricheskiy-bez-zazemleniya-220-v-6a-rexant-individualniy-paket-12810" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-220-v-6-a-cherniy-rexant-11503" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-pitaniya-220v-2-usb-rexant-rx-17-15416" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16-a-vertikalniy-s-zazemleniem-beliy-rexant-15285" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalniy-16-a-odno-gnezdo-s-zazemleniem-beliy-rexant-15284" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10-a-bez-zazemleniya-beliy-rexant-15288" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineyniy-16-a-vertikalniy-s-zazemleniem-beliy-rexant-15291" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-rexant-shar-6-a-beliy-2-sht-up-26135" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-lineynih-rexant-16-a-vertikalnie-s-zazemleniem-beliy-2-sht-up-26133" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-lineynyy-16-a-s-zazemleniem-2-usb-porta-2-4-a-belyy-rexant-29651" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-zazemleniem-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-cherniy-rexant-30137" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-2h2-5a-s-zazemleniem-3husb-a-2-4a-usb-type-c-3a-beliy-rexant-30135" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-bez-zazemleniya-220-v-6a-rexant-15282" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-16-a-s-zazemleniem-beliy-rexant-15290" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-10a-vertikalniy-bez-zazemleniya-beliy-rexant-15289" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineyniy-10-a-vertikalniy-bez-zazemleniya-beliy-rexant-15283" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-2h2-5a-s-viklyuchatelem-i-zaschitnimi-shtorkami-beliy-rexant-31144" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-6a-bez-zazemleniya-beliy-rexant-15287" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-3m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-10m-2h0-75mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-3h1-0mm-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h1-0mm-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-2h0-75mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-2h0-75mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-s-z-s-vyklyuchatelem-chernyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-2h0-75mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-7m-2h0-75mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-5m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-chernyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-6-gnezd-1-5m-3h1-0mm-s-z-s-vyklyuchatelem-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-6-gnezd-3m-3h1-0mm-s-z-s-vyklyuchatelem-belyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-1-5m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-5m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-5m-3h1-0mm-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-1-5m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-3h1-0mm-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-1-5m-3h1-0mm-s-z-s-vyklyuchatelem-belyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-4-gnezda-5m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-1-5m-3h1-0mm-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-1-5m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-3m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-1-5m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-chernyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-3m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-chernyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-3m-3h1-5mm-s-z-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-s-z-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-s-z-s-vyklyuchatelem-belyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-3m-3h1-5mm-s-z-s-vyklyuchatelem-chernyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-s-z-s-vyklyuchatelem-chernyy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-6-gnezd-1-5m-3h1-5mm-s-z-s-vyklyuchatelem-belyy-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-3h0-75mm-s-z-s-knopkoy-belyy-proconnect" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-10m-3h0-75mm-s-z-s-knopkoy-belyy-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-10m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-3h0-75mm-s-z-s-knopkoy-belyy-proconnect" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h0-75mm-s-z-s-knopkoy-belyy-proconnect" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-7m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-4-gnezda-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-ruletka-standard-3-gnezda-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-optima-4-gnezda-3m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-3h0-75mm-s-z-belyy-proconnect-2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h0-75mm-s-z-uglovaya-vilka-belyy-proconnect" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-3m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-optima-4-gnezda-1-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-4-gnezda-10m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-optima-4-gnezda-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-1-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-1-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-3m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-3h0-75mm-s-z-belyy-proconnect-2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-1-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-3m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-4-gnezda-3m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-ruletka-standard-3-gnezda-3m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-1-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-b-z-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-z-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-b-z-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-b-z-s-vyklyuchatelem-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-s-z-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-b-z-s-vyklyuchatelem-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-bez-zazemleniya-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-zazemleniem-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-s-vyklyuchatelem-belyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-s-vyklyuchatelem-chernyy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-s-vyklyuchatelem-belyy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-s-knopkoy-c-zazemleniem-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-s-vyklyuchatelem-chernyy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-bez-zazemleniya-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-knopkoy-bez-zazemleniya-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-knopkoy-c-zazemleniem-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-s-zazemleniem-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-c-zazemleniem-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-bez-zazemleniya-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-ekonom" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-1-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-3m-3h0-75mm-s-z-avtovykl-belyy-proconnect" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-1-5m-3h0-75mm-s-z-avtovykl-belyy-proconnect" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-3m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-5m-3h0-75mm-s-z-avtovykl-belyy-proconnect" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/filtr-setevoy-5-gnezd-3m-3h1-5mm-s-avtovykl-2-usb-chernyy-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/filtr-setevoy-5-gnezd-3m-3h1-5mm-s-avtovykl-2-usb-belyy-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-30m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-20m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-10m-s-z-6a-1300vt-ip44-chernyy-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-10m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-10m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-20m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-10m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-30m-s-z-6a-1300vt-ip44-chernyy-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-30m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-20m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-30m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-10m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-20m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-20m-s-z-6a-1300vt-ip44-chernyy-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-30m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-10m-s-z-6a-1300vt-ip44-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-30m-s-z-6a-1300vt-ip44-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-20m-s-z-6a-1300vt-ip44-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-10m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-10m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-20m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-20m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-30m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-40m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-katushke-rexant-pvs-3h1-0-50-m-4-gnezda-s-z-10-a-2200-vt-ip20-oranzhevyy-sdelano" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-compact-s-z-16a-ip54-kauchuk-oranzhevaya-re" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-perenosnaya-3r-re-32a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-s-z-16a-ip54-kauchuk-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-s-z-16a-ip54-kauchuk-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-compact-s-z-16a-ip44-kauchuk-oranzhevaya-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-c-z-16a-ip44-kauchuk-oranzhevaya-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-c-z-16a-ip44-kauchuk-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-s-z-16a-ip54-kauchuk-oranzhevaya-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-s-z-16a-ip54-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-compact-s-z-16a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-compact-s-3-16a-ip54-kauchuk-chernaya-rexan" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-compact-s-z-16a-ip54-kauchuk-chernaya-rexan" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-compact-s-z-16a-ip54-kauchuk-oranzhevaya-re" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-compact-s-z-16a-ip54-kauchuk-oranzhevaya-re" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-compact-s-3-16a-ip54-kauchuk-oranzhevaya-re" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-uglovaya-s-z-16a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-s-z-16a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-nastennaya-s-kryshkoy-1-gnezdo-3r-re-32a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-uglovaya-s-koltsom-s-z-16a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-1-gnezdo-s-z-16a-ip20-44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-s-z-16a-ip54-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-compact-s-z-16a-ip54-kauchuk-chernaya-rexan" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-compact-s-z-16a-ip54-kauchuk-chernaya-rexan" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-s-z-16a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-s-z-16a-ip54-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-s-z-16a-ip54-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-panelnaya-s-kryshkoy-1-gnezdo-2r-re-s-z-s-u-16a-ip54-seraya-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-3r-re-32a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-2p-pe-230v-16a-ip44-kauchuk-chernaya-pr" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-pr" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-2p-pe-230v-16a-ip44-kauchuk-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-pr" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-pr" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-uglovaya-s-kryshkoy-1-gnezdo-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-p" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-universalnyh-16a-s-z-odno-gnezdo-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dvoynikov-elektricheskih-16a-s-z-vertikalnye-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-razvetvitel-16a-s-z-usb-a-usb-c-s-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10a-b-z-chernyy-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineynyy-10a-b-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-lineynyy-16a-s-z-2-usb-porta-2-4-a-belyy-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-2h2-5a-3husb-a-2-4a-usb-type-c-3a-belyy-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-z-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-16a-s-vyklyuchatelem-zazemleniem-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-s-vyklyuchatelem-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-2h2-5a-s-vyklyuchatelem-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-piramida-16a-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalnyy-16a-odno-gnezdo-s-z-chernyy-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-z-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-s-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-i-zaschitnymi-shtorkami-2-usb-porta-2-4-a-belyy-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-shar-6a-b-z-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-belyy-220-v-rexant-2" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-16a-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-lineynyh-16a-s-z-vertikalnye-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalnyy-16a-odno-gnezdo-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-retro-16a-b-z-chernyy-karbolit-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-6a-b-z-belyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-10a-b-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-6a-b-z-chernyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-belyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-chernyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10a-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineynyy-16a-s-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-belyy-220-v-rexant-individualnyy-paket" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-pitaniya-220v-2-usb-rexant-rx-17" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-usb-mnogofunktsionalnyy-2husb-a-usb-s-rozetka-220-250v-s-podsvetkoy-i-podstavkoy-dlya-telefo" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-6a-b-z-belyy" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I247"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1981,3058 +1981,3058 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>963.53</v>
+        <v>403.83</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>1015.82</v>
+        <v>979.91</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>733.38</v>
+        <v>745.85</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>30</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>293.55</v>
+        <v>1037.15</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>702.3</v>
+        <v>714.24</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>35</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>574.17</v>
+        <v>351.73</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>1019.81</v>
+        <v>544.68</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>17</v>
+        <v>1567</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>345.85</v>
+        <v>1030.81</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>1050.56</v>
+        <v>298.54</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>172</v>
+        <v>6</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>1322.66</v>
+        <v>1033.09</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>1013.58</v>
+        <v>1068.42</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>89</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>318.34</v>
+        <v>1345.15</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>397.08</v>
+        <v>756.56</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>24</v>
+        <v>743</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>1181.26</v>
+        <v>577.58</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>1323</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>1237.42</v>
+        <v>1178.81</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>1159.11</v>
+        <v>323.75</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>621</v>
+        <v>583.56</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>743.91</v>
+        <v>631.56</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>808</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>20</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>1237.42</v>
+        <v>303.24</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>318</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>573.81</v>
+        <v>623.11</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>131</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>20</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>298.17</v>
+        <v>858.38</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>453</v>
+        <v>839</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>20</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>535.58</v>
+        <v>583.93</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>1698</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>612.69</v>
+        <v>1201.34</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>1212</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>20</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>844.03</v>
+        <v>791.91</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>978</v>
+        <v>58</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>20</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>778.67</v>
+        <v>703.13</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>111</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>20</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>691.38</v>
+        <v>1176.08</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>20</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>1156.42</v>
+        <v>1258.46</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>20</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>1011.87</v>
+        <v>1029.07</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
         <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>20</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>567.93</v>
+        <v>1258.46</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
         <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>20</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>1328.62</v>
+        <v>1456.44</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>162</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>1397.47</v>
+        <v>1824.54</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>191</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>14</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>1432.09</v>
+        <v>1351.21</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>1248.42</v>
+        <v>1864.5</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>1018.12</v>
+        <v>1269.64</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
         <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>1833.33</v>
+        <v>1421.23</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
         <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>14</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>1794.04</v>
+        <v>1035.43</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>220</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>242.88</v>
+        <v>271.27</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>120</v>
+        <v>8</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>60</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>865.7</v>
+        <v>484.04</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>612.83</v>
+        <v>1308.5</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>475.95</v>
+        <v>1194.22</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>107</v>
+        <v>39</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>562.45</v>
+        <v>706.6</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>30</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>620.35</v>
+        <v>639.45</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>549</v>
+        <v>2</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="I48" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>244.49</v>
+        <v>880.42</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>246</v>
+        <v>85</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>278.46</v>
+        <v>427.1</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>3564</v>
+        <v>8</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>321.28</v>
+        <v>478.74</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>12630</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="I51" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>493.09</v>
+        <v>729.44</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>3217</v>
+        <v>1</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="I52" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>591.39</v>
+        <v>463.49</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>1212</v>
+        <v>287</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I53" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>628.76</v>
+        <v>430.68</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>503.24</v>
+        <v>582.14</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>39</v>
+        <v>396</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I55" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>517.67</v>
+        <v>501.47</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>734</v>
+        <v>3313</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>36</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>439.99</v>
+        <v>426.64</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>4591</v>
+        <v>24</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I57" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>1178.69</v>
+        <v>708.9</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>58</v>
+        <v>557</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>1286.63</v>
+        <v>630.9</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>12</v>
+        <v>850</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="I59" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C60" s="3">
-        <v>419.51</v>
+        <v>601.44</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>42</v>
+        <v>1270</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="I60" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>124</v>
+        <v>115</v>
       </c>
       <c r="C61" s="3">
-        <v>374.12</v>
+        <v>572.01</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>88</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C62" s="3">
-        <v>309.09</v>
+        <v>314.34</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>50</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C63" s="3">
-        <v>694.79</v>
+        <v>1198.73</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C64" s="3">
-        <v>266.74</v>
+        <v>511.8</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C65" s="3">
-        <v>1174.26</v>
+        <v>343.09</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>0</v>
+        <v>12701</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I65" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C66" s="3">
-        <v>717.25</v>
+        <v>261.07</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>27</v>
+        <v>249</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C67" s="3">
-        <v>423.48</v>
+        <v>375.23</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>68</v>
+        <v>716</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I67" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C68" s="3">
-        <v>419.96</v>
+        <v>451.91</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>46</v>
+        <v>556</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C69" s="3">
-        <v>455.74</v>
+        <v>447.47</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>372</v>
+        <v>4668</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>40</v>
       </c>
       <c r="I69" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>142</v>
+        <v>117</v>
       </c>
       <c r="C70" s="3">
-        <v>697.05</v>
+        <v>437.47</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>557</v>
+        <v>1006</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>36</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="3">
-        <v>470.74</v>
+        <v>526.47</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>8</v>
+        <v>721</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="I71" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="3">
-        <v>316.19</v>
+        <v>337.65</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>605</v>
+        <v>553</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>40</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="3">
-        <v>351.39</v>
+        <v>623.25</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>745</v>
+        <v>7</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="I73" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>423.19</v>
+        <v>380.48</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>627</v>
+        <v>80</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I74" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="3">
-        <v>572.41</v>
+        <v>297.36</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>342</v>
+        <v>3644</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>409.68</v>
+        <v>247.01</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>990</v>
+        <v>76</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I76" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
         <v>154</v>
       </c>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="2"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
       <c r="I77" s="2"/>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C78" s="3">
-        <v>139.76</v>
+        <v>114.65</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C79" s="3">
-        <v>164.77</v>
+        <v>155.06</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C80" s="3">
-        <v>156.77</v>
+        <v>142.14</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>13</v>
+        <v>86</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>50</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C81" s="3">
-        <v>156.94</v>
+        <v>159.61</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
         <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>50</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C82" s="3">
-        <v>112.73</v>
+        <v>159.44</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>81</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C83" s="3">
-        <v>152.47</v>
+        <v>167.57</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>192</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C84" s="3">
-        <v>192.58</v>
+        <v>1149.79</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I84" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C85" s="3">
-        <v>174.94</v>
+        <v>140.75</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>50</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C86" s="3">
-        <v>574.42</v>
+        <v>193.22</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>0</v>
+        <v>510</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I86" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C87" s="3">
-        <v>375.77</v>
+        <v>940.47</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I87" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C88" s="3">
-        <v>306.68</v>
+        <v>1726.39</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I88" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C89" s="3">
-        <v>123.92</v>
+        <v>914.34</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
         <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I89" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="3">
-        <v>142.22</v>
+        <v>369.26</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>81</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I90" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C91" s="3">
-        <v>363.09</v>
+        <v>584.19</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
         <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C92" s="3">
-        <v>138.4</v>
+        <v>741.5</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
         <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C93" s="3">
-        <v>189.99</v>
+        <v>382.16</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>50</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C94" s="3">
-        <v>339.82</v>
+        <v>610.72</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I94" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C95" s="3">
-        <v>1130.57</v>
+        <v>126.03</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>0</v>
+        <v>432</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I95" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C96" s="3">
-        <v>729.11</v>
+        <v>311.89</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>125</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I96" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C97" s="3">
-        <v>924.75</v>
+        <v>345.6</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I97" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C98" s="3">
-        <v>600.51</v>
+        <v>177.91</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I98" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C99" s="3">
-        <v>899.06</v>
+        <v>195.85</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>0</v>
+        <v>287</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I99" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C100" s="3">
-        <v>1697.53</v>
+        <v>144.64</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>0</v>
+        <v>230</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I100" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C101" s="3">
-        <v>104.4</v>
+        <v>106.17</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>99</v>
+        <v>66</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>50</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
         <v>203</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="2"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
       <c r="I102" s="2"/>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
         <v>204</v>
       </c>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="2"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
       <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C104" s="3">
-        <v>898.59</v>
+        <v>755.41</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>103</v>
+        <v>82</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>25</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C105" s="3">
-        <v>742.78</v>
+        <v>1175.58</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C106" s="3">
-        <v>1155.93</v>
+        <v>913.87</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C107" s="3">
-        <v>911.33</v>
+        <v>1002.7</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>20</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C108" s="3">
-        <v>1292.1</v>
+        <v>926.82</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>83</v>
+        <v>39</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>20</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C109" s="3">
-        <v>985.94</v>
+        <v>1314.07</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>20</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
         <v>217</v>
       </c>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="2"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
       <c r="I110" s="2"/>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C111" s="3">
-        <v>3087.29</v>
+        <v>3423.11</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
         <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>12</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C112" s="3">
-        <v>3365.89</v>
+        <v>3139.77</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="3">
         <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>12</v>
       </c>
       <c r="I112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
         <v>222</v>
       </c>
       <c r="B113" s="2"/>
@@ -5043,3785 +5043,3785 @@
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
       <c r="I113" s="2"/>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="2" t="s">
         <v>223</v>
       </c>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
       <c r="D114" s="2"/>
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
       <c r="I114" s="2"/>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C115" s="3">
-        <v>1845.86</v>
+        <v>5251.68</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C116" s="3">
-        <v>745.21</v>
+        <v>4218.36</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C117" s="3">
-        <v>1951.37</v>
+        <v>1148.87</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C118" s="3">
-        <v>1132.7</v>
+        <v>2319.95</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C119" s="3">
-        <v>1838.41</v>
+        <v>2588.91</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>10</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C120" s="3">
-        <v>1360.02</v>
+        <v>3725.85</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C121" s="3">
-        <v>935.97</v>
+        <v>2326.72</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C122" s="3">
-        <v>744.32</v>
+        <v>2681.22</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C123" s="3">
-        <v>850.5</v>
+        <v>6023.26</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>41</v>
+        <v>8</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C124" s="3">
-        <v>1861.39</v>
+        <v>3663.51</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C125" s="3">
-        <v>1929.54</v>
+        <v>6059.53</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C126" s="3">
-        <v>1845.27</v>
+        <v>2847.6</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>10</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C127" s="3">
-        <v>1317.14</v>
+        <v>4499.81</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C128" s="3">
-        <v>1404.34</v>
+        <v>1861.97</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>108</v>
+        <v>0</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C129" s="3">
-        <v>1290.98</v>
+        <v>6029.22</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A130" s="3" t="s">
+      <c r="A130" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="B130" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B130" s="2"/>
+      <c r="C130" s="2"/>
+      <c r="D130" s="2"/>
+      <c r="E130" s="2"/>
+      <c r="F130" s="2"/>
+      <c r="G130" s="2"/>
+      <c r="H130" s="2"/>
+      <c r="I130" s="2"/>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="B131" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="B131" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131" s="3">
-        <v>2312.23</v>
+        <v>1428.21</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>151</v>
+        <v>99</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
         <v>10</v>
       </c>
       <c r="I131" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B132" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" s="3">
-        <v>1355.04</v>
+        <v>1893.03</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I132" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="B133" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="3">
-        <v>1810.87</v>
+        <v>951.88</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>33</v>
+        <v>79</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
         <v>15</v>
       </c>
       <c r="I133" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="B134" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="B134" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" s="3">
-        <v>925.06</v>
+        <v>1339.53</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="I134" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="B135" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="B135" s="3" t="s">
+      <c r="C135" s="3">
+        <v>1869.66</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F135" s="3">
+        <v>31</v>
+      </c>
+      <c r="G135" s="3">
+        <v>1</v>
+      </c>
+      <c r="H135" s="3">
+        <v>10</v>
+      </c>
+      <c r="I135" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A136" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="C135" s="3">
-[...22 lines deleted...]
-      <c r="A136" s="2" t="s">
+      <c r="B136" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="B136" s="2"/>
-[...6 lines deleted...]
-      <c r="I136" s="2"/>
+      <c r="C136" s="3">
+        <v>1312.93</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F136" s="3">
+        <v>0</v>
+      </c>
+      <c r="G136" s="3">
+        <v>1</v>
+      </c>
+      <c r="H136" s="3">
+        <v>25</v>
+      </c>
+      <c r="I136" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C137" s="3">
-        <v>1129.67</v>
+        <v>2709.75</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
+        <v>2</v>
+      </c>
+      <c r="G137" s="3">
+        <v>1</v>
+      </c>
+      <c r="H137" s="3">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C138" s="3">
-        <v>4424.59</v>
+        <v>1877.24</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C139" s="3">
-        <v>5163.89</v>
+        <v>1962.34</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C140" s="3">
-        <v>2679.62</v>
+        <v>864.96</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C141" s="3">
-        <v>4366.15</v>
+        <v>757.88</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C142" s="3">
-        <v>3602.27</v>
+        <v>1383.14</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C143" s="3">
-        <v>5958.24</v>
+        <v>1984.54</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C144" s="3">
-        <v>5928.44</v>
+        <v>756.97</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C145" s="3">
-        <v>2287.83</v>
+        <v>1151.96</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C146" s="3">
-        <v>5922.58</v>
+        <v>1175.98</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="I146" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C147" s="3">
-        <v>3663.57</v>
+        <v>1378.08</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>42</v>
+        <v>164</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="I147" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C148" s="3">
-        <v>2800</v>
+        <v>1841.65</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I148" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C149" s="3">
-        <v>2636.4</v>
+        <v>1882.31</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>6</v>
+        <v>168</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I149" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C150" s="3">
-        <v>2281.17</v>
+        <v>2351.54</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>44</v>
+        <v>148</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>10</v>
       </c>
       <c r="I150" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C151" s="3">
-        <v>1830.85</v>
+        <v>1876.64</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="2" t="s">
         <v>297</v>
       </c>
       <c r="B152" s="2"/>
       <c r="C152" s="2"/>
       <c r="D152" s="2"/>
       <c r="E152" s="2"/>
       <c r="F152" s="2"/>
       <c r="G152" s="2"/>
       <c r="H152" s="2"/>
       <c r="I152" s="2"/>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="2" t="s">
         <v>298</v>
       </c>
       <c r="B153" s="2"/>
       <c r="C153" s="2"/>
       <c r="D153" s="2"/>
       <c r="E153" s="2"/>
       <c r="F153" s="2"/>
       <c r="G153" s="2"/>
       <c r="H153" s="2"/>
       <c r="I153" s="2"/>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C154" s="3">
-        <v>10462.56</v>
+        <v>7784.63</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>104</v>
+        <v>1</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>1</v>
       </c>
       <c r="I154" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C155" s="3">
-        <v>12589.66</v>
+        <v>9602.76</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
         <v>1</v>
       </c>
       <c r="I155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C156" s="3">
-        <v>7654.5</v>
+        <v>11601.6</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>1</v>
+        <v>73</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
         <v>1</v>
       </c>
       <c r="I156" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C157" s="3">
-        <v>7247.48</v>
+        <v>7370.69</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>7</v>
+        <v>42</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
         <v>2</v>
       </c>
       <c r="I157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C158" s="3">
-        <v>8516.6</v>
+        <v>8661.38</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
         <v>2</v>
       </c>
       <c r="I158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C159" s="3">
-        <v>9676.68</v>
+        <v>9841.18</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
         <v>2</v>
       </c>
       <c r="I159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C160" s="3">
-        <v>15210.24</v>
+        <v>7980.32</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>101</v>
+        <v>76</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
         <v>1</v>
       </c>
       <c r="I160" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="2" t="s">
         <v>313</v>
       </c>
       <c r="B161" s="2"/>
       <c r="C161" s="2"/>
       <c r="D161" s="2"/>
       <c r="E161" s="2"/>
       <c r="F161" s="2"/>
       <c r="G161" s="2"/>
       <c r="H161" s="2"/>
       <c r="I161" s="2"/>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C162" s="3">
-        <v>3599.42</v>
+        <v>6642.03</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>6</v>
+        <v>63</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
         <v>1</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>316</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C163" s="3">
-        <v>6078.68</v>
+        <v>4805.65</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
         <v>1</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C164" s="3">
-        <v>13256.58</v>
+        <v>7881.55</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C165" s="3">
-        <v>4923.08</v>
+        <v>7515.27</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C166" s="3">
-        <v>6453.66</v>
+        <v>6182.02</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
         <v>1</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C167" s="3">
-        <v>7801.9</v>
+        <v>7756.86</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
         <v>2</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C168" s="3">
-        <v>4725.32</v>
+        <v>10111.45</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
         <v>1</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C169" s="3">
-        <v>5954.61</v>
+        <v>6563.37</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
         <v>1</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C170" s="3">
-        <v>7749.8</v>
+        <v>6055.84</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C171" s="3">
-        <v>9237.06</v>
+        <v>2745.46</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C172" s="3">
-        <v>8163.75</v>
+        <v>3755.08</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
         <v>1</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C173" s="3">
-        <v>9778.46</v>
+        <v>7934.53</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
         <v>2</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="2" t="s">
         <v>338</v>
       </c>
       <c r="B174" s="2"/>
       <c r="C174" s="2"/>
       <c r="D174" s="2"/>
       <c r="E174" s="2"/>
       <c r="F174" s="2"/>
       <c r="G174" s="2"/>
       <c r="H174" s="2"/>
       <c r="I174" s="2"/>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="2" t="s">
         <v>339</v>
       </c>
       <c r="B175" s="2"/>
       <c r="C175" s="2"/>
       <c r="D175" s="2"/>
       <c r="E175" s="2"/>
       <c r="F175" s="2"/>
       <c r="G175" s="2"/>
       <c r="H175" s="2"/>
       <c r="I175" s="2"/>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C176" s="3">
-        <v>1160.48</v>
+        <v>419.9</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>1760</v>
+        <v>1030</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>84</v>
+        <v>30</v>
       </c>
       <c r="I176" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C177" s="3">
-        <v>375.34</v>
+        <v>902.19</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>0</v>
+        <v>1002</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="I177" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C178" s="3">
-        <v>258.54</v>
+        <v>429.67</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>2064</v>
+        <v>1307</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>360</v>
+        <v>150</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C179" s="3">
-        <v>422.49</v>
+        <v>1180.21</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>1392</v>
+        <v>1219</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>150</v>
+        <v>84</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C180" s="3">
-        <v>124.08</v>
+        <v>145.15</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>0</v>
+        <v>19051</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>280</v>
+        <v>160</v>
       </c>
       <c r="I180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C181" s="3">
-        <v>229.27</v>
+        <v>301.78</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>0</v>
+        <v>1739</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>60</v>
+        <v>360</v>
       </c>
       <c r="I181" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C182" s="3">
-        <v>507.78</v>
+        <v>236.64</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>0</v>
+        <v>809</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>25</v>
+        <v>360</v>
       </c>
       <c r="I182" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C183" s="3">
-        <v>217.68</v>
+        <v>369.46</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>51489</v>
+        <v>731</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>360</v>
+        <v>150</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C184" s="3">
-        <v>373.1</v>
+        <v>1142.66</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>0</v>
+        <v>830</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="I184" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C185" s="3">
-        <v>756.91</v>
+        <v>132.5</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>1556</v>
+        <v>46197</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>72</v>
+        <v>160</v>
       </c>
       <c r="I185" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C186" s="3">
-        <v>812.43</v>
+        <v>233.17</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>2934</v>
+        <v>1729</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I186" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C187" s="3">
-        <v>448.77</v>
+        <v>379.44</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>0</v>
+        <v>2421</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C188" s="3">
-        <v>240.14</v>
+        <v>542.24</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>5790</v>
+        <v>9325</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>240</v>
+        <v>25</v>
       </c>
       <c r="I188" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C189" s="3">
-        <v>818.74</v>
+        <v>690.86</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>585</v>
+        <v>892</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="I189" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C190" s="3">
-        <v>617.56</v>
+        <v>264.07</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>0</v>
+        <v>834</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>370</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>371</v>
       </c>
       <c r="C191" s="3">
-        <v>295.13</v>
+        <v>244.22</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>7007</v>
+        <v>4238</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
         <v>240</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>372</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>373</v>
       </c>
       <c r="C192" s="3">
-        <v>363.23</v>
+        <v>369.4</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>3547</v>
+        <v>2614</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
         <v>150</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>374</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>375</v>
       </c>
       <c r="C193" s="3">
-        <v>354.53</v>
+        <v>839.36</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>2025</v>
+        <v>2883</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>150</v>
+        <v>48</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>376</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>377</v>
       </c>
       <c r="C194" s="3">
-        <v>429.39</v>
+        <v>300.15</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>1137</v>
+        <v>5538</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>144</v>
+        <v>240</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>378</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>379</v>
       </c>
       <c r="C195" s="3">
-        <v>1123.56</v>
+        <v>360.56</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>2649</v>
+        <v>1826</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>48</v>
+        <v>150</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>380</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>381</v>
       </c>
       <c r="C196" s="3">
-        <v>825.33</v>
+        <v>436.69</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>2921</v>
+        <v>506</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>382</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>383</v>
       </c>
       <c r="C197" s="3">
-        <v>458.36</v>
+        <v>624.55</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>6804</v>
+        <v>2217</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="I197" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>384</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>385</v>
       </c>
       <c r="C198" s="3">
-        <v>363.28</v>
+        <v>456.4</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>839</v>
+        <v>16469</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="I198" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>386</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>387</v>
       </c>
       <c r="C199" s="3">
-        <v>614.11</v>
+        <v>221.38</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>0</v>
+        <v>20002</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>20</v>
+        <v>360</v>
       </c>
       <c r="I199" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>388</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>389</v>
       </c>
       <c r="C200" s="3">
-        <v>296.74</v>
+        <v>826.24</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>3412</v>
+        <v>2123</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>360</v>
+        <v>96</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>390</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>391</v>
       </c>
       <c r="C201" s="3">
-        <v>135.93</v>
+        <v>832.66</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
         <v>0</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>280</v>
+        <v>84</v>
       </c>
       <c r="I201" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>392</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>393</v>
       </c>
       <c r="C202" s="3">
-        <v>259.66</v>
+        <v>466.15</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>0</v>
+        <v>6686</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="I202" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>394</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>395</v>
       </c>
       <c r="C203" s="3">
-        <v>1108.88</v>
+        <v>692.79</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>1085</v>
+        <v>1509</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="2" t="s">
         <v>396</v>
       </c>
       <c r="B204" s="2"/>
       <c r="C204" s="2"/>
       <c r="D204" s="2"/>
       <c r="E204" s="2"/>
       <c r="F204" s="2"/>
       <c r="G204" s="2"/>
       <c r="H204" s="2"/>
       <c r="I204" s="2"/>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>397</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C205" s="3">
-        <v>735.35</v>
+        <v>180.2</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
         <v>0</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C206" s="3">
-        <v>411.87</v>
+        <v>747.85</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
         <v>0</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>360</v>
+        <v>10</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C207" s="3">
-        <v>349.46</v>
+        <v>150.38</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>0</v>
+        <v>317</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C208" s="3">
-        <v>147.87</v>
+        <v>355.4</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
         <v>0</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C209" s="3">
-        <v>177.19</v>
+        <v>321.02</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
         <v>0</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>407</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>408</v>
       </c>
       <c r="C210" s="3">
-        <v>507.15</v>
+        <v>515.77</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
         <v>0</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
         <v>24</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>409</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C211" s="3">
-        <v>315.65</v>
+        <v>418.87</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
         <v>0</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>24</v>
+        <v>360</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="2" t="s">
         <v>411</v>
       </c>
       <c r="B212" s="2"/>
       <c r="C212" s="2"/>
       <c r="D212" s="2"/>
       <c r="E212" s="2"/>
       <c r="F212" s="2"/>
       <c r="G212" s="2"/>
       <c r="H212" s="2"/>
       <c r="I212" s="2"/>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>412</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C213" s="3">
-        <v>137.63</v>
+        <v>548.47</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>15</v>
+        <v>414</v>
       </c>
       <c r="F213" s="3">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I213" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="B214" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="C214" s="3">
+        <v>528.75</v>
+      </c>
+      <c r="D214" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>414</v>
       </c>
-      <c r="B214" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F214" s="3">
-        <v>0</v>
+        <v>104</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I214" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C215" s="3">
-        <v>937.11</v>
+        <v>1127.28</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="3">
         <v>0</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
         <v>24</v>
       </c>
       <c r="I215" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C216" s="3">
-        <v>576.17</v>
+        <v>139.97</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>1325</v>
+        <v>5</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C217" s="3">
-        <v>519.91</v>
+        <v>216.37</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>422</v>
+        <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>1</v>
+        <v>1408</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I217" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C218" s="3">
-        <v>539.3</v>
+        <v>1059.16</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>422</v>
+        <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I218" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
         <v>425</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>426</v>
       </c>
       <c r="C219" s="3">
-        <v>166.6</v>
+        <v>1238.83</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>1147</v>
+        <v>578</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="I219" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>427</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>428</v>
       </c>
       <c r="C220" s="3">
-        <v>455.19</v>
+        <v>1375.76</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F220" s="3">
         <v>0</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="I220" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>429</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>430</v>
       </c>
       <c r="C221" s="3">
-        <v>1470.08</v>
+        <v>445.45</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F221" s="3">
-        <v>397</v>
+        <v>1628</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I221" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>431</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>432</v>
       </c>
       <c r="C222" s="3">
-        <v>123.52</v>
+        <v>446.03</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>4656</v>
+        <v>23</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I222" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>433</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>434</v>
       </c>
       <c r="C223" s="3">
-        <v>309.68</v>
+        <v>409.87</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F223" s="3">
-        <v>7381</v>
+        <v>0</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
         <v>100</v>
       </c>
       <c r="I223" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>435</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>436</v>
       </c>
       <c r="C224" s="3">
-        <v>1351.71</v>
+        <v>314.94</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>0</v>
+        <v>3784</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I224" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
         <v>437</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>438</v>
       </c>
       <c r="C225" s="3">
-        <v>438</v>
+        <v>169.43</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="3">
-        <v>2160</v>
+        <v>914</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
         <v>100</v>
       </c>
       <c r="I225" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
         <v>439</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C226" s="3">
-        <v>137.73</v>
+        <v>1374.69</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>1785</v>
+        <v>0</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="I226" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>441</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>442</v>
       </c>
       <c r="C227" s="3">
-        <v>133</v>
+        <v>462.93</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
         <v>443</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>444</v>
       </c>
       <c r="C228" s="3">
-        <v>130.59</v>
+        <v>585.96</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>1068</v>
+        <v>2424</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
         <v>445</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>446</v>
       </c>
       <c r="C229" s="3">
-        <v>438.57</v>
+        <v>953.04</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>1089</v>
+        <v>0</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I229" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
         <v>447</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>448</v>
       </c>
       <c r="C230" s="3">
-        <v>162.17</v>
+        <v>245.3</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>15</v>
+        <v>414</v>
       </c>
       <c r="F230" s="3">
-        <v>337</v>
+        <v>50</v>
       </c>
       <c r="G230" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H230" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I230" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>450</v>
       </c>
       <c r="C231" s="3">
-        <v>137.73</v>
+        <v>147.49</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>1238</v>
+        <v>390</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
         <v>451</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>452</v>
       </c>
       <c r="C232" s="3">
-        <v>873.33</v>
+        <v>427.89</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>589</v>
+        <v>0</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
         <v>453</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>454</v>
       </c>
       <c r="C233" s="3">
-        <v>207.6</v>
+        <v>725.97</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>15</v>
+        <v>414</v>
       </c>
       <c r="F233" s="3">
-        <v>13784</v>
+        <v>0</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="I233" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
         <v>455</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>456</v>
       </c>
       <c r="C234" s="3">
-        <v>231.78</v>
+        <v>235.72</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F234" s="3">
         <v>0</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
         <v>100</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
         <v>457</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>458</v>
       </c>
       <c r="C235" s="3">
-        <v>145.99</v>
+        <v>125.62</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F235" s="3">
-        <v>1021</v>
+        <v>3010</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>460</v>
       </c>
       <c r="C236" s="3">
-        <v>269.13</v>
+        <v>140.07</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>0</v>
+        <v>2716</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
         <v>461</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>462</v>
       </c>
       <c r="C237" s="3">
-        <v>241.2</v>
+        <v>201.92</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>422</v>
+        <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>25</v>
+        <v>3453</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I237" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
         <v>463</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>464</v>
       </c>
       <c r="C238" s="3">
-        <v>713.83</v>
+        <v>140.07</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>422</v>
+        <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I238" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
         <v>465</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>466</v>
       </c>
       <c r="C239" s="3">
-        <v>1041.46</v>
+        <v>135.26</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>0</v>
+        <v>396</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>467</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>468</v>
       </c>
       <c r="C240" s="3">
-        <v>1352.76</v>
+        <v>132.81</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F240" s="3">
         <v>0</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="I240" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>469</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>470</v>
       </c>
       <c r="C241" s="3">
-        <v>1218.12</v>
+        <v>211.13</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>639</v>
+        <v>6794</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="I241" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>471</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>472</v>
       </c>
       <c r="C242" s="3">
-        <v>145.02</v>
+        <v>148.47</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>1388</v>
+        <v>502</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
         <v>473</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>474</v>
       </c>
       <c r="C243" s="3">
-        <v>420.74</v>
+        <v>273.71</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
         <v>475</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>476</v>
       </c>
       <c r="C244" s="3">
-        <v>198.54</v>
+        <v>164.93</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>4002</v>
+        <v>0</v>
       </c>
       <c r="G244" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H244" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
         <v>477</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>478</v>
       </c>
       <c r="C245" s="3">
-        <v>212.75</v>
+        <v>888.18</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>3239</v>
+        <v>587</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
         <v>479</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>480</v>
       </c>
       <c r="C246" s="3">
-        <v>403.02</v>
+        <v>1495.07</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F246" s="3">
-        <v>0</v>
+        <v>353</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="I246" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>481</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>482</v>
       </c>
       <c r="C247" s="3">
-        <v>396.81</v>
+        <v>403.56</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>208</v>
+        <v>0</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
         <v>54</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A34:I34"/>
     <mergeCell ref="A42:I42"/>
     <mergeCell ref="A77:I77"/>
     <mergeCell ref="A102:I102"/>
     <mergeCell ref="A103:I103"/>
     <mergeCell ref="A110:I110"/>
     <mergeCell ref="A113:I113"/>
     <mergeCell ref="A114:I114"/>
-    <mergeCell ref="A136:I136"/>
+    <mergeCell ref="A130:I130"/>
     <mergeCell ref="A152:I152"/>
     <mergeCell ref="A153:I153"/>
     <mergeCell ref="A161:I161"/>
     <mergeCell ref="A174:I174"/>
     <mergeCell ref="A175:I175"/>
     <mergeCell ref="A204:I204"/>
     <mergeCell ref="A212:I212"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
@@ -8904,56 +8904,56 @@
     <hyperlink ref="D100" r:id="rId93"/>
     <hyperlink ref="D101" r:id="rId94"/>
     <hyperlink ref="D104" r:id="rId95"/>
     <hyperlink ref="D105" r:id="rId96"/>
     <hyperlink ref="D106" r:id="rId97"/>
     <hyperlink ref="D107" r:id="rId98"/>
     <hyperlink ref="D108" r:id="rId99"/>
     <hyperlink ref="D109" r:id="rId100"/>
     <hyperlink ref="D111" r:id="rId101"/>
     <hyperlink ref="D112" r:id="rId102"/>
     <hyperlink ref="D115" r:id="rId103"/>
     <hyperlink ref="D116" r:id="rId104"/>
     <hyperlink ref="D117" r:id="rId105"/>
     <hyperlink ref="D118" r:id="rId106"/>
     <hyperlink ref="D119" r:id="rId107"/>
     <hyperlink ref="D120" r:id="rId108"/>
     <hyperlink ref="D121" r:id="rId109"/>
     <hyperlink ref="D122" r:id="rId110"/>
     <hyperlink ref="D123" r:id="rId111"/>
     <hyperlink ref="D124" r:id="rId112"/>
     <hyperlink ref="D125" r:id="rId113"/>
     <hyperlink ref="D126" r:id="rId114"/>
     <hyperlink ref="D127" r:id="rId115"/>
     <hyperlink ref="D128" r:id="rId116"/>
     <hyperlink ref="D129" r:id="rId117"/>
-    <hyperlink ref="D130" r:id="rId118"/>
-[...4 lines deleted...]
-    <hyperlink ref="D135" r:id="rId123"/>
+    <hyperlink ref="D131" r:id="rId118"/>
+    <hyperlink ref="D132" r:id="rId119"/>
+    <hyperlink ref="D133" r:id="rId120"/>
+    <hyperlink ref="D134" r:id="rId121"/>
+    <hyperlink ref="D135" r:id="rId122"/>
+    <hyperlink ref="D136" r:id="rId123"/>
     <hyperlink ref="D137" r:id="rId124"/>
     <hyperlink ref="D138" r:id="rId125"/>
     <hyperlink ref="D139" r:id="rId126"/>
     <hyperlink ref="D140" r:id="rId127"/>
     <hyperlink ref="D141" r:id="rId128"/>
     <hyperlink ref="D142" r:id="rId129"/>
     <hyperlink ref="D143" r:id="rId130"/>
     <hyperlink ref="D144" r:id="rId131"/>
     <hyperlink ref="D145" r:id="rId132"/>
     <hyperlink ref="D146" r:id="rId133"/>
     <hyperlink ref="D147" r:id="rId134"/>
     <hyperlink ref="D148" r:id="rId135"/>
     <hyperlink ref="D149" r:id="rId136"/>
     <hyperlink ref="D150" r:id="rId137"/>
     <hyperlink ref="D151" r:id="rId138"/>
     <hyperlink ref="D154" r:id="rId139"/>
     <hyperlink ref="D155" r:id="rId140"/>
     <hyperlink ref="D156" r:id="rId141"/>
     <hyperlink ref="D157" r:id="rId142"/>
     <hyperlink ref="D158" r:id="rId143"/>
     <hyperlink ref="D159" r:id="rId144"/>
     <hyperlink ref="D160" r:id="rId145"/>
     <hyperlink ref="D162" r:id="rId146"/>
     <hyperlink ref="D163" r:id="rId147"/>
     <hyperlink ref="D164" r:id="rId148"/>