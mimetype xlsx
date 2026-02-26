--- v2 (2026-01-12)
+++ v3 (2026-02-26)
@@ -8,1495 +8,1315 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="936" uniqueCount="483">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="816" uniqueCount="423">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Удлинители, колодки, сетевые фильтры, шнуры</t>
   </si>
   <si>
     <t>1.1 Удлинители бытовые</t>
   </si>
   <si>
     <t>1.1.1 Удлинители бытовые REXANT STANDARD</t>
   </si>
   <si>
-    <t>13-4001</t>
-[...2 lines deleted...]
-    <t>Удлинитель STANDARD 2 гнезда, 3м, 2х1,0мм², б/з, белый REXANT</t>
+    <t>13-4002</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 2 гнезда, 5м, 2х1,0мм², б/з, белый REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>13-4008</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 5м, 2х1,0мм², б/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4012</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 1,5м, 3х1,0мм², с/з, с выключателем, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4017</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 5м, 3х1,0мм², с/з, с выключателем, 2 USB, белый REXANT</t>
+  </si>
+  <si>
+    <t>13-4019</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 3м, 3х1,0мм², с/з, с выключателем, черный REXANT</t>
+  </si>
+  <si>
+    <t>13-4025</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 4 гнезда, 5м, 2х1,0мм², б/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8733</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 3м, 2х0,75мм², б/з, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8731</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 1,5м, 2х0,75мм², б/з, белый REXANT</t>
+  </si>
+  <si>
     <t>11-8732</t>
   </si>
   <si>
     <t>Удлинитель 3 гнезда, 10м, 2х0,75мм², б/з, белый REXANT</t>
   </si>
   <si>
     <t>11-8734</t>
   </si>
   <si>
     <t>Удлинитель 3 гнезда, 3м, 3х1,0мм², с/з, белый REXANT</t>
   </si>
   <si>
     <t>11-8735</t>
   </si>
   <si>
     <t>Удлинитель 3 гнезда, 5м, 3х1,0мм², с/з, белый REXANT</t>
   </si>
   <si>
+    <t>11-8736</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 7м, 2х0,75мм², б/з, белый REXANT</t>
+  </si>
+  <si>
     <t>11-8737</t>
   </si>
   <si>
     <t>Удлинитель 3 гнезда, 5м, 2х0,75мм², б/з, белый REXANT</t>
   </si>
   <si>
-    <t>11-8733</t>
-[...2 lines deleted...]
-    <t>Удлинитель 3 гнезда, 3м, 2х0,75мм², б/з, белый REXANT</t>
+    <t>13-4011</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 5м, 3х1,0мм², с/з, белый REXANT</t>
   </si>
   <si>
     <t>13-4007</t>
   </si>
   <si>
     <t>Удлинитель STANDARD 3 гнезда, 3м, 2х1,0мм², б/з, белый REXANT</t>
   </si>
   <si>
-    <t>13-4019</t>
-[...16 lines deleted...]
-  <si>
     <t>13-4016</t>
   </si>
   <si>
     <t>Удлинитель STANDARD 3 гнезда, 3м, 3х1,0мм², с/з, с выключателем, 2 USB, белый REXANT</t>
   </si>
   <si>
-    <t>13-4042</t>
-[...40 lines deleted...]
-  <si>
     <t>13-4006</t>
   </si>
   <si>
     <t>Удлинитель STANDARD 3 гнезда, 1,5м, 2х1,0мм², б/з, белый REXANT</t>
   </si>
   <si>
-    <t>13-4010</t>
-[...58 lines deleted...]
-  <si>
     <t>1.1.2 Удлинители бытовые REXANT PREMIUM</t>
   </si>
   <si>
+    <t>13-4108</t>
+  </si>
+  <si>
+    <t>Удлинитель PREMIUM 3 гнезда, 5м, 3х1,5мм², с/з, с выключателем, черный REXANT</t>
+  </si>
+  <si>
     <t>13-4110</t>
   </si>
   <si>
     <t>Удлинитель PREMIUM 3 гнезда, 3м, 3х1,5мм², с/з, 2 USB, белый REXANT</t>
   </si>
   <si>
     <t>13-4111</t>
   </si>
   <si>
     <t>Удлинитель PREMIUM 3 гнезда, 5м, 3х1,5мм², с/з, 2 USB, белый REXANT</t>
   </si>
   <si>
-    <t>13-4102</t>
-[...28 lines deleted...]
-  <si>
     <t>1.1.3 Удлинители бытовые PROconnect</t>
   </si>
   <si>
+    <t>11-7205</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 1,5м, 3х0,75мм², с/з, с кнопкой, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7206</t>
+  </si>
+  <si>
+    <t>Удлинитель STANDARD 3 гнезда, 1,5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7208</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 10м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7217</t>
+  </si>
+  <si>
+    <t>Удлинитель OPTIMA 4 гнезда, 1,5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7219</t>
+  </si>
+  <si>
+    <t>Удлинитель 4 гнезда, 3м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7224</t>
+  </si>
+  <si>
+    <t>Удлинитель-рулетка STANDARD 3 гнезда, 3м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4201</t>
+  </si>
+  <si>
+    <t>Удлинитель 2 гнезда, 3м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4207</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4208</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 1,5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4213</t>
+  </si>
+  <si>
+    <t>Удлинитель 5 гнезд, 5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7212</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7221</t>
+  </si>
+  <si>
+    <t>Удлинитель 4 гнезда, 5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7204</t>
+  </si>
+  <si>
+    <t>11-7222</t>
+  </si>
+  <si>
+    <t>Удлинитель OPTIMA 4 гнезда, 5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4203</t>
+  </si>
+  <si>
+    <t>Удлинитель 2 гнезда, 3м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4204</t>
+  </si>
+  <si>
+    <t>Удлинитель 2 гнезда, 5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4206</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 3м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4211</t>
+  </si>
+  <si>
+    <t>Удлинитель 5 гнезд, 1,5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4212</t>
+  </si>
+  <si>
+    <t>Удлинитель 5 гнезд, 3м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7209</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 3м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7218</t>
+  </si>
+  <si>
+    <t>Удлинитель 4 гнезда, 10м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
     <t>11-7211</t>
   </si>
   <si>
-    <t>Удлинитель STANDARD 3 гнезда, 3м, 2х0,75мм² , б/з, белый PROconnect</t>
-[...5 lines deleted...]
-    <t>Удлинитель 3 гнезда, 1,5м, 3х0,75мм², с/з, с кнопкой, белый PROconnect</t>
+    <t>Удлинитель STANDARD 3 гнезда, 3м, 2х0,75мм², б/з, белый PROconnect</t>
   </si>
   <si>
     <t>11-7207</t>
   </si>
   <si>
     <t>Удлинитель 3 гнезда, 10м, 3х0,75мм², с/з, с кнопкой, белый PROconnect</t>
   </si>
   <si>
-    <t>11-7208</t>
-[...4 lines deleted...]
-  <si>
     <t>11-7210</t>
   </si>
   <si>
     <t>Удлинитель 3 гнезда, 3м, 3х0,75мм², с/з, с кнопкой, белый PROconnect</t>
   </si>
   <si>
-    <t>11-7212</t>
-[...4 lines deleted...]
-  <si>
     <t>11-7213</t>
   </si>
   <si>
     <t>Удлинитель 3 гнезда, 5м, 3х0,75мм², с/з, с кнопкой, белый PROconnect</t>
   </si>
   <si>
     <t>11-7214</t>
   </si>
   <si>
     <t>Удлинитель STANDARD 3 гнезда, 5м, 2х0,75мм², б/з, белый PROconnect</t>
   </si>
   <si>
-    <t>11-7215</t>
-[...10 lines deleted...]
-  <si>
     <t>11-7225</t>
   </si>
   <si>
     <t>Удлинитель-рулетка STANDARD 3 гнезда, 5м, 2х0,75мм², б/з, белый PROconnect</t>
   </si>
   <si>
     <t>11-7220</t>
   </si>
   <si>
     <t>Удлинитель OPTIMA 4 гнезда, 3м, 2х0,75мм², б/з, белый PROconnect</t>
   </si>
   <si>
-    <t>13-4204</t>
-[...2 lines deleted...]
-    <t>Удлинитель 2 гнезда, 5м, 3х0,75мм², с/з, белый PROconnect</t>
+    <t>13-4200</t>
+  </si>
+  <si>
+    <t>Удлинитель 2 гнезда, 1,5м, 2х0,75мм², б/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>13-4202</t>
+  </si>
+  <si>
+    <t>Удлинитель 2 гнезда, 1,5м, 3х0,75мм², с/з, белый PROconnect</t>
   </si>
   <si>
     <t>13-4209</t>
   </si>
   <si>
-    <t>Удлинитель 3 гнезда, 3м, 3х0,75мм², с/з, белый PROconnect</t>
-[...11 lines deleted...]
-    <t>Удлинитель 5 гнезд, 5м, 3х0,75мм², с/з, белый PROconnect</t>
+    <t>13-4205</t>
+  </si>
+  <si>
+    <t>Удлинитель 3 гнезда, 1,5м, 2х0,75мм², б/з, белый PROconnect</t>
   </si>
   <si>
     <t>13-4210</t>
   </si>
   <si>
     <t>Удлинитель 3 гнезда, 5м, 3х0,75мм², с/з, угловая вилка, белый PROconnect</t>
   </si>
   <si>
-    <t>13-4212</t>
-[...94 lines deleted...]
-  <si>
     <t>1.2 Колодки розеточные</t>
   </si>
   <si>
+    <t>11-8709</t>
+  </si>
+  <si>
+    <t>Колодка 2 гнезда с/з Эконом PROconnect</t>
+  </si>
+  <si>
     <t>11-8711</t>
   </si>
   <si>
     <t>Колодка 3 гнезда б/з Эконом PROconnect</t>
   </si>
   <si>
     <t>11-8712</t>
   </si>
   <si>
     <t>Колодка 3 гнезда с/з Эконом PROconnect</t>
   </si>
   <si>
+    <t>11-8713</t>
+  </si>
+  <si>
+    <t>Колодка 3 гнезда б/з с выключателем Эконом PROconnect</t>
+  </si>
+  <si>
     <t>11-8714</t>
   </si>
   <si>
     <t>Колодка 4 гнезда б/з Эконом PROconnect</t>
   </si>
   <si>
     <t>11-8710</t>
   </si>
   <si>
     <t>Колодка 2 гнезда б/з с выключателем Эконом PROconnect</t>
   </si>
   <si>
-    <t>11-8709</t>
-[...14 lines deleted...]
-    <t>Колодка PREMIUM 3 гнезда, с/з, 2 USB, белый REXANT</t>
+    <t>11-8715</t>
+  </si>
+  <si>
+    <t>Колодка 4 гнезда без заземления REXANT</t>
+  </si>
+  <si>
+    <t>11-8706</t>
+  </si>
+  <si>
+    <t>Колодка 3 гнезда с кнопкой c заземлением REXANT</t>
+  </si>
+  <si>
+    <t>11-8701</t>
+  </si>
+  <si>
+    <t>Колодка 2 гнезда без заземления REXANT</t>
+  </si>
+  <si>
+    <t>11-8702</t>
+  </si>
+  <si>
+    <t>Колодка 2 гнезда с заземлением REXANT</t>
+  </si>
+  <si>
+    <t>11-8705</t>
+  </si>
+  <si>
+    <t>Колодка 3 гнезда с кнопкой без заземления REXANT</t>
+  </si>
+  <si>
+    <t>11-8707</t>
+  </si>
+  <si>
+    <t>Колодка 4 гнезда c заземлением REXANT</t>
+  </si>
+  <si>
+    <t>11-8716</t>
+  </si>
+  <si>
+    <t>Колодка 4 гнезда с кнопкой c заземлением REXANT</t>
   </si>
   <si>
     <t>11-8703</t>
   </si>
   <si>
     <t>Колодка 3 гнезда без заземления REXANT</t>
   </si>
   <si>
     <t>11-8704</t>
   </si>
   <si>
     <t>Колодка 3 гнезда с заземлением REXANT</t>
   </si>
   <si>
-    <t>13-4404</t>
-[...82 lines deleted...]
-  <si>
     <t>11-8708</t>
   </si>
   <si>
     <t>Колодка 2 гнезда Эконом</t>
   </si>
   <si>
     <t>1.3 Сетевые фильтры</t>
   </si>
   <si>
     <t>1.3.1 Сетевые фильтры PROconnect</t>
   </si>
   <si>
     <t>11-7227</t>
   </si>
   <si>
     <t>Сетевой фильтр STANDARD 4 гнезда, 1,5м, 3х0,75мм², с/з, белый PROconnect</t>
   </si>
   <si>
     <t>11-7228</t>
   </si>
   <si>
     <t>Сетевой фильтр STANDARD 4 гнезда, 3м, 3х0,75мм², с/з + автовыкл., белый PROconnect</t>
   </si>
   <si>
+    <t>11-7232</t>
+  </si>
+  <si>
+    <t>Сетевой фильтр STANDARD 4 гнезда, 5м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
+    <t>11-7229</t>
+  </si>
+  <si>
+    <t>Сетевой фильтр STANDARD 4 гнезда, 3м, 3х0,75мм², с/з, белый PROconnect</t>
+  </si>
+  <si>
     <t>11-7226</t>
   </si>
   <si>
     <t>Сетевой фильтр STANDARD 4 гнезда, 1,5м, 3х0,75мм², с/з + автовыкл., белый PROconnect</t>
   </si>
   <si>
-    <t>11-7232</t>
-[...10 lines deleted...]
-  <si>
     <t>11-7231</t>
   </si>
   <si>
     <t>Сетевой фильтр STANDARD 4 гнезда, 5м, 3х0,75мм², с/з + автовыкл., белый PROconnect</t>
   </si>
   <si>
     <t>1.3.2 Сетевые фильтры KRANZ</t>
   </si>
   <si>
-    <t>13-4702</t>
-[...4 lines deleted...]
-  <si>
     <t>13-4700</t>
   </si>
   <si>
     <t>Фильтр сетевой 5 гнезд, 3м, 3х1,5мм², с автовыкл, 2 USB, белый KRANZ</t>
   </si>
   <si>
     <t>1.4 Шнуры удлинительные</t>
   </si>
   <si>
     <t>1.4.1 Шнуры удлинительные REXANT</t>
   </si>
   <si>
+    <t>11-7071</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 10м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7075</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 20м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7077</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 10м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7078</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 20м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7079</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 30м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7080</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 10м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7082</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 30м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7072</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 20м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
     <t>11-7073</t>
   </si>
   <si>
     <t>Удлинитель-шнур КГ 3х1,5, 30м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
   </si>
   <si>
-    <t>11-7075</t>
-[...16 lines deleted...]
-  <si>
     <t>11-7074</t>
   </si>
   <si>
     <t>Удлинитель-шнур КГ 3х1,5, 10м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
   </si>
   <si>
-    <t>11-7072</t>
-[...16 lines deleted...]
-  <si>
     <t>11-7076</t>
   </si>
   <si>
     <t>Удлинитель-шнур КГ 3х1,5, 30м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
   </si>
   <si>
-    <t>11-7078</t>
-[...16 lines deleted...]
-  <si>
     <t>11-7081</t>
   </si>
   <si>
     <t>Удлинитель-шнур на рамке КГ 3х1,5, 20м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
   </si>
   <si>
-    <t>11-7090</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4.2 Шнуры удлинительные PROconnect</t>
   </si>
   <si>
+    <t>11-7103</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7104</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 40м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7105</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7106</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7110</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 30м, с/з, 6А, 1300Вт, IP44, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>13-4909</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур ПВС 3х0,75мм², 10м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4913</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур на рамке ПВС 3х0,75мм², 10м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
     <t>11-7102</t>
   </si>
   <si>
     <t>Удлинитель-шнур на рамке ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
   </si>
   <si>
-    <t>11-7103</t>
-[...4 lines deleted...]
-  <si>
     <t>11-7111</t>
   </si>
   <si>
     <t>Удлинитель-шнур на рамке ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
   </si>
   <si>
-    <t>11-7106</t>
-[...4 lines deleted...]
-  <si>
     <t>11-7107</t>
   </si>
   <si>
     <t>Удлинитель-шнур ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
   </si>
   <si>
     <t>11-7108</t>
   </si>
   <si>
     <t>Удлинитель-шнур ПВС 3х0,75, 10м, с/з, 6А, 1300Вт, IP44, оранжевый (Сделано в России) PROconnect</t>
   </si>
   <si>
-    <t>11-7110</t>
-[...4 lines deleted...]
-  <si>
     <t>11-7116</t>
   </si>
   <si>
     <t>Удлинитель-шнур ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
   </si>
   <si>
-    <t>11-7109</t>
-[...8 lines deleted...]
-    <t>Удлинитель-шнур ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+    <t>13-4910</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур ПВС 3х0,75мм², 20м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4914</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур на рамке ПВС 3х0,75мм², 20м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
   </si>
   <si>
     <t>11-7101</t>
   </si>
   <si>
     <t>Удлинитель-шнур на рамке ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
   </si>
   <si>
     <t>11-7112</t>
   </si>
   <si>
     <t>Удлинитель-шнур на рамке ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
   </si>
   <si>
     <t>11-7113</t>
   </si>
   <si>
     <t>Удлинитель-шнур на рамке ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
   </si>
   <si>
     <t>11-7114</t>
   </si>
   <si>
     <t>Удлинитель-шнур ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
   </si>
   <si>
     <t>11-7115</t>
   </si>
   <si>
     <t>Удлинитель-шнур ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
   </si>
   <si>
-    <t>13-4913</t>
-[...22 lines deleted...]
-  <si>
     <t>13-4915</t>
   </si>
   <si>
     <t xml:space="preserve">Удлинитель-шнур на рамке ПВС 3х0,75мм², 30м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
   </si>
   <si>
-    <t>11-7104</t>
-[...4 lines deleted...]
-  <si>
     <t>1.5 Удлинители силовые на катушке</t>
   </si>
   <si>
     <t>1.5.1 Удлинитель на катушке REXANT</t>
   </si>
   <si>
+    <t>13-5013</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 50м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
+    <t>13-5014</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 30м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
+    <t>13-5016</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 50м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
     <t>11-7085</t>
   </si>
   <si>
     <t>Удлинитель-шнур на катушке REXANT ПВС 3х1.0, 50 м, 4 гнезда, с/з, 10 А, 2200 Вт, IP20, оранжевый (Сделано в России)</t>
   </si>
   <si>
+    <t>13-5012</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 40м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
     <t>13-5015</t>
   </si>
   <si>
     <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 40м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
   </si>
   <si>
-    <t>13-5016</t>
-[...4 lines deleted...]
-  <si>
     <t>13-5011</t>
   </si>
   <si>
     <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 30м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
   </si>
   <si>
-    <t>13-5012</t>
-[...16 lines deleted...]
-  <si>
     <t>1.5.2 Удлинитель на катушке PROconnect</t>
   </si>
   <si>
+    <t>11-7608</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7609</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7610</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7611</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7612</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х2,5мм² PROconnect</t>
+  </si>
+  <si>
     <t>11-7613</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х2,5мм² PROconnect</t>
   </si>
   <si>
-    <t>11-7608</t>
-[...22 lines deleted...]
-  <si>
     <t>11-7614</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х2,5мм² PROconnect</t>
   </si>
   <si>
     <t>11-7615</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х2,5мм² PROconnect</t>
   </si>
   <si>
+    <t>11-7604</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х1мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7605</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х1мм² PROconnect</t>
+  </si>
+  <si>
     <t>11-7606</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х1мм² PROconnect</t>
   </si>
   <si>
-    <t>11-7609</t>
-[...16 lines deleted...]
-  <si>
     <t>11-7607</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х1мм² PROconnect</t>
   </si>
   <si>
     <t>1.6 Вилки и колодки из каучука</t>
   </si>
   <si>
     <t>1.6.1 Вилки и колодки из каучука REXANT</t>
   </si>
   <si>
+    <t>111-123</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная переносная с крышкой 1 гнездо, с/з, 16А, IP54, каучук, оранжевая REXANT</t>
+  </si>
+  <si>
+    <t>111-003</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная угловая, с/з, 16А, IP44 каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-112</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 2 гнезда, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-114</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 4 гнезда, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-015</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная прямая, c/з, 16А, IP44, каучук, оранжевая REXANT</t>
+  </si>
+  <si>
+    <t>111-200</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная прямая COMPACT, с/з, 16А, IP44 каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-202</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная прямая COMPACT, с/з, 16А, IP44, каучук, оранжевая REXANT</t>
+  </si>
+  <si>
+    <t>111-221</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 1 гнездо COMPACT, с/3, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-222</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 2 гнезда COMPACT, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-223</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 3 гнезда COMPACT, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-224</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 4 гнезда COMPACT, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-225</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 1 гнездо COMPACT, с/3, 16А, IP54, каучук, оранжевая REXANT</t>
+  </si>
+  <si>
     <t>111-226</t>
   </si>
   <si>
     <t>Розетка (колодка) влагозащищенная с крышкой 2 гнезда COMPACT, с/з, 16А, IP54, каучук, оранжевая REXANT</t>
   </si>
   <si>
+    <t>111-227</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 3 гнезда COMPACT, с/з, 16А, IP54, каучук, оранжевая REXANT</t>
+  </si>
+  <si>
+    <t>111-228</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 4 гнезда COMPACT, с/з, 16А, IP54, каучук, оранжевая REXANT</t>
+  </si>
+  <si>
+    <t>111-001</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная прямая, с/з, 16А, IP44, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-002</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная угловая с кольцом, с/з, 16А, IP44 каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-004</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная переносная с крышкой 1 гнездо, с/з, 16А, IP44 каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-005</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная переносная 1 гнездо, с/з, 16А, IP20/44 каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-111</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная с крышкой 1 гнездо, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-113</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 3 гнезда, с/з, 16А, IP54, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-007</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная настенная с крышкой 1 гнездо, 3Р+РЕ, 32А, IP44, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-008</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная панельная с крышкой 1 гнездо, 2Р+РЕ, с/з, с/у, 16А, IP54, серая REXANT</t>
+  </si>
+  <si>
+    <t>111-012</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная переносная с крышкой 1 гнездо, 3Р+РЕ, 32А, IP44, каучук, черная REXANT</t>
+  </si>
+  <si>
+    <t>111-126</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 3 гнезда, с/з, 16А, IP54, каучук, желтая REXANT</t>
+  </si>
+  <si>
+    <t>111-014</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная прямая, c/з, 16А, IP44, каучук, желтая REXANT</t>
+  </si>
+  <si>
     <t>111-006</t>
   </si>
   <si>
     <t>Вилка влагозащищенная переносная 3Р+РЕ, 32А, IP44 каучук, черная REXANT</t>
   </si>
   <si>
     <t>111-122</t>
   </si>
   <si>
     <t>Розетка влагозащищенная переносная с крышкой 1 гнездо, с/з, 16А, IP54, каучук, желтая REXANT</t>
   </si>
   <si>
-    <t>111-126</t>
-[...148 lines deleted...]
-  <si>
     <t>1.6.2 Вилки и колодки из каучука PROconnect</t>
   </si>
   <si>
+    <t>111-113-4</t>
+  </si>
+  <si>
+    <t>Розетка (колодка) влагозащищенная с крышкой 3 гнезда, 2Р+РЕ, 230В, с/3, 16А, IP44, каучук, черная PROconnect</t>
+  </si>
+  <si>
+    <t>111-127-4</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная угловая с крышкой 1 гнездо, 2Р+РЕ, 230В, с/3, 16А, IP44, каучук, черная PROconnect</t>
+  </si>
+  <si>
     <t>111-004-4</t>
   </si>
   <si>
     <t>Розетка влагозащищенная переносная с крышкой 1 гнездо, 2P+PE, 230В, 16А, IP44, каучук, черная PROconnect</t>
   </si>
   <si>
     <t>111-114-4</t>
   </si>
   <si>
     <t>Розетка (колодка) влагозащищенная с крышкой 4 гнезда, 2Р+РЕ, 230В, с/3, 16А, IP44, каучук, черная PROconnect</t>
   </si>
   <si>
     <t>111-001-4</t>
   </si>
   <si>
     <t>Вилка влагозащищенная прямая 2P+PE, 230В, 16А, IP44, каучук, черная PROconnect</t>
   </si>
   <si>
     <t>111-112-4</t>
   </si>
   <si>
     <t>Розетка (колодка) влагозащищенная с крышкой 2 гнезда, 2Р+РЕ, 230В, с/3, 16А, IP44, каучук, черная PROconnect</t>
   </si>
   <si>
     <t>111-111-4</t>
   </si>
   <si>
     <t>Розетка влагозащищенная с крышкой 1 гнездо, 2Р+РЕ, 230В, с/3, 16А, IP44, каучук, черная PROconnect</t>
   </si>
   <si>
-    <t>111-113-4</t>
-[...10 lines deleted...]
-  <si>
     <t>1.7 Разветвители электрические (тройники)</t>
   </si>
   <si>
+    <t>11-1075-2</t>
+  </si>
+  <si>
+    <t>Набор двойников электрических 16А с/з вертикальные, белый (2 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>11-1087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник электрический 16А с/з и защитными шторками, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1080</t>
+  </si>
+  <si>
+    <t>Тройник электрический универсальный 16А одно гнездо с/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1082</t>
+  </si>
+  <si>
+    <t>Тройник электрический РЕТРО 16А б/з черный (карболит) REXANT</t>
+  </si>
+  <si>
+    <t>11-1063</t>
+  </si>
+  <si>
+    <t>Тройник электрический «Шар» 6А б/з белый 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-1063-1</t>
+  </si>
+  <si>
+    <t>Тройник электрический «Шар» 6А б/з черный 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-1064</t>
+  </si>
+  <si>
+    <t>Тройник электрический 6А б/з белый 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-1064-1</t>
+  </si>
+  <si>
+    <t>Тройник электрический 6А б/з черный 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-1075</t>
+  </si>
+  <si>
+    <t>Двойник электрический 16А с/з вертикальный белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1077</t>
+  </si>
+  <si>
+    <t>Тройник электрический 10А б/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1079</t>
+  </si>
+  <si>
+    <t>Тройник электрический линейный 16А с/з вертикальный, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-6017</t>
+  </si>
+  <si>
+    <t>Адаптер питания 220В + 2 USB REXANT RX-17</t>
+  </si>
+  <si>
+    <t>11-1076</t>
+  </si>
+  <si>
+    <t>Тройник электрический 10А б/з, черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1079-2</t>
+  </si>
+  <si>
+    <t>Набор тройников электрических линейных 16А с/з вертикальные, белый (2 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>11-1068</t>
+  </si>
+  <si>
+    <t>Тройник электрический 6A б/з белый 220 В REXANT Индивидуальный пакет</t>
+  </si>
+  <si>
+    <t>11-1250</t>
+  </si>
+  <si>
+    <t>Тройник электрический 16А с/з + 2х2,5А + 3хUSB-A 2,4А + USB Type-C 3А, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1251</t>
+  </si>
+  <si>
+    <t>Двойник электрический Куб 16А с/з + 2хUSB-A 2,4А + USB Type-C 3А с ночной подсветкой, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1252</t>
+  </si>
+  <si>
+    <t>Двойник электрический Куб 16А с/з + 2хUSB-A 2,4А + USB Type-C 3А с ночной подсветкой, черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1270</t>
+  </si>
+  <si>
+    <t>Адаптер USB многофункциональный (2хUSB-A, USB-С, розетка 220-250В) с подсветкой и подставкой для телефона REXANT</t>
+  </si>
+  <si>
     <t>11-1080-2</t>
   </si>
   <si>
     <t>Набор тройников электрических универсальных 16А с/з, одно гнездо, белый (2 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>упак</t>
-[...7 lines deleted...]
-  <si>
     <t>11-1253</t>
   </si>
   <si>
     <t>Двойник электрический (разветвитель) 16А с/з + USB-A + USB-C с защитными шторками, белый REXANT</t>
   </si>
   <si>
-    <t>11-1076</t>
-[...2 lines deleted...]
-    <t>Тройник электрический 10А б/з, черный REXANT</t>
+    <t>11-1073</t>
+  </si>
+  <si>
+    <t>Четверник электрический 16А с/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1074</t>
+  </si>
+  <si>
+    <t>Двойник электрический 10А б/з вертикальный белый REXANT</t>
   </si>
   <si>
     <t>11-1078</t>
   </si>
   <si>
     <t>Тройник электрический линейный 10А б/з вертикальный, белый REXANT</t>
   </si>
   <si>
     <t>11-1090</t>
   </si>
   <si>
     <t>Двойник электрический линейный 16А с/з + 2 USB-порта, 2,4 А, белый REXANT</t>
   </si>
   <si>
-    <t>11-1250</t>
-[...8 lines deleted...]
-    <t>Двойник электрический Куб 16А с/з + 2хUSB-A 2,4А + USB Type-C 3А с ночной подсветкой, черный REXANT</t>
+    <t>11-1086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник электрический 16А с/з + 2х2,5А с выключателем и защитными шторками, белый REXANT </t>
   </si>
   <si>
     <t>11-1084</t>
   </si>
   <si>
     <t xml:space="preserve">Адаптер сетевой 16А с выключателем, заземлением и защитными шторками, белый REXANT </t>
   </si>
   <si>
     <t>11-1085</t>
   </si>
   <si>
     <t xml:space="preserve">Двойник электрический 16А с/з с выключателем и защитными шторками, белый REXANT </t>
   </si>
   <si>
-    <t>11-1086</t>
-[...4 lines deleted...]
-  <si>
     <t>11-1069</t>
   </si>
   <si>
     <t>Тройник электрический пирамида 16А с/з белый REXANT</t>
   </si>
   <si>
     <t>11-1083</t>
   </si>
   <si>
     <t>Тройник электрический универсальный 16А одно гнездо с/з черный REXANT</t>
   </si>
   <si>
-    <t>11-1251</t>
-[...10 lines deleted...]
-  <si>
     <t>11-1088</t>
   </si>
   <si>
     <t xml:space="preserve">Тройник электрический 16А с/з с защитными шторками, белый REXANT </t>
   </si>
   <si>
     <t>11-1089</t>
   </si>
   <si>
     <t xml:space="preserve">Двойник электрический 16А с/з и защитными шторками + 2 USB порта, 2,4 А, белый REXANT </t>
   </si>
   <si>
     <t>11-1063-2</t>
   </si>
   <si>
     <t>Набор тройников электрических Шар 6А б/з, белый (2 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>11-1081</t>
   </si>
   <si>
     <t xml:space="preserve">Тройник электрический 6А б/з белый 220 В REXANT </t>
-  </si>
-[...88 lines deleted...]
-    <t>Адаптер USB многофункциональный (2хUSB-A, USB-С, розетка 220-250В) с подсветкой и подставкой для телефона REXANT</t>
   </si>
   <si>
     <t>11-1072</t>
   </si>
   <si>
     <t>Четверник электрический 6А б/з белый</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -1887,56 +1707,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-3m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-10m-2h0-75mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-3h1-0mm-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h1-0mm-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-2h0-75mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-2h0-75mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-s-z-s-vyklyuchatelem-chernyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-2h0-75mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-7m-2h0-75mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-5m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-chernyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-6-gnezd-1-5m-3h1-0mm-s-z-s-vyklyuchatelem-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-6-gnezd-3m-3h1-0mm-s-z-s-vyklyuchatelem-belyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-1-5m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-5m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-5m-3h1-0mm-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-1-5m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-3h1-0mm-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-1-5m-3h1-0mm-s-z-s-vyklyuchatelem-belyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-4-gnezda-5m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-1-5m-3h1-0mm-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-1-5m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-3m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-1-5m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-chernyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-5-gnezd-3m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-chernyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-3m-3h1-5mm-s-z-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-s-z-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-s-z-s-vyklyuchatelem-belyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-3m-3h1-5mm-s-z-s-vyklyuchatelem-chernyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-s-z-s-vyklyuchatelem-chernyy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-6-gnezd-1-5m-3h1-5mm-s-z-s-vyklyuchatelem-belyy-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-3h0-75mm-s-z-s-knopkoy-belyy-proconnect" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-10m-3h0-75mm-s-z-s-knopkoy-belyy-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-10m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-3h0-75mm-s-z-s-knopkoy-belyy-proconnect" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h0-75mm-s-z-s-knopkoy-belyy-proconnect" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-7m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-4-gnezda-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-ruletka-standard-3-gnezda-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-optima-4-gnezda-3m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-3h0-75mm-s-z-belyy-proconnect-2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h0-75mm-s-z-uglovaya-vilka-belyy-proconnect" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-3m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-optima-4-gnezda-1-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-4-gnezda-10m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-optima-4-gnezda-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-1-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-1-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-3m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-3h0-75mm-s-z-belyy-proconnect-2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-1-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-3m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-4-gnezda-3m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-ruletka-standard-3-gnezda-3m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-1-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-b-z-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-z-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-b-z-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-b-z-s-vyklyuchatelem-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-s-z-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-b-z-s-vyklyuchatelem-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-bez-zazemleniya-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-zazemleniem-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-s-vyklyuchatelem-belyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-s-vyklyuchatelem-chernyy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-s-vyklyuchatelem-belyy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-6-gnezd-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-s-knopkoy-c-zazemleniem-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-premium-3-gnezda-s-z-s-vyklyuchatelem-chernyy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-bez-zazemleniya-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-knopkoy-bez-zazemleniya-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-knopkoy-c-zazemleniem-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-s-zazemleniem-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-c-zazemleniem-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-bez-zazemleniya-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-ekonom" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-1-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-3m-3h0-75mm-s-z-avtovykl-belyy-proconnect" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-1-5m-3h0-75mm-s-z-avtovykl-belyy-proconnect" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-3m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-5m-3h0-75mm-s-z-avtovykl-belyy-proconnect" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/filtr-setevoy-5-gnezd-3m-3h1-5mm-s-avtovykl-2-usb-chernyy-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/filtr-setevoy-5-gnezd-3m-3h1-5mm-s-avtovykl-2-usb-belyy-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-30m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-20m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-10m-s-z-6a-1300vt-ip44-chernyy-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-10m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-10m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-20m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-10m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-30m-s-z-6a-1300vt-ip44-chernyy-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-30m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-20m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-30m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-10m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-20m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-20m-s-z-6a-1300vt-ip44-chernyy-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-30m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-10m-s-z-6a-1300vt-ip44-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-30m-s-z-6a-1300vt-ip44-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-20m-s-z-6a-1300vt-ip44-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-10m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-10m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-20m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-20m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-30m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-40m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-katushke-rexant-pvs-3h1-0-50-m-4-gnezda-s-z-10-a-2200-vt-ip20-oranzhevyy-sdelano" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-compact-s-z-16a-ip54-kauchuk-oranzhevaya-re" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-perenosnaya-3r-re-32a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-s-z-16a-ip54-kauchuk-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-s-z-16a-ip54-kauchuk-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-compact-s-z-16a-ip44-kauchuk-oranzhevaya-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-c-z-16a-ip44-kauchuk-oranzhevaya-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-c-z-16a-ip44-kauchuk-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-s-z-16a-ip54-kauchuk-oranzhevaya-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-s-z-16a-ip54-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-compact-s-z-16a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-compact-s-3-16a-ip54-kauchuk-chernaya-rexan" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-compact-s-z-16a-ip54-kauchuk-chernaya-rexan" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-compact-s-z-16a-ip54-kauchuk-oranzhevaya-re" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-compact-s-z-16a-ip54-kauchuk-oranzhevaya-re" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-compact-s-3-16a-ip54-kauchuk-oranzhevaya-re" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-uglovaya-s-z-16a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-s-z-16a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-nastennaya-s-kryshkoy-1-gnezdo-3r-re-32a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-uglovaya-s-koltsom-s-z-16a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-1-gnezdo-s-z-16a-ip20-44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-s-z-16a-ip54-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-compact-s-z-16a-ip54-kauchuk-chernaya-rexan" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-compact-s-z-16a-ip54-kauchuk-chernaya-rexan" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-s-z-16a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-s-z-16a-ip54-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-s-z-16a-ip54-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-panelnaya-s-kryshkoy-1-gnezdo-2r-re-s-z-s-u-16a-ip54-seraya-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-3r-re-32a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-2p-pe-230v-16a-ip44-kauchuk-chernaya-pr" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-pr" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-2p-pe-230v-16a-ip44-kauchuk-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-pr" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-pr" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-uglovaya-s-kryshkoy-1-gnezdo-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-p" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-universalnyh-16a-s-z-odno-gnezdo-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dvoynikov-elektricheskih-16a-s-z-vertikalnye-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-razvetvitel-16a-s-z-usb-a-usb-c-s-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10a-b-z-chernyy-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineynyy-10a-b-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-lineynyy-16a-s-z-2-usb-porta-2-4-a-belyy-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-2h2-5a-3husb-a-2-4a-usb-type-c-3a-belyy-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-z-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-16a-s-vyklyuchatelem-zazemleniem-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-s-vyklyuchatelem-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-2h2-5a-s-vyklyuchatelem-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-piramida-16a-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalnyy-16a-odno-gnezdo-s-z-chernyy-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-z-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-s-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-i-zaschitnymi-shtorkami-2-usb-porta-2-4-a-belyy-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-shar-6a-b-z-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-belyy-220-v-rexant-2" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-16a-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-lineynyh-16a-s-z-vertikalnye-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalnyy-16a-odno-gnezdo-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-retro-16a-b-z-chernyy-karbolit-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-6a-b-z-belyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-10a-b-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-6a-b-z-chernyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-belyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-chernyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10a-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineynyy-16a-s-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-belyy-220-v-rexant-individualnyy-paket" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-pitaniya-220v-2-usb-rexant-rx-17" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-usb-mnogofunktsionalnyy-2husb-a-usb-s-rozetka-220-250v-s-podsvetkoy-i-podstavkoy-dlya-telefo" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-6a-b-z-belyy" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-2-gnezda-5m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-1-5m-3h1-0mm-s-z-s-vyklyuchatelem-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-s-z-s-vyklyuchatelem-chernyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-4-gnezda-5m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-2h0-75mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-2h0-75mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-10m-2h0-75mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-3h1-0mm-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h1-0mm-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-7m-2h0-75mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-2h0-75mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-3h1-0mm-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-3h1-0mm-s-z-s-vyklyuchatelem-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-1-5m-2h1-0mm-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-s-z-s-vyklyuchatelem-chernyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-3m-3h1-5mm-s-z-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-premium-3-gnezda-5m-3h1-5mm-s-z-2-usb-belyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-3h0-75mm-s-z-s-knopkoy-belyy-proconnect" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-1-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-10m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-optima-4-gnezda-1-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-4-gnezda-3m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-ruletka-standard-3-gnezda-3m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-3m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-3h0-75mm-s-z-belyy-proconnect-2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-4-gnezda-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-optima-4-gnezda-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-3m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-1-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-5-gnezd-3m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-4-gnezda-10m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-3m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-10m-3h0-75mm-s-z-s-knopkoy-belyy-proconnect" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-3h0-75mm-s-z-s-knopkoy-belyy-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h0-75mm-s-z-s-knopkoy-belyy-proconnect" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-standard-3-gnezda-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-ruletka-standard-3-gnezda-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-optima-4-gnezda-3m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-1-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-2-gnezda-1-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-3m-3h0-75mm-s-z-belyy-proconnect-2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-1-5m-2h0-75mm-b-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-3-gnezda-5m-3h0-75mm-s-z-uglovaya-vilka-belyy-proconnect" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-s-z-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-b-z-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-z-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-b-z-s-vyklyuchatelem-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-b-z-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-b-z-s-vyklyuchatelem-ekonom-proconnect" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-bez-zazemleniya-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-knopkoy-c-zazemleniem-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-bez-zazemleniya-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-s-zazemleniem-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-knopkoy-bez-zazemleniya-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-c-zazemleniem-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-4-gnezda-s-knopkoy-c-zazemleniem-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-bez-zazemleniya-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-s-zazemleniem-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-ekonom" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-1-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-3m-3h0-75mm-s-z-avtovykl-belyy-proconnect" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-5m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-3m-3h0-75mm-s-z-belyy-proconnect" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-1-5m-3h0-75mm-s-z-avtovykl-belyy-proconnect" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-filtr-standard-4-gnezda-5m-3h0-75mm-s-z-avtovykl-belyy-proconnect" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/filtr-setevoy-5-gnezd-3m-3h1-5mm-s-avtovykl-2-usb-belyy-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-10m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-20m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-10m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-20m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-30m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-10m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-30m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-20m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-30m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-10m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-30m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-20m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-40m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-30m-s-z-6a-1300vt-ip44-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-10m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-10m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-10m-s-z-6a-1300vt-ip44-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-20m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-20m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-30m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-katushke-rexant-pvs-3h1-0-50-m-4-gnezda-s-z-10-a-2200-vt-ip20-oranzhevyy-sdelano" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-s-z-16a-ip54-kauchuk-oranzhevaya-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-uglovaya-s-z-16a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-s-z-16a-ip54-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-s-z-16a-ip54-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-c-z-16a-ip44-kauchuk-oranzhevaya-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-compact-s-z-16a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-compact-s-z-16a-ip44-kauchuk-oranzhevaya-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-compact-s-3-16a-ip54-kauchuk-chernaya-rexan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-compact-s-z-16a-ip54-kauchuk-chernaya-rexan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-compact-s-z-16a-ip54-kauchuk-chernaya-rexan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-compact-s-z-16a-ip54-kauchuk-chernaya-rexan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-compact-s-3-16a-ip54-kauchuk-oranzhevaya-re" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-compact-s-z-16a-ip54-kauchuk-oranzhevaya-re" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-compact-s-z-16a-ip54-kauchuk-oranzhevaya-re" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-compact-s-z-16a-ip54-kauchuk-oranzhevaya-re" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-s-z-16a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-uglovaya-s-koltsom-s-z-16a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-s-z-16a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-1-gnezdo-s-z-16a-ip20-44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-s-z-16a-ip54-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-s-z-16a-ip54-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-nastennaya-s-kryshkoy-1-gnezdo-3r-re-32a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-panelnaya-s-kryshkoy-1-gnezdo-2r-re-s-z-s-u-16a-ip54-seraya-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-3r-re-32a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-s-z-16a-ip54-kauchuk-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-c-z-16a-ip44-kauchuk-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-perenosnaya-3r-re-32a-ip44-kauchuk-chernaya-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-s-z-16a-ip54-kauchuk-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-3-gnezda-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-pr" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-uglovaya-s-kryshkoy-1-gnezdo-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-p" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-perenosnaya-s-kryshkoy-1-gnezdo-2p-pe-230v-16a-ip44-kauchuk-chernaya-pr" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-4-gnezda-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-pr" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-2p-pe-230v-16a-ip44-kauchuk-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kolodka-vlagozaschischennaya-s-kryshkoy-2-gnezda-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-pr" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-s-kryshkoy-1-gnezdo-2r-re-230v-s-3-16a-ip44-kauchuk-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dvoynikov-elektricheskih-16a-s-z-vertikalnye-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalnyy-16a-odno-gnezdo-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-retro-16a-b-z-chernyy-karbolit-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-6a-b-z-belyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-6a-b-z-chernyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-belyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-chernyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10a-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineynyy-16a-s-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-pitaniya-220v-2-usb-rexant-rx-17" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10a-b-z-chernyy-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-lineynyh-16a-s-z-vertikalnye-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-belyy-220-v-rexant-individualnyy-paket" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-2h2-5a-3husb-a-2-4a-usb-type-c-3a-belyy-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-z-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-z-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-usb-mnogofunktsionalnyy-2husb-a-usb-s-rozetka-220-250v-s-podsvetkoy-i-podstavkoy-dlya-telefo" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-universalnyh-16a-s-z-odno-gnezdo-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-razvetvitel-16a-s-z-usb-a-usb-c-s-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-16a-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-10a-b-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineynyy-10a-b-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-lineynyy-16a-s-z-2-usb-porta-2-4-a-belyy-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-2h2-5a-s-vyklyuchatelem-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-16a-s-vyklyuchatelem-zazemleniem-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-s-vyklyuchatelem-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-piramida-16a-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalnyy-16a-odno-gnezdo-s-z-chernyy-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-s-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-i-zaschitnymi-shtorkami-2-usb-porta-2-4-a-belyy-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-shar-6a-b-z-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-belyy-220-v-rexant-2" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-6a-b-z-belyy" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I247"/>
+  <dimension ref="A1:I217"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1981,7083 +1801,6183 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>403.83</v>
+        <v>583.56</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>979.91</v>
+        <v>756.56</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>9</v>
+        <v>577</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>745.85</v>
+        <v>583.93</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>2</v>
+        <v>72</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>1037.15</v>
+        <v>1201.34</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>6</v>
+        <v>959</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>714.24</v>
+        <v>1030.81</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>351.73</v>
+        <v>791.91</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>544.68</v>
+        <v>351.73</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>1567</v>
+        <v>26</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>1030.81</v>
+        <v>298.54</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>298.54</v>
+        <v>979.91</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
         <v>6</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>1033.09</v>
+        <v>745.85</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>1068.42</v>
+        <v>1037.15</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>89</v>
+        <v>16</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>1345.15</v>
+        <v>1033.09</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>756.56</v>
+        <v>714.24</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>743</v>
+        <v>13</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>577.58</v>
+        <v>858.38</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>783</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>1178.81</v>
+        <v>544.68</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>1406</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>323.75</v>
+        <v>1068.42</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>583.56</v>
+        <v>303.24</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="3" t="s">
+      <c r="A22" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>303.24</v>
+        <v>1421.23</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>318</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>623.11</v>
+        <v>1456.44</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>119</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B25" s="3" t="s">
+      <c r="C25" s="3">
+        <v>1824.54</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F25" s="3">
+        <v>162</v>
+      </c>
+      <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
+        <v>14</v>
+      </c>
+      <c r="I25" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="C25" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>1201.34</v>
+        <v>484.04</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>1212</v>
+        <v>89</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="C28" s="3">
+        <v>247.01</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F28" s="3">
+        <v>65</v>
+      </c>
+      <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
         <v>60</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>703.13</v>
+        <v>1194.22</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>79</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>20</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>1176.08</v>
+        <v>314.34</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>1258.46</v>
+        <v>623.25</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>1029.07</v>
+        <v>380.48</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
         <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C33" s="3">
+        <v>337.65</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="3">
+        <v>488</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
+        <v>40</v>
+      </c>
+      <c r="I33" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B33" s="3" t="s">
+      <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="C33" s="3">
-[...32 lines deleted...]
-      <c r="I34" s="2"/>
+      <c r="C34" s="3">
+        <v>447.47</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F34" s="3">
+        <v>4534</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
+        <v>40</v>
+      </c>
+      <c r="I34" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>1456.44</v>
+        <v>437.47</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>162</v>
+        <v>952</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>1824.54</v>
+        <v>708.9</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>191</v>
+        <v>546</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>1351.21</v>
+        <v>639.45</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>1864.5</v>
+        <v>729.44</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="C39" s="3">
-        <v>1269.64</v>
+        <v>426.64</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>1421.23</v>
+        <v>511.8</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C41" s="3">
+        <v>451.91</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F41" s="3">
+        <v>453</v>
+      </c>
+      <c r="G41" s="3">
+        <v>1</v>
+      </c>
+      <c r="H41" s="3">
+        <v>36</v>
+      </c>
+      <c r="I41" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B41" s="3" t="s">
+      <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="C41" s="3">
-[...32 lines deleted...]
-      <c r="I42" s="2"/>
+      <c r="C42" s="3">
+        <v>582.14</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F42" s="3">
+        <v>368</v>
+      </c>
+      <c r="G42" s="3">
+        <v>1</v>
+      </c>
+      <c r="H42" s="3">
+        <v>36</v>
+      </c>
+      <c r="I42" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>271.27</v>
+        <v>343.09</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>8</v>
+        <v>12509</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>484.04</v>
+        <v>526.47</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>40</v>
+        <v>720</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="I44" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>1308.5</v>
+        <v>601.44</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>6</v>
+        <v>1256</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>1194.22</v>
+        <v>572.01</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>706.6</v>
+        <v>1198.73</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>639.45</v>
+        <v>271.27</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>2</v>
+        <v>59</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>880.42</v>
+        <v>1308.5</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>427.1</v>
+        <v>706.6</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>478.74</v>
+        <v>880.42</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>729.44</v>
+        <v>427.1</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="C53" s="3">
         <v>463.49</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>287</v>
+        <v>48</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>40</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="C54" s="3">
         <v>430.68</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>40</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>582.14</v>
+        <v>261.07</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>396</v>
+        <v>200</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>501.47</v>
+        <v>375.23</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>3313</v>
+        <v>648</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>36</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>117</v>
+        <v>94</v>
       </c>
       <c r="C57" s="3">
-        <v>426.64</v>
+        <v>501.47</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>24</v>
+        <v>3218</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="I57" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C58" s="3">
-        <v>708.9</v>
+        <v>297.36</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>557</v>
+        <v>3522</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C59" s="3">
         <v>630.9</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>850</v>
+        <v>634</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>36</v>
       </c>
       <c r="I59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A60" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A60" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B60" s="2"/>
+      <c r="C60" s="2"/>
+      <c r="D60" s="2"/>
+      <c r="E60" s="2"/>
+      <c r="F60" s="2"/>
+      <c r="G60" s="2"/>
+      <c r="H60" s="2"/>
+      <c r="I60" s="2"/>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="C61" s="3">
-        <v>572.01</v>
+        <v>159.44</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
         <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C62" s="3">
-        <v>314.34</v>
+        <v>114.65</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>16</v>
+        <v>144</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C63" s="3">
-        <v>1198.73</v>
+        <v>155.06</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>52</v>
+        <v>130</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C64" s="3">
-        <v>511.8</v>
+        <v>167.57</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>35</v>
+        <v>80</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C65" s="3">
-        <v>343.09</v>
+        <v>142.14</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>12701</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I65" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C66" s="3">
-        <v>261.07</v>
+        <v>159.61</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>249</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I66" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C67" s="3">
-        <v>375.23</v>
+        <v>144.64</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>716</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I67" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C68" s="3">
-        <v>451.91</v>
+        <v>345.6</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>556</v>
+        <v>5</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C69" s="3">
-        <v>447.47</v>
+        <v>126.03</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>4668</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I69" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>117</v>
+        <v>140</v>
       </c>
       <c r="C70" s="3">
-        <v>437.47</v>
+        <v>177.91</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>1006</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I70" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="3">
-        <v>526.47</v>
+        <v>311.89</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>721</v>
+        <v>13</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I71" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="3">
-        <v>337.65</v>
+        <v>195.85</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>553</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I72" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="3">
-        <v>623.25</v>
+        <v>382.16</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>380.48</v>
+        <v>140.75</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="3">
-        <v>297.36</v>
+        <v>193.22</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>3644</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I75" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>247.01</v>
+        <v>106.17</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>76</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="2"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
       <c r="I77" s="2"/>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A78" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A78" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="B78" s="2"/>
+      <c r="C78" s="2"/>
+      <c r="D78" s="2"/>
+      <c r="E78" s="2"/>
+      <c r="F78" s="2"/>
+      <c r="G78" s="2"/>
+      <c r="H78" s="2"/>
+      <c r="I78" s="2"/>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C79" s="3">
-        <v>155.06</v>
+        <v>755.41</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>65</v>
+        <v>25</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C80" s="3">
-        <v>142.14</v>
+        <v>1175.58</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C81" s="3">
-        <v>159.61</v>
+        <v>1002.7</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C82" s="3">
-        <v>159.44</v>
+        <v>926.82</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
         <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C83" s="3">
-        <v>167.57</v>
+        <v>913.87</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="C84" s="3">
+        <v>1314.07</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F84" s="3">
+        <v>65</v>
+      </c>
+      <c r="G84" s="3">
+        <v>1</v>
+      </c>
+      <c r="H84" s="3">
+        <v>20</v>
+      </c>
+      <c r="I84" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B85" s="2"/>
+      <c r="C85" s="2"/>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2"/>
+      <c r="H85" s="2"/>
+      <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C86" s="3">
+        <v>3139.77</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F86" s="3">
+        <v>0</v>
+      </c>
+      <c r="G86" s="3">
+        <v>1</v>
+      </c>
+      <c r="H86" s="3">
+        <v>12</v>
+      </c>
+      <c r="I86" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="B87" s="2"/>
+      <c r="C87" s="2"/>
+      <c r="D87" s="2"/>
+      <c r="E87" s="2"/>
+      <c r="F87" s="2"/>
+      <c r="G87" s="2"/>
+      <c r="H87" s="2"/>
+      <c r="I87" s="2"/>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...80 lines deleted...]
-      </c>
+      <c r="B88" s="2"/>
+      <c r="C88" s="2"/>
+      <c r="D88" s="2"/>
+      <c r="E88" s="2"/>
+      <c r="F88" s="2"/>
+      <c r="G88" s="2"/>
+      <c r="H88" s="2"/>
+      <c r="I88" s="2"/>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="C89" s="3">
-        <v>914.34</v>
+        <v>2319.95</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
         <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I89" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="C90" s="3">
-        <v>369.26</v>
+        <v>4218.36</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
         <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="I90" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="C91" s="3">
-        <v>584.19</v>
+        <v>2326.72</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="I91" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="C92" s="3">
-        <v>741.5</v>
+        <v>3663.51</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
         <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="C93" s="3">
-        <v>382.16</v>
+        <v>6059.53</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="C94" s="3">
-        <v>610.72</v>
+        <v>2847.6</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
         <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="I94" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="C95" s="3">
-        <v>126.03</v>
+        <v>6029.22</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>432</v>
+        <v>12</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="C96" s="3">
-        <v>311.89</v>
+        <v>3725.85</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>125</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C97" s="3">
-        <v>345.6</v>
+        <v>5251.68</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="C98" s="3">
-        <v>177.91</v>
+        <v>2588.91</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>160</v>
+        <v>15</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C99" s="3">
-        <v>195.85</v>
+        <v>6023.26</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>287</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C100" s="3">
+        <v>4499.81</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F100" s="3">
+        <v>0</v>
+      </c>
+      <c r="G100" s="3">
+        <v>1</v>
+      </c>
+      <c r="H100" s="3">
+        <v>5</v>
+      </c>
+      <c r="I100" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="B101" s="2"/>
+      <c r="C101" s="2"/>
+      <c r="D101" s="2"/>
+      <c r="E101" s="2"/>
+      <c r="F101" s="2"/>
+      <c r="G101" s="2"/>
+      <c r="H101" s="2"/>
+      <c r="I101" s="2"/>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A102" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C102" s="3">
+        <v>1893.03</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F102" s="3">
+        <v>14</v>
+      </c>
+      <c r="G102" s="3">
+        <v>1</v>
+      </c>
+      <c r="H102" s="3">
+        <v>10</v>
+      </c>
+      <c r="I102" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A103" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B100" s="3" t="s">
+      <c r="B103" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="C100" s="3">
-[...74 lines deleted...]
-      <c r="I103" s="2"/>
+      <c r="C103" s="3">
+        <v>1876.64</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F103" s="3">
+        <v>1</v>
+      </c>
+      <c r="G103" s="3">
+        <v>1</v>
+      </c>
+      <c r="H103" s="3">
+        <v>10</v>
+      </c>
+      <c r="I103" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C104" s="3">
-        <v>755.41</v>
+        <v>864.96</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>25</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C105" s="3">
-        <v>1175.58</v>
+        <v>1339.53</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C106" s="3">
-        <v>913.87</v>
+        <v>2709.75</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>91</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="C107" s="3">
-        <v>1002.7</v>
+        <v>1378.08</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I107" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C108" s="3">
-        <v>926.82</v>
+        <v>1175.98</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I108" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C109" s="3">
-        <v>1314.07</v>
+        <v>1428.21</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>72</v>
+        <v>92</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A110" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I110" s="2"/>
+      <c r="A110" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="C110" s="3">
+        <v>951.88</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F110" s="3">
+        <v>67</v>
+      </c>
+      <c r="G110" s="3">
+        <v>1</v>
+      </c>
+      <c r="H110" s="3">
+        <v>15</v>
+      </c>
+      <c r="I110" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="C111" s="3">
-        <v>3423.11</v>
+        <v>1869.66</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
         <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I111" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="C112" s="3">
+        <v>1312.93</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F112" s="3">
+        <v>0</v>
+      </c>
+      <c r="G112" s="3">
+        <v>1</v>
+      </c>
+      <c r="H112" s="3">
+        <v>25</v>
+      </c>
+      <c r="I112" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A113" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B113" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B112" s="3" t="s">
+      <c r="C113" s="3">
+        <v>1877.24</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F113" s="3">
+        <v>0</v>
+      </c>
+      <c r="G113" s="3">
+        <v>1</v>
+      </c>
+      <c r="H113" s="3">
+        <v>10</v>
+      </c>
+      <c r="I113" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A114" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="C112" s="3">
-[...22 lines deleted...]
-      <c r="A113" s="2" t="s">
+      <c r="B114" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="B113" s="2"/>
-[...19 lines deleted...]
-      <c r="I114" s="2"/>
+      <c r="C114" s="3">
+        <v>1841.65</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F114" s="3">
+        <v>0</v>
+      </c>
+      <c r="G114" s="3">
+        <v>1</v>
+      </c>
+      <c r="H114" s="3">
+        <v>15</v>
+      </c>
+      <c r="I114" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B115" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C115" s="3">
-        <v>5251.68</v>
+        <v>1882.31</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="I115" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B116" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B116" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" s="3">
-        <v>4218.36</v>
+        <v>757.88</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
         <v>0</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B117" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="B117" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" s="3">
-        <v>1148.87</v>
+        <v>1383.14</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>8</v>
+        <v>67</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B118" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B118" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" s="3">
-        <v>2319.95</v>
+        <v>1984.54</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
         <v>10</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B119" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B119" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119" s="3">
-        <v>2588.91</v>
+        <v>756.97</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B120" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="B120" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" s="3">
-        <v>3725.85</v>
+        <v>1151.96</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B121" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="B121" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121" s="3">
-        <v>2326.72</v>
+        <v>2351.54</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>10</v>
       </c>
       <c r="I121" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A122" s="3" t="s">
+      <c r="A122" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="B122" s="2"/>
+      <c r="C122" s="2"/>
+      <c r="D122" s="2"/>
+      <c r="E122" s="2"/>
+      <c r="F122" s="2"/>
+      <c r="G122" s="2"/>
+      <c r="H122" s="2"/>
+      <c r="I122" s="2"/>
+    </row>
+    <row r="123" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A123" s="2" t="s">
         <v>238</v>
       </c>
-      <c r="B122" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B123" s="2"/>
+      <c r="C123" s="2"/>
+      <c r="D123" s="2"/>
+      <c r="E123" s="2"/>
+      <c r="F123" s="2"/>
+      <c r="G123" s="2"/>
+      <c r="H123" s="2"/>
+      <c r="I123" s="2"/>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C124" s="3">
-        <v>3663.51</v>
+        <v>9841.18</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I124" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C125" s="3">
-        <v>6059.53</v>
+        <v>7980.32</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I125" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C126" s="3">
-        <v>2847.6</v>
+        <v>11601.6</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I126" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C127" s="3">
-        <v>4499.81</v>
+        <v>7784.63</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
         <v>0</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="C128" s="3">
-        <v>1861.97</v>
+        <v>8661.38</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>0</v>
+        <v>103</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="I128" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="C129" s="3">
+        <v>9602.76</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F129" s="3">
+        <v>26</v>
+      </c>
+      <c r="G129" s="3">
+        <v>1</v>
+      </c>
+      <c r="H129" s="3">
+        <v>1</v>
+      </c>
+      <c r="I129" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A130" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="B129" s="3" t="s">
+      <c r="C130" s="3">
+        <v>7370.69</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F130" s="3">
+        <v>17</v>
+      </c>
+      <c r="G130" s="3">
+        <v>1</v>
+      </c>
+      <c r="H130" s="3">
+        <v>2</v>
+      </c>
+      <c r="I130" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A131" s="2" t="s">
         <v>253</v>
       </c>
-      <c r="C129" s="3">
-[...61 lines deleted...]
-      </c>
+      <c r="B131" s="2"/>
+      <c r="C131" s="2"/>
+      <c r="D131" s="2"/>
+      <c r="E131" s="2"/>
+      <c r="F131" s="2"/>
+      <c r="G131" s="2"/>
+      <c r="H131" s="2"/>
+      <c r="I131" s="2"/>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C132" s="3">
-        <v>1893.03</v>
+        <v>4805.65</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C133" s="3">
-        <v>951.88</v>
+        <v>6055.84</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C134" s="3">
-        <v>1339.53</v>
+        <v>7881.55</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>62</v>
+        <v>3</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C135" s="3">
-        <v>1869.66</v>
+        <v>7515.27</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C136" s="3">
-        <v>1312.93</v>
+        <v>6182.02</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="3">
         <v>0</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="C137" s="3">
-        <v>2709.75</v>
+        <v>6642.03</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C138" s="3">
-        <v>1877.24</v>
+        <v>7756.86</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="C139" s="3">
-        <v>1962.34</v>
+        <v>10111.45</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="C140" s="3">
-        <v>864.96</v>
+        <v>2745.46</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="C141" s="3">
-        <v>757.88</v>
+        <v>3755.08</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C142" s="3">
-        <v>1383.14</v>
+        <v>6563.37</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="B143" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="C143" s="3">
+        <v>7934.53</v>
+      </c>
+      <c r="D143" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F143" s="3">
+        <v>12</v>
+      </c>
+      <c r="G143" s="3">
+        <v>1</v>
+      </c>
+      <c r="H143" s="3">
+        <v>2</v>
+      </c>
+      <c r="I143" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A144" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="B144" s="2"/>
+      <c r="C144" s="2"/>
+      <c r="D144" s="2"/>
+      <c r="E144" s="2"/>
+      <c r="F144" s="2"/>
+      <c r="G144" s="2"/>
+      <c r="H144" s="2"/>
+      <c r="I144" s="2"/>
+    </row>
+    <row r="145" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A145" s="2" t="s">
         <v>279</v>
       </c>
-      <c r="B143" s="3" t="s">
-[...80 lines deleted...]
-      </c>
+      <c r="B145" s="2"/>
+      <c r="C145" s="2"/>
+      <c r="D145" s="2"/>
+      <c r="E145" s="2"/>
+      <c r="F145" s="2"/>
+      <c r="G145" s="2"/>
+      <c r="H145" s="2"/>
+      <c r="I145" s="2"/>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="C146" s="3">
-        <v>1175.98</v>
+        <v>369.46</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>33</v>
+        <v>570</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>25</v>
+        <v>150</v>
       </c>
       <c r="I146" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="C147" s="3">
-        <v>1378.08</v>
+        <v>244.22</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>164</v>
+        <v>3228</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>25</v>
+        <v>240</v>
       </c>
       <c r="I147" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="C148" s="3">
-        <v>1841.65</v>
+        <v>826.24</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>76</v>
+        <v>1647</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="I148" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="C149" s="3">
-        <v>1882.31</v>
+        <v>1142.66</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>168</v>
+        <v>466</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="I149" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="C150" s="3">
-        <v>2351.54</v>
+        <v>301.78</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>148</v>
+        <v>368</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>10</v>
+        <v>360</v>
       </c>
       <c r="I150" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="B151" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="C151" s="3">
+        <v>132.5</v>
+      </c>
+      <c r="D151" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F151" s="3">
+        <v>40046</v>
+      </c>
+      <c r="G151" s="3">
+        <v>1</v>
+      </c>
+      <c r="H151" s="3">
+        <v>160</v>
+      </c>
+      <c r="I151" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A152" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B152" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="C152" s="3">
+        <v>145.15</v>
+      </c>
+      <c r="D152" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F152" s="3">
+        <v>17869</v>
+      </c>
+      <c r="G152" s="3">
+        <v>1</v>
+      </c>
+      <c r="H152" s="3">
+        <v>160</v>
+      </c>
+      <c r="I152" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A153" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="B153" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="B151" s="3" t="s">
-[...48 lines deleted...]
-      <c r="I153" s="2"/>
+      <c r="C153" s="3">
+        <v>233.17</v>
+      </c>
+      <c r="D153" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F153" s="3">
+        <v>0</v>
+      </c>
+      <c r="G153" s="3">
+        <v>1</v>
+      </c>
+      <c r="H153" s="3">
+        <v>60</v>
+      </c>
+      <c r="I153" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C154" s="3">
-        <v>7784.63</v>
+        <v>379.44</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="I154" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="C155" s="3">
-        <v>9602.76</v>
+        <v>456.4</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>32</v>
+        <v>10824</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="C156" s="3">
-        <v>11601.6</v>
+        <v>624.55</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>73</v>
+        <v>1295</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C157" s="3">
-        <v>7370.69</v>
+        <v>264.07</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>2</v>
+        <v>60</v>
       </c>
       <c r="I157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C158" s="3">
-        <v>8661.38</v>
+        <v>419.9</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>117</v>
+        <v>0</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="I158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C159" s="3">
-        <v>9841.18</v>
+        <v>542.24</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>99</v>
+        <v>8350</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>2</v>
+        <v>25</v>
       </c>
       <c r="I159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="B160" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="C160" s="3">
+        <v>690.86</v>
+      </c>
+      <c r="D160" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F160" s="3">
+        <v>186</v>
+      </c>
+      <c r="G160" s="3">
+        <v>1</v>
+      </c>
+      <c r="H160" s="3">
+        <v>20</v>
+      </c>
+      <c r="I160" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A161" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="B161" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I161" s="2"/>
+      <c r="C161" s="3">
+        <v>221.38</v>
+      </c>
+      <c r="D161" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F161" s="3">
+        <v>7902</v>
+      </c>
+      <c r="G161" s="3">
+        <v>1</v>
+      </c>
+      <c r="H161" s="3">
+        <v>360</v>
+      </c>
+      <c r="I161" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="C162" s="3">
-        <v>6642.03</v>
+        <v>300.15</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>63</v>
+        <v>4471</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>1</v>
+        <v>240</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="C163" s="3">
-        <v>4805.65</v>
+        <v>369.4</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>18</v>
+        <v>2336</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>1</v>
+        <v>150</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="C164" s="3">
-        <v>7881.55</v>
+        <v>360.56</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>5</v>
+        <v>1347</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>2</v>
+        <v>150</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="C165" s="3">
-        <v>7515.27</v>
+        <v>436.69</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>2</v>
+        <v>144</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="C166" s="3">
-        <v>6182.02</v>
+        <v>832.66</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>1</v>
+        <v>84</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="C167" s="3">
-        <v>7756.86</v>
+        <v>839.36</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>24</v>
+        <v>2733</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>2</v>
+        <v>48</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="C168" s="3">
-        <v>10111.45</v>
+        <v>466.15</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>36</v>
+        <v>6124</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="C169" s="3">
-        <v>6563.37</v>
+        <v>692.79</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>21</v>
+        <v>1107</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>1</v>
+        <v>72</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="C170" s="3">
-        <v>6055.84</v>
+        <v>1180.21</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>13</v>
+        <v>599</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>1</v>
+        <v>84</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C171" s="3">
-        <v>2745.46</v>
+        <v>236.64</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>18</v>
+        <v>264</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>1</v>
+        <v>360</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="C172" s="3">
-        <v>3755.08</v>
+        <v>902.19</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>18</v>
+        <v>658</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>1</v>
+        <v>90</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="C173" s="3">
-        <v>7934.53</v>
+        <v>429.67</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>16</v>
+        <v>1189</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>2</v>
+        <v>150</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="2" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="B174" s="2"/>
       <c r="C174" s="2"/>
       <c r="D174" s="2"/>
       <c r="E174" s="2"/>
       <c r="F174" s="2"/>
       <c r="G174" s="2"/>
       <c r="H174" s="2"/>
       <c r="I174" s="2"/>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A175" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I175" s="2"/>
+      <c r="A175" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B175" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="C175" s="3">
+        <v>515.77</v>
+      </c>
+      <c r="D175" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F175" s="3">
+        <v>0</v>
+      </c>
+      <c r="G175" s="3">
+        <v>1</v>
+      </c>
+      <c r="H175" s="3">
+        <v>24</v>
+      </c>
+      <c r="I175" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="B176" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="B176" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C176" s="3">
-        <v>419.9</v>
+        <v>418.87</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>1030</v>
+        <v>0</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>30</v>
+        <v>360</v>
       </c>
       <c r="I176" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="B177" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="B177" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C177" s="3">
-        <v>902.19</v>
+        <v>180.2</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>1002</v>
+        <v>0</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>90</v>
+        <v>200</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="B178" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="B178" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C178" s="3">
-        <v>429.67</v>
+        <v>747.85</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>1307</v>
+        <v>0</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>150</v>
+        <v>10</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="B179" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="B179" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C179" s="3">
-        <v>1180.21</v>
+        <v>150.38</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>1219</v>
+        <v>0</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>84</v>
+        <v>300</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="B180" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="B180" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" s="3">
-        <v>145.15</v>
+        <v>355.4</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>19051</v>
+        <v>0</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>160</v>
+        <v>15</v>
       </c>
       <c r="I180" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="B181" s="3" t="s">
         <v>350</v>
       </c>
-      <c r="B181" s="3" t="s">
+      <c r="C181" s="3">
+        <v>321.02</v>
+      </c>
+      <c r="D181" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F181" s="3">
+        <v>0</v>
+      </c>
+      <c r="G181" s="3">
+        <v>1</v>
+      </c>
+      <c r="H181" s="3">
+        <v>24</v>
+      </c>
+      <c r="I181" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A182" s="2" t="s">
         <v>351</v>
       </c>
-      <c r="C181" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B182" s="2"/>
+      <c r="C182" s="2"/>
+      <c r="D182" s="2"/>
+      <c r="E182" s="2"/>
+      <c r="F182" s="2"/>
+      <c r="G182" s="2"/>
+      <c r="H182" s="2"/>
+      <c r="I182" s="2"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="B183" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="C183" s="3">
+        <v>528.75</v>
+      </c>
+      <c r="D183" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>354</v>
       </c>
-      <c r="B183" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F183" s="3">
-        <v>731</v>
+        <v>0</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="I183" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="B184" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="B184" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C184" s="3">
-        <v>1142.66</v>
+        <v>462.93</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>830</v>
+        <v>2427</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="B185" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="B185" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C185" s="3">
-        <v>132.5</v>
+        <v>235.72</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>46197</v>
+        <v>2016</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="I185" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="B186" s="3" t="s">
         <v>360</v>
       </c>
-      <c r="B186" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C186" s="3">
-        <v>233.17</v>
+        <v>125.62</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>1729</v>
+        <v>1271</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I186" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="B187" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="B187" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C187" s="3">
-        <v>379.44</v>
+        <v>140.07</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>2421</v>
+        <v>7092</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I187" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="B188" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="B188" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C188" s="3">
-        <v>542.24</v>
+        <v>140.07</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>9325</v>
+        <v>1662</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I188" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="B189" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="B189" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C189" s="3">
-        <v>690.86</v>
+        <v>135.26</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>892</v>
+        <v>0</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I189" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="B190" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="B190" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C190" s="3">
-        <v>264.07</v>
+        <v>132.81</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>834</v>
+        <v>0</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I190" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="B191" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="B191" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C191" s="3">
-        <v>244.22</v>
+        <v>211.13</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>4238</v>
+        <v>0</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>240</v>
+        <v>80</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="B192" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="B192" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C192" s="3">
-        <v>369.4</v>
+        <v>148.47</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>2614</v>
+        <v>0</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B193" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="B193" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C193" s="3">
-        <v>839.36</v>
+        <v>273.71</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>2883</v>
+        <v>0</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="B194" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="B194" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C194" s="3">
-        <v>300.15</v>
+        <v>888.18</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>5538</v>
+        <v>522</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>240</v>
+        <v>50</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="B195" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="B195" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C195" s="3">
-        <v>360.56</v>
+        <v>139.97</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>1826</v>
+        <v>1059</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="B196" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="B196" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C196" s="3">
-        <v>436.69</v>
+        <v>725.97</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>15</v>
+        <v>354</v>
       </c>
       <c r="F196" s="3">
-        <v>506</v>
+        <v>0</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>144</v>
+        <v>25</v>
       </c>
       <c r="I196" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="B197" s="3" t="s">
         <v>382</v>
       </c>
-      <c r="B197" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C197" s="3">
-        <v>624.55</v>
+        <v>164.93</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>2217</v>
+        <v>361</v>
       </c>
       <c r="G197" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H197" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I197" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="B198" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="B198" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C198" s="3">
-        <v>456.4</v>
+        <v>1238.83</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>16469</v>
+        <v>314</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="I198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="B199" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="B199" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C199" s="3">
-        <v>221.38</v>
+        <v>1374.69</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>20002</v>
+        <v>0</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>360</v>
+        <v>64</v>
       </c>
       <c r="I199" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="B200" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="B200" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C200" s="3">
-        <v>826.24</v>
+        <v>1375.76</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>2123</v>
+        <v>534</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="I200" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="B201" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="B201" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C201" s="3">
-        <v>832.66</v>
+        <v>1495.07</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>84</v>
+        <v>64</v>
       </c>
       <c r="I201" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="B202" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="B202" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C202" s="3">
-        <v>466.15</v>
+        <v>548.47</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>15</v>
+        <v>354</v>
       </c>
       <c r="F202" s="3">
-        <v>6686</v>
+        <v>48</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>300</v>
+        <v>25</v>
       </c>
       <c r="I202" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="B203" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="B203" s="3" t="s">
+      <c r="C203" s="3">
+        <v>1127.28</v>
+      </c>
+      <c r="D203" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F203" s="3">
+        <v>4389</v>
+      </c>
+      <c r="G203" s="3">
+        <v>1</v>
+      </c>
+      <c r="H203" s="3">
+        <v>24</v>
+      </c>
+      <c r="I203" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A204" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="C203" s="3">
-[...22 lines deleted...]
-      <c r="A204" s="2" t="s">
+      <c r="B204" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="B204" s="2"/>
-[...6 lines deleted...]
-      <c r="I204" s="2"/>
+      <c r="C204" s="3">
+        <v>427.89</v>
+      </c>
+      <c r="D204" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F204" s="3">
+        <v>0</v>
+      </c>
+      <c r="G204" s="3">
+        <v>1</v>
+      </c>
+      <c r="H204" s="3">
+        <v>60</v>
+      </c>
+      <c r="I204" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>397</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C205" s="3">
-        <v>180.2</v>
+        <v>201.92</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>0</v>
+        <v>2302</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C206" s="3">
-        <v>747.85</v>
+        <v>216.37</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
         <v>0</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C207" s="3">
-        <v>150.38</v>
+        <v>1059.16</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>317</v>
+        <v>467</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C208" s="3">
-        <v>355.4</v>
+        <v>409.87</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
         <v>0</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="I208" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C209" s="3">
-        <v>321.02</v>
+        <v>445.45</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>0</v>
+        <v>180</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I209" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>407</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>408</v>
       </c>
       <c r="C210" s="3">
-        <v>515.77</v>
+        <v>446.03</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
         <v>0</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I210" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>409</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C211" s="3">
-        <v>418.87</v>
+        <v>314.94</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
         <v>0</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>360</v>
+        <v>100</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A212" s="2" t="s">
+      <c r="A212" s="3" t="s">
         <v>411</v>
       </c>
-      <c r="B212" s="2"/>
-[...6 lines deleted...]
-      <c r="I212" s="2"/>
+      <c r="B212" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="C212" s="3">
+        <v>169.43</v>
+      </c>
+      <c r="D212" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F212" s="3">
+        <v>128</v>
+      </c>
+      <c r="G212" s="3">
+        <v>1</v>
+      </c>
+      <c r="H212" s="3">
+        <v>100</v>
+      </c>
+      <c r="I212" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C213" s="3">
-        <v>548.47</v>
+        <v>585.96</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>414</v>
+        <v>15</v>
       </c>
       <c r="F213" s="3">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I213" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>415</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C214" s="3">
-        <v>528.75</v>
+        <v>953.04</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>414</v>
+        <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>104</v>
+        <v>0</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I214" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>417</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>418</v>
       </c>
       <c r="C215" s="3">
-        <v>1127.28</v>
+        <v>245.3</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>15</v>
+        <v>354</v>
       </c>
       <c r="F215" s="3">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I215" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
         <v>419</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>420</v>
       </c>
       <c r="C216" s="3">
-        <v>139.97</v>
+        <v>147.49</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>5</v>
+        <v>740</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>421</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>422</v>
       </c>
       <c r="C217" s="3">
-        <v>216.37</v>
+        <v>403.56</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>1408</v>
+        <v>280</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>100</v>
+        <v>54</v>
       </c>
       <c r="I217" s="3">
-        <v>1</v>
-[...868 lines deleted...]
-      <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A34:I34"/>
-    <mergeCell ref="A42:I42"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="A60:I60"/>
     <mergeCell ref="A77:I77"/>
-    <mergeCell ref="A102:I102"/>
-[...7 lines deleted...]
-    <mergeCell ref="A161:I161"/>
+    <mergeCell ref="A78:I78"/>
+    <mergeCell ref="A85:I85"/>
+    <mergeCell ref="A87:I87"/>
+    <mergeCell ref="A88:I88"/>
+    <mergeCell ref="A101:I101"/>
+    <mergeCell ref="A122:I122"/>
+    <mergeCell ref="A123:I123"/>
+    <mergeCell ref="A131:I131"/>
+    <mergeCell ref="A144:I144"/>
+    <mergeCell ref="A145:I145"/>
     <mergeCell ref="A174:I174"/>
-    <mergeCell ref="A175:I175"/>
-[...1 lines deleted...]
-    <mergeCell ref="A212:I212"/>
+    <mergeCell ref="A182:I182"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
-    <hyperlink ref="D22" r:id="rId18"/>
-[...17 lines deleted...]
-    <hyperlink ref="D41" r:id="rId36"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D27" r:id="rId21"/>
+    <hyperlink ref="D28" r:id="rId22"/>
+    <hyperlink ref="D29" r:id="rId23"/>
+    <hyperlink ref="D30" r:id="rId24"/>
+    <hyperlink ref="D31" r:id="rId25"/>
+    <hyperlink ref="D32" r:id="rId26"/>
+    <hyperlink ref="D33" r:id="rId27"/>
+    <hyperlink ref="D34" r:id="rId28"/>
+    <hyperlink ref="D35" r:id="rId29"/>
+    <hyperlink ref="D36" r:id="rId30"/>
+    <hyperlink ref="D37" r:id="rId31"/>
+    <hyperlink ref="D38" r:id="rId32"/>
+    <hyperlink ref="D39" r:id="rId33"/>
+    <hyperlink ref="D40" r:id="rId34"/>
+    <hyperlink ref="D41" r:id="rId35"/>
+    <hyperlink ref="D42" r:id="rId36"/>
     <hyperlink ref="D43" r:id="rId37"/>
     <hyperlink ref="D44" r:id="rId38"/>
     <hyperlink ref="D45" r:id="rId39"/>
     <hyperlink ref="D46" r:id="rId40"/>
     <hyperlink ref="D47" r:id="rId41"/>
     <hyperlink ref="D48" r:id="rId42"/>
     <hyperlink ref="D49" r:id="rId43"/>
     <hyperlink ref="D50" r:id="rId44"/>
     <hyperlink ref="D51" r:id="rId45"/>
     <hyperlink ref="D52" r:id="rId46"/>
     <hyperlink ref="D53" r:id="rId47"/>
     <hyperlink ref="D54" r:id="rId48"/>
     <hyperlink ref="D55" r:id="rId49"/>
     <hyperlink ref="D56" r:id="rId50"/>
     <hyperlink ref="D57" r:id="rId51"/>
     <hyperlink ref="D58" r:id="rId52"/>
     <hyperlink ref="D59" r:id="rId53"/>
-    <hyperlink ref="D60" r:id="rId54"/>
-[...137 lines deleted...]
-    <hyperlink ref="D211" r:id="rId192"/>
+    <hyperlink ref="D61" r:id="rId54"/>
+    <hyperlink ref="D62" r:id="rId55"/>
+    <hyperlink ref="D63" r:id="rId56"/>
+    <hyperlink ref="D64" r:id="rId57"/>
+    <hyperlink ref="D65" r:id="rId58"/>
+    <hyperlink ref="D66" r:id="rId59"/>
+    <hyperlink ref="D67" r:id="rId60"/>
+    <hyperlink ref="D68" r:id="rId61"/>
+    <hyperlink ref="D69" r:id="rId62"/>
+    <hyperlink ref="D70" r:id="rId63"/>
+    <hyperlink ref="D71" r:id="rId64"/>
+    <hyperlink ref="D72" r:id="rId65"/>
+    <hyperlink ref="D73" r:id="rId66"/>
+    <hyperlink ref="D74" r:id="rId67"/>
+    <hyperlink ref="D75" r:id="rId68"/>
+    <hyperlink ref="D76" r:id="rId69"/>
+    <hyperlink ref="D79" r:id="rId70"/>
+    <hyperlink ref="D80" r:id="rId71"/>
+    <hyperlink ref="D81" r:id="rId72"/>
+    <hyperlink ref="D82" r:id="rId73"/>
+    <hyperlink ref="D83" r:id="rId74"/>
+    <hyperlink ref="D84" r:id="rId75"/>
+    <hyperlink ref="D86" r:id="rId76"/>
+    <hyperlink ref="D89" r:id="rId77"/>
+    <hyperlink ref="D90" r:id="rId78"/>
+    <hyperlink ref="D91" r:id="rId79"/>
+    <hyperlink ref="D92" r:id="rId80"/>
+    <hyperlink ref="D93" r:id="rId81"/>
+    <hyperlink ref="D94" r:id="rId82"/>
+    <hyperlink ref="D95" r:id="rId83"/>
+    <hyperlink ref="D96" r:id="rId84"/>
+    <hyperlink ref="D97" r:id="rId85"/>
+    <hyperlink ref="D98" r:id="rId86"/>
+    <hyperlink ref="D99" r:id="rId87"/>
+    <hyperlink ref="D100" r:id="rId88"/>
+    <hyperlink ref="D102" r:id="rId89"/>
+    <hyperlink ref="D103" r:id="rId90"/>
+    <hyperlink ref="D104" r:id="rId91"/>
+    <hyperlink ref="D105" r:id="rId92"/>
+    <hyperlink ref="D106" r:id="rId93"/>
+    <hyperlink ref="D107" r:id="rId94"/>
+    <hyperlink ref="D108" r:id="rId95"/>
+    <hyperlink ref="D109" r:id="rId96"/>
+    <hyperlink ref="D110" r:id="rId97"/>
+    <hyperlink ref="D111" r:id="rId98"/>
+    <hyperlink ref="D112" r:id="rId99"/>
+    <hyperlink ref="D113" r:id="rId100"/>
+    <hyperlink ref="D114" r:id="rId101"/>
+    <hyperlink ref="D115" r:id="rId102"/>
+    <hyperlink ref="D116" r:id="rId103"/>
+    <hyperlink ref="D117" r:id="rId104"/>
+    <hyperlink ref="D118" r:id="rId105"/>
+    <hyperlink ref="D119" r:id="rId106"/>
+    <hyperlink ref="D120" r:id="rId107"/>
+    <hyperlink ref="D121" r:id="rId108"/>
+    <hyperlink ref="D124" r:id="rId109"/>
+    <hyperlink ref="D125" r:id="rId110"/>
+    <hyperlink ref="D126" r:id="rId111"/>
+    <hyperlink ref="D127" r:id="rId112"/>
+    <hyperlink ref="D128" r:id="rId113"/>
+    <hyperlink ref="D129" r:id="rId114"/>
+    <hyperlink ref="D130" r:id="rId115"/>
+    <hyperlink ref="D132" r:id="rId116"/>
+    <hyperlink ref="D133" r:id="rId117"/>
+    <hyperlink ref="D134" r:id="rId118"/>
+    <hyperlink ref="D135" r:id="rId119"/>
+    <hyperlink ref="D136" r:id="rId120"/>
+    <hyperlink ref="D137" r:id="rId121"/>
+    <hyperlink ref="D138" r:id="rId122"/>
+    <hyperlink ref="D139" r:id="rId123"/>
+    <hyperlink ref="D140" r:id="rId124"/>
+    <hyperlink ref="D141" r:id="rId125"/>
+    <hyperlink ref="D142" r:id="rId126"/>
+    <hyperlink ref="D143" r:id="rId127"/>
+    <hyperlink ref="D146" r:id="rId128"/>
+    <hyperlink ref="D147" r:id="rId129"/>
+    <hyperlink ref="D148" r:id="rId130"/>
+    <hyperlink ref="D149" r:id="rId131"/>
+    <hyperlink ref="D150" r:id="rId132"/>
+    <hyperlink ref="D151" r:id="rId133"/>
+    <hyperlink ref="D152" r:id="rId134"/>
+    <hyperlink ref="D153" r:id="rId135"/>
+    <hyperlink ref="D154" r:id="rId136"/>
+    <hyperlink ref="D155" r:id="rId137"/>
+    <hyperlink ref="D156" r:id="rId138"/>
+    <hyperlink ref="D157" r:id="rId139"/>
+    <hyperlink ref="D158" r:id="rId140"/>
+    <hyperlink ref="D159" r:id="rId141"/>
+    <hyperlink ref="D160" r:id="rId142"/>
+    <hyperlink ref="D161" r:id="rId143"/>
+    <hyperlink ref="D162" r:id="rId144"/>
+    <hyperlink ref="D163" r:id="rId145"/>
+    <hyperlink ref="D164" r:id="rId146"/>
+    <hyperlink ref="D165" r:id="rId147"/>
+    <hyperlink ref="D166" r:id="rId148"/>
+    <hyperlink ref="D167" r:id="rId149"/>
+    <hyperlink ref="D168" r:id="rId150"/>
+    <hyperlink ref="D169" r:id="rId151"/>
+    <hyperlink ref="D170" r:id="rId152"/>
+    <hyperlink ref="D171" r:id="rId153"/>
+    <hyperlink ref="D172" r:id="rId154"/>
+    <hyperlink ref="D173" r:id="rId155"/>
+    <hyperlink ref="D175" r:id="rId156"/>
+    <hyperlink ref="D176" r:id="rId157"/>
+    <hyperlink ref="D177" r:id="rId158"/>
+    <hyperlink ref="D178" r:id="rId159"/>
+    <hyperlink ref="D179" r:id="rId160"/>
+    <hyperlink ref="D180" r:id="rId161"/>
+    <hyperlink ref="D181" r:id="rId162"/>
+    <hyperlink ref="D183" r:id="rId163"/>
+    <hyperlink ref="D184" r:id="rId164"/>
+    <hyperlink ref="D185" r:id="rId165"/>
+    <hyperlink ref="D186" r:id="rId166"/>
+    <hyperlink ref="D187" r:id="rId167"/>
+    <hyperlink ref="D188" r:id="rId168"/>
+    <hyperlink ref="D189" r:id="rId169"/>
+    <hyperlink ref="D190" r:id="rId170"/>
+    <hyperlink ref="D191" r:id="rId171"/>
+    <hyperlink ref="D192" r:id="rId172"/>
+    <hyperlink ref="D193" r:id="rId173"/>
+    <hyperlink ref="D194" r:id="rId174"/>
+    <hyperlink ref="D195" r:id="rId175"/>
+    <hyperlink ref="D196" r:id="rId176"/>
+    <hyperlink ref="D197" r:id="rId177"/>
+    <hyperlink ref="D198" r:id="rId178"/>
+    <hyperlink ref="D199" r:id="rId179"/>
+    <hyperlink ref="D200" r:id="rId180"/>
+    <hyperlink ref="D201" r:id="rId181"/>
+    <hyperlink ref="D202" r:id="rId182"/>
+    <hyperlink ref="D203" r:id="rId183"/>
+    <hyperlink ref="D204" r:id="rId184"/>
+    <hyperlink ref="D205" r:id="rId185"/>
+    <hyperlink ref="D206" r:id="rId186"/>
+    <hyperlink ref="D207" r:id="rId187"/>
+    <hyperlink ref="D208" r:id="rId188"/>
+    <hyperlink ref="D209" r:id="rId189"/>
+    <hyperlink ref="D210" r:id="rId190"/>
+    <hyperlink ref="D211" r:id="rId191"/>
+    <hyperlink ref="D212" r:id="rId192"/>
     <hyperlink ref="D213" r:id="rId193"/>
     <hyperlink ref="D214" r:id="rId194"/>
     <hyperlink ref="D215" r:id="rId195"/>
     <hyperlink ref="D216" r:id="rId196"/>
     <hyperlink ref="D217" r:id="rId197"/>
-    <hyperlink ref="D218" r:id="rId198"/>
-[...28 lines deleted...]
-    <hyperlink ref="D247" r:id="rId227"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>