--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -8,214 +8,208 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="52">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Удлинители силовые на катушке</t>
   </si>
   <si>
     <t>1.1 Удлинитель на катушке REXANT</t>
   </si>
   <si>
+    <t>13-5014</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 30м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>11-7085</t>
   </si>
   <si>
     <t>Удлинитель-шнур на катушке REXANT ПВС 3х1.0, 50 м, 4 гнезда, с/з, 10 А, 2200 Вт, IP20, оранжевый (Сделано в России)</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Удлинитель-шнур на катушке REXANT ПВС 3х1.5, 50 м, 4 гнезда, с/з, 16 А, 3300 Вт, IP20, оранжевый (Сделано в России)</t>
+    <t>13-5015</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 40м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
+    <t>13-5011</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 30м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
   </si>
   <si>
     <t>13-5012</t>
   </si>
   <si>
     <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 40м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
   </si>
   <si>
+    <t>13-5013</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 50м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
     <t>13-5016</t>
   </si>
   <si>
     <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 50м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
   </si>
   <si>
-    <t>13-5014</t>
-[...22 lines deleted...]
-  <si>
     <t>1.2 Удлинитель на катушке PROconnect</t>
   </si>
   <si>
     <t>11-7604</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х1мм² PROconnect</t>
   </si>
   <si>
+    <t>11-7612</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х2,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7615</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х2,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7605</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х1мм² PROconnect</t>
+  </si>
+  <si>
     <t>11-7606</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х1мм² PROconnect</t>
   </si>
   <si>
+    <t>11-7607</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х1мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7608</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7609</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7610</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
     <t>11-7611</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х1,5мм² PROconnect</t>
   </si>
   <si>
-    <t>11-7612</t>
-[...4 lines deleted...]
-  <si>
     <t>11-7613</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х2,5мм² PROconnect</t>
   </si>
   <si>
-    <t>11-7615</t>
-[...4 lines deleted...]
-  <si>
     <t>11-7614</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х2,5мм² PROconnect</t>
-  </si>
-[...28 lines deleted...]
-    <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х1,5мм² PROconnect</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -600,56 +594,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-katushke-rexant-pvs-3h1-0-50-m-4-gnezda-s-z-10-a-2200-vt-ip20-oranzhevyy-sdelano-.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-katushke-rexant-pvs-3h1-5-50-m-4-gnezda-s-z-16-a-3300-vt-ip20-oranzhevyy-sdelano-.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h1mm-proconnect.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h1mm-proconnect.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h1-5mm-proconnect.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h2-5mm-proconnect.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h2-5mm-proconnect.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h2-5mm-proconnect.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h2-5mm-proconnect.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h1mm-proconnect.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h1mm-proconnect.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h1-5mm-proconnect.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h1-5mm-proconnect.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h1-5mm-proconnect.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h2-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-31422" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-katushke-rexant-pvs-3h1-0-50-m-4-gnezda-s-z-10-a-2200-vt-ip20-oranjeviy-sdelano-v-rossii-26295" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h2-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-31423" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h1-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-30559" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h1-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-30560" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h1-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-30561" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h2-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-31424" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20-m-3h1-mm-sup2-standart-proconnect-13728" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20-m-3h2-5-mm-sup2-professional-proconnect-14955" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50-m-3h2-5-mm-sup2-professional-proconnect-14956" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30-m-3h1-mm-sup2-standart-proconnect-13721" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40-m-3h1-mm-sup2-standart-proconnect-13717" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50-m-3h1-mm-sup2-standart-proconnect-13718" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20-m-3h1-5-mm-sup2-optima-proconnect-14962" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30-m-3h1-5-mm-sup2-optima-proconnect-14946" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40-m-3h1-5-mm-sup2-optima-proconnect-14950" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50-m-3h1-5-mm-sup2-optima-proconnect-14959" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30-m-3h2-5-mm-sup2-professional-proconnect-14953" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40-m-3h2-5-mm-sup2-professional-proconnect-14954" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I24"/>
+  <dimension ref="A1:I23"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -681,662 +675,632 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>7654.5</v>
+        <v>10462.56</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>3</v>
+        <v>104</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>10192.2</v>
+        <v>7654.5</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>9462.89</v>
+        <v>12589.66</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>179</v>
+        <v>30</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>14215.18</v>
+        <v>7247.48</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>171</v>
+        <v>7</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>9964.34</v>
+        <v>8516.6</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>137</v>
+        <v>113</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>10872.68</v>
+        <v>9676.68</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>143</v>
+        <v>110</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>2</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>8143.23</v>
+        <v>15210.24</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="3" t="s">
+      <c r="A11" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="C11" s="3">
-[...22 lines deleted...]
-      <c r="A12" s="2" t="s">
+      <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="2"/>
-[...6 lines deleted...]
-      <c r="I12" s="2"/>
+      <c r="C12" s="3">
+        <v>3599.42</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="3">
+        <v>6</v>
+      </c>
+      <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
+        <v>1</v>
+      </c>
+      <c r="I12" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>3599.42</v>
+        <v>6078.68</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>1</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>6146.34</v>
+        <v>13256.58</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>9237.06</v>
+        <v>4923.08</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>6078.68</v>
+        <v>6453.66</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>1</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>8163.75</v>
+        <v>7801.9</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>13256.58</v>
+        <v>4725.32</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>1</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>9778.46</v>
+        <v>5954.61</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>4923.08</v>
+        <v>7749.8</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>7430.39</v>
+        <v>9237.06</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
         <v>12</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>2</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>4500.31</v>
+        <v>8163.75</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>1</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>5954.61</v>
+        <v>9778.46</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A12:I12"/>
+    <mergeCell ref="A11:I11"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
-    <hyperlink ref="D11" r:id="rId8"/>
+    <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
-    <hyperlink ref="D24" r:id="rId20"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>