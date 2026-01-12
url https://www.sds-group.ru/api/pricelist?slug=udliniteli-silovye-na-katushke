--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -45,171 +45,171 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Удлинители силовые на катушке</t>
   </si>
   <si>
     <t>1.1 Удлинитель на катушке REXANT</t>
   </si>
   <si>
+    <t>11-7085</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на катушке REXANT ПВС 3х1.0, 50 м, 4 гнезда, с/з, 10 А, 2200 Вт, IP20, оранжевый (Сделано в России)</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>13-5015</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 40м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
+    <t>13-5016</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 50м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
+    <t>13-5011</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 30м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
+    <t>13-5012</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 40м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
+    <t>13-5013</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 50м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
     <t>13-5014</t>
   </si>
   <si>
     <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 30м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...40 lines deleted...]
-  <si>
     <t>1.2 Удлинитель на катушке PROconnect</t>
   </si>
   <si>
+    <t>11-7613</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х2,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7608</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7610</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7611</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7612</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х2,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7614</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х2,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7615</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х2,5мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7606</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х1мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7609</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
     <t>11-7604</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х1мм² PROconnect</t>
   </si>
   <si>
-    <t>11-7612</t>
-[...10 lines deleted...]
-  <si>
     <t>11-7605</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х1мм² PROconnect</t>
   </si>
   <si>
-    <t>11-7606</t>
-[...4 lines deleted...]
-  <si>
     <t>11-7607</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х1мм² PROconnect</t>
-  </si>
-[...34 lines deleted...]
-    <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х2,5мм² PROconnect</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -594,51 +594,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h2-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-31422" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-katushke-rexant-pvs-3h1-0-50-m-4-gnezda-s-z-10-a-2200-vt-ip20-oranjeviy-sdelano-v-rossii-26295" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h2-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-31423" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h1-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-30559" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h1-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-30560" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h1-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-30561" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h2-5mm-sup2-ip44-s-viklyuchatelem-c-zaschitnimi-krishkami-metallicheskaya-katushka-rexant-31424" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20-m-3h1-mm-sup2-standart-proconnect-13728" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20-m-3h2-5-mm-sup2-professional-proconnect-14955" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50-m-3h2-5-mm-sup2-professional-proconnect-14956" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30-m-3h1-mm-sup2-standart-proconnect-13721" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40-m-3h1-mm-sup2-standart-proconnect-13717" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50-m-3h1-mm-sup2-standart-proconnect-13718" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20-m-3h1-5-mm-sup2-optima-proconnect-14962" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30-m-3h1-5-mm-sup2-optima-proconnect-14946" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40-m-3h1-5-mm-sup2-optima-proconnect-14950" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50-m-3h1-5-mm-sup2-optima-proconnect-14959" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30-m-3h2-5-mm-sup2-professional-proconnect-14953" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40-m-3h2-5-mm-sup2-professional-proconnect-14954" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-katushke-rexant-pvs-3h1-0-50-m-4-gnezda-s-z-10-a-2200-vt-ip20-oranzhevyy-sdelano" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h1mm-proconnect" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I23"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -675,595 +675,595 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>10462.56</v>
+        <v>7784.63</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>104</v>
+        <v>1</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>7654.5</v>
+        <v>9602.76</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>12589.66</v>
+        <v>11601.6</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>7247.48</v>
+        <v>7370.69</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>7</v>
+        <v>42</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>2</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>8516.6</v>
+        <v>8661.38</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>2</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>9676.68</v>
+        <v>9841.18</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>2</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>15210.24</v>
+        <v>7980.32</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>101</v>
+        <v>76</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>1</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>3599.42</v>
+        <v>6642.03</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>6</v>
+        <v>63</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>1</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>6078.68</v>
+        <v>4805.65</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>1</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>13256.58</v>
+        <v>7881.55</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>4923.08</v>
+        <v>7515.27</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>6453.66</v>
+        <v>6182.02</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>1</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>7801.9</v>
+        <v>7756.86</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>2</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>4725.32</v>
+        <v>10111.45</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>1</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>5954.61</v>
+        <v>6563.37</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>1</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>7749.8</v>
+        <v>6055.84</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>9237.06</v>
+        <v>2745.46</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>8163.75</v>
+        <v>3755.08</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>1</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>9778.46</v>
+        <v>7934.53</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>2</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A11:I11"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>