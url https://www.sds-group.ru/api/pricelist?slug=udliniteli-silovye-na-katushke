--- v2 (2026-01-12)
+++ v3 (2026-02-26)
@@ -45,165 +45,165 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Удлинители силовые на катушке</t>
   </si>
   <si>
     <t>1.1 Удлинитель на катушке REXANT</t>
   </si>
   <si>
+    <t>13-5013</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 50м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>13-5014</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 30м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
+    <t>13-5016</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 50м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
+  </si>
+  <si>
     <t>11-7085</t>
   </si>
   <si>
     <t>Удлинитель-шнур на катушке REXANT ПВС 3х1.0, 50 м, 4 гнезда, с/з, 10 А, 2200 Вт, IP20, оранжевый (Сделано в России)</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>13-5012</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 40м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
   </si>
   <si>
     <t>13-5015</t>
   </si>
   <si>
     <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 40м, 3х2,5мм², IP44 с термозащитой, c защитными крышками, металлическая катушка REXANT</t>
   </si>
   <si>
-    <t>13-5016</t>
-[...4 lines deleted...]
-  <si>
     <t>13-5011</t>
   </si>
   <si>
     <t>Удлинитель силовой КГ на катушке 4 гнезда, с/з, 30м, 3х1,5мм², IP44 c защитными крышками, металлическая катушка REXANT</t>
   </si>
   <si>
-    <t>13-5012</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Удлинитель на катушке PROconnect</t>
   </si>
   <si>
+    <t>11-7610</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х1,5мм² PROconnect</t>
+  </si>
+  <si>
     <t>11-7613</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х2,5мм² PROconnect</t>
   </si>
   <si>
     <t>11-7608</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х1,5мм² PROconnect</t>
   </si>
   <si>
-    <t>11-7610</t>
-[...2 lines deleted...]
-    <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х1,5мм² PROconnect</t>
+    <t>11-7609</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х1,5мм² PROconnect</t>
   </si>
   <si>
     <t>11-7611</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х1,5мм² PROconnect</t>
   </si>
   <si>
     <t>11-7612</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х2,5мм² PROconnect</t>
   </si>
   <si>
     <t>11-7614</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х2,5мм² PROconnect</t>
   </si>
   <si>
     <t>11-7615</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х2,5мм² PROconnect</t>
   </si>
   <si>
+    <t>11-7604</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 20м 3х1мм² PROconnect</t>
+  </si>
+  <si>
+    <t>11-7605</t>
+  </si>
+  <si>
+    <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х1мм² PROconnect</t>
+  </si>
+  <si>
     <t>11-7606</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 40м 3х1мм² PROconnect</t>
-  </si>
-[...16 lines deleted...]
-    <t>Удлинитель силовой на катушке 4 гнезда с/з 30м 3х1мм² PROconnect</t>
   </si>
   <si>
     <t>11-7607</t>
   </si>
   <si>
     <t>Удлинитель силовой на катушке 4 гнезда с/з 50м 3х1мм² PROconnect</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -594,51 +594,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-katushke-rexant-pvs-3h1-0-50-m-4-gnezda-s-z-10-a-2200-vt-ip20-oranzhevyy-sdelano" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h2-5mm-ip44-s-termozaschitoy-c-zaschitnymi-kryshk" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-40m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-20m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-30m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-s-z-50m-3h1mm-proconnect" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-50m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-sz-30m-3h2-5mm-ip44-s-termozashchitoy-c-zashchitnymi-kryshkami-metallicheskaya-katushka-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-sz-50m-3h2-5mm-ip44-s-termozashchitoy-c-zashchitnymi-kryshkami-metallicheskaya-katushka-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-katushke-rexant-pvs-3h1-0-50-m-4-gnezda-sz-10-a-2200-vt-ip20-oranzhevyy-sdelano-v-rossii" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-40m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-sz-40m-3h2-5mm-ip44-s-termozashchitoy-c-zashchitnymi-kryshkami-metallicheskaya-katushka-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-kg-na-katushke-4-gnezda-s-z-30m-3h1-5mm-ip44-c-zaschitnymi-kryshkami-metallicheska" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-sz-40m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-sz-30m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-sz-20m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-sz-30m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-sz-50m-3h1-5mm-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-sz-20m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-sz-40m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-sz-50m-3h2-5mm-proconnect" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-sz-20m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-sz-30m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-sz-40m-3h1mm-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-silovoy-na-katushke-4-gnezda-sz-50m-3h1mm-proconnect" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I23"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -675,595 +675,595 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>7784.63</v>
+        <v>9841.18</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1</v>
+        <v>67</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>9602.76</v>
+        <v>7980.32</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
         <v>11601.6</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>7370.69</v>
+        <v>7784.63</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
         <v>8661.38</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>2</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>9841.18</v>
+        <v>9602.76</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>99</v>
+        <v>26</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>7980.32</v>
+        <v>7370.69</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>76</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>6642.03</v>
+        <v>7881.55</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>63</v>
+        <v>3</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>4805.65</v>
+        <v>6642.03</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>1</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>7881.55</v>
+        <v>4805.65</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>7515.27</v>
+        <v>6055.84</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>6182.02</v>
+        <v>7515.27</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>7756.86</v>
+        <v>6182.02</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>10111.45</v>
+        <v>7756.86</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>6563.37</v>
+        <v>10111.45</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>1</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>6055.84</v>
+        <v>2745.46</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>1</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>2745.46</v>
+        <v>3755.08</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>1</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>3755.08</v>
+        <v>6563.37</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>1</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
         <v>7934.53</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>2</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A11:I11"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>