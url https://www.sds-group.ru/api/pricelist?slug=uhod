--- v0 (2025-10-22)
+++ v1 (2025-12-09)
@@ -597,164 +597,164 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>314.87</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>60</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
         <v>452.32</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3">
         <v>3216.36</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>895</v>
+        <v>692</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>32</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="3">
         <v>2225.98</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>32</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A5:I5"/>
     <mergeCell ref="A7:I7"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D8" r:id="rId3"/>
     <hyperlink ref="D9" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>