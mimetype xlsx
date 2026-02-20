--- v1 (2025-12-09)
+++ v2 (2026-02-20)
@@ -507,51 +507,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kozirek-dlya-kupaniya-detey-goluboy-begemotik-halsa-29811" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fartuk-nagrudniy-dlya-kormleniya-s-jestkim-karmanom-zeleniy-s-rozovim-halsa-29809" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mashinka-dlya-strijki-volos-detskaya-belaya-halsa-26202" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mashinka-dlya-strijki-volos-detskaya-zelenaya-halsa-26203" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kozyrek-dlya-kupaniya-detey-goluboy-begemotik-halsa" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fartuk-nagrudnyy-dlya-kormleniya-s-zhestkim-karmanom-zelenyy-s-rozovym-halsa" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mashinka-dlya-strizhki-volos-detskaya-belaya-halsa" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mashinka-dlya-strizhki-volos-detskaya-zelenaya-halsa" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I9"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -588,164 +588,164 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>314.87</v>
+        <v>288.2</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>60</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>452.32</v>
+        <v>460.01</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>141</v>
+        <v>131</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3">
-        <v>3216.36</v>
+        <v>2943.93</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>692</v>
+        <v>710</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>32</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="3">
-        <v>2225.98</v>
+        <v>2037.44</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>3</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>32</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A5:I5"/>