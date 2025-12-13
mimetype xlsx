--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -42,180 +42,180 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Уход за автомобилем</t>
   </si>
   <si>
+    <t>80-0291</t>
+  </si>
+  <si>
+    <t>Щетка со скребком, 540мм, мягкая ручка REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>80-0809</t>
+  </si>
+  <si>
+    <t>Замша искусственная в тубе, 43х32см REXANT</t>
+  </si>
+  <si>
+    <t>80-0807</t>
+  </si>
+  <si>
+    <t>Микрофибра отрывная, 25х25см, 200 гр/м2, 30 шт. в рулоне REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>80-0801</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 30х30см, 200 гр/м2, 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>80-0805</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 40х40см, 600 гр/м2, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0810</t>
+  </si>
+  <si>
+    <t>Замша искусственная в тубе, 64х43см REXANT</t>
+  </si>
+  <si>
+    <t>80-0298</t>
+  </si>
+  <si>
+    <t>Распылитель (опрыскиватель) 2л REXANT</t>
+  </si>
+  <si>
+    <t>80-0292</t>
+  </si>
+  <si>
+    <t>Щетка со скребком, 635мм, мягкая ручка REXANT</t>
+  </si>
+  <si>
+    <t>80-0400</t>
+  </si>
+  <si>
+    <t>Разборная автомобильная лопата, оранжевая REXANT</t>
+  </si>
+  <si>
+    <t>80-0402</t>
+  </si>
+  <si>
+    <t>Лопата автомобильная REXANT</t>
+  </si>
+  <si>
+    <t>80-0800</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, плотность  25х25см, 200 гр/м2, 6 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0401</t>
+  </si>
+  <si>
+    <t>Разборная автомобильная лопата, черная REXANT</t>
+  </si>
+  <si>
+    <t>80-0802</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 30х30см, 250 гр/м2, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0804</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 35х40см, 300 гр/м2, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0808</t>
+  </si>
+  <si>
+    <t>Микрофибра в картонной коробке, 25х25см, 200 гр/м2, 30 шт. в коробке REXANT</t>
+  </si>
+  <si>
+    <t>80-0290</t>
+  </si>
+  <si>
+    <t>Щетка со скребком, 500мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0297</t>
+  </si>
+  <si>
+    <t>Распылитель (опрыскиватель) 1,5л REXANT</t>
+  </si>
+  <si>
     <t>80-0299</t>
   </si>
   <si>
     <t>Водосгон 270мм REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...83 lines deleted...]
-    <t>Микрофибра автомобильная, 40х40см, 600 гр/м2, 1 шт. REXANT</t>
+    <t>80-0803</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 35х40 см, 250гр/м2, 1 шт. REXANT</t>
   </si>
   <si>
     <t>80-0806</t>
   </si>
   <si>
     <t>Микрофибра автомобильная, 40х60см, 600 гр/м2, 1 шт. REXANT</t>
-  </si>
-[...31 lines deleted...]
-    <t>Микрофибра автомобильная, плотность  25х25см, 200 гр/м2, 6 шт. REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -600,51 +600,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vodosgon-270mm-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-opryskivatel-2l-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-opryskivatel-1-5l-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopata-avtomobilnaya-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-635mm-myagkaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-540mm-myagkaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-oranzhevaya-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-500mm-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-64h43sm-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-43h32sm-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-250-gr-m2-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-200-gr-m2-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h40sm-600-gr-m2-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h60sm-600-gr-m2-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-otryvnaya-25h25sm-200-gr-m2-30-sht-v-rulone-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-v-kartonnoy-korobke-25h25sm-200-gr-m2-30-sht-v-korobke-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40sm-300-gr-m2-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40-sm-250gr-m2-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-plotnost-25h25sm-200-gr-m2-6-sht-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-rexant-540-mm-myagkaya-ruchka-28712" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-43h32sm-rexant-31547" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-otrivnaya-25h25sm-200-gr-m2-30-sht-v-rulone-rexant-31853" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-200-gr-m2-10-sht-rexant-31847" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h40sm-600-gr-m2-1-sht-rexant-31851" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-64h43sm-rexant-31548" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-opriskivatel-2-litra-rexant-28820" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-rexant-635-mm-myagkaya-ruchka-28713" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-oranjevaya-rexant-28799" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopata-avtomobilnaya-rexant-28864" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-plotnost-25h25sm-200-gr-m2-6-sht-rexant-31846" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-chernaya-rexant-28800" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-250-gr-m2-2-sht-rexant-31848" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40sm-300-gr-m2-1-sht-rexant-31850" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-v-kartonnoy-korobke-25h25sm-200-gr-m2-30-sht-v-korobke-rexant-31854" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-rexant-500-mm-28711" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-opriskivatel-1-5-litra-rexant-28819" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vodosgon-rexant-270-mm-28714" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40-sm-250gr-m2-1-sht-rexant-31849" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h60sm-600-gr-m2-1-sht-rexant-31852" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I22"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -668,617 +668,617 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>160</v>
+        <v>376</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>3840</v>
+        <v>812</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>455</v>
+        <v>175</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1124</v>
+        <v>930</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>430</v>
+        <v>952.56</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>351</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>595</v>
+        <v>508.03</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>4528</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C7" s="3">
-        <v>1670</v>
+        <v>320</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1</v>
+        <v>125</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>16</v>
+        <v>160</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C8" s="3">
-        <v>474</v>
+        <v>285.77</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1482</v>
+        <v>2611</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C9" s="3">
-        <v>376</v>
+        <v>455</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1342</v>
+        <v>11</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C10" s="3">
-        <v>744</v>
+        <v>474</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>828</v>
+        <v>1429</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C11" s="3">
-        <v>186</v>
+        <v>744</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>2006</v>
+        <v>593</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C12" s="3">
-        <v>285.77</v>
+        <v>1670</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>3327</v>
+        <v>624</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C13" s="3">
-        <v>175</v>
+        <v>240</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F13" s="3">
-        <v>2352</v>
+        <v>4599</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C14" s="3">
-        <v>120</v>
+        <v>595</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>4140</v>
+        <v>245</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>320</v>
+        <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C15" s="3">
-        <v>508.03</v>
+        <v>120</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F15" s="3">
-        <v>4664</v>
+        <v>3569</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>36</v>
+        <v>320</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C16" s="3">
-        <v>320</v>
+        <v>115</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1431</v>
+        <v>4184</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>160</v>
+        <v>300</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C17" s="3">
-        <v>465</v>
+        <v>850</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>1668</v>
+        <v>784</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C18" s="3">
-        <v>952.56</v>
+        <v>186</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>750</v>
+        <v>1702</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="3">
-        <v>850</v>
+        <v>430</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>816</v>
+        <v>1617</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="3">
-        <v>115</v>
+        <v>160</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>4487</v>
+        <v>2658</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C21" s="3">
         <v>99</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>4702</v>
+        <v>4452</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>300</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C22" s="3">
-        <v>240</v>
+        <v>465</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>4675</v>
+        <v>1</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>