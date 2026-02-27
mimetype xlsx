--- v1 (2025-12-13)
+++ v2 (2026-02-27)
@@ -42,180 +42,180 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Уход за автомобилем</t>
   </si>
   <si>
+    <t>80-0299</t>
+  </si>
+  <si>
+    <t>Водосгон 270мм REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>80-0298</t>
+  </si>
+  <si>
+    <t>Распылитель (опрыскиватель) 2л REXANT</t>
+  </si>
+  <si>
+    <t>80-0400</t>
+  </si>
+  <si>
+    <t>Разборная автомобильная лопата, оранжевая REXANT</t>
+  </si>
+  <si>
+    <t>80-0401</t>
+  </si>
+  <si>
+    <t>Разборная автомобильная лопата, черная REXANT</t>
+  </si>
+  <si>
+    <t>80-0402</t>
+  </si>
+  <si>
+    <t>Лопата автомобильная REXANT</t>
+  </si>
+  <si>
+    <t>80-0804</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 35х40см, 300 гр/м2, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0806</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 40х60см, 600 гр/м2, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0808</t>
+  </si>
+  <si>
+    <t>Микрофибра в картонной коробке, 25х25см, 200 гр/м2, 30 шт. в коробке REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
     <t>80-0291</t>
   </si>
   <si>
     <t>Щетка со скребком, 540мм, мягкая ручка REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>80-0292</t>
+  </si>
+  <si>
+    <t>Щетка со скребком, 635мм, мягкая ручка REXANT</t>
+  </si>
+  <si>
+    <t>80-0297</t>
+  </si>
+  <si>
+    <t>Распылитель (опрыскиватель) 1,5л REXANT</t>
+  </si>
+  <si>
+    <t>80-0810</t>
+  </si>
+  <si>
+    <t>Замша искусственная в тубе, 64х43см REXANT</t>
+  </si>
+  <si>
+    <t>80-0800</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, плотность  25х25см, 200 гр/м2, 6 шт. REXANT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>80-0801</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 30х30см, 200 гр/м2, 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0802</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 30х30см, 250 гр/м2, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0803</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 35х40 см, 250гр/м2, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0805</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 40х40см, 600 гр/м2, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0807</t>
+  </si>
+  <si>
+    <t>Микрофибра отрывная, 25х25см, 200 гр/м2, 30 шт. в рулоне REXANT</t>
   </si>
   <si>
     <t>80-0809</t>
   </si>
   <si>
     <t>Замша искусственная в тубе, 43х32см REXANT</t>
   </si>
   <si>
-    <t>80-0807</t>
-[...82 lines deleted...]
-  <si>
     <t>80-0290</t>
   </si>
   <si>
     <t>Щетка со скребком, 500мм REXANT</t>
-  </si>
-[...22 lines deleted...]
-    <t>Микрофибра автомобильная, 40х60см, 600 гр/м2, 1 шт. REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -600,51 +600,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-rexant-540-mm-myagkaya-ruchka-28712" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-43h32sm-rexant-31547" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-otrivnaya-25h25sm-200-gr-m2-30-sht-v-rulone-rexant-31853" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-200-gr-m2-10-sht-rexant-31847" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h40sm-600-gr-m2-1-sht-rexant-31851" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-64h43sm-rexant-31548" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-opriskivatel-2-litra-rexant-28820" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-rexant-635-mm-myagkaya-ruchka-28713" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-oranjevaya-rexant-28799" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopata-avtomobilnaya-rexant-28864" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-plotnost-25h25sm-200-gr-m2-6-sht-rexant-31846" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-chernaya-rexant-28800" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-250-gr-m2-2-sht-rexant-31848" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40sm-300-gr-m2-1-sht-rexant-31850" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-v-kartonnoy-korobke-25h25sm-200-gr-m2-30-sht-v-korobke-rexant-31854" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-rexant-500-mm-28711" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-opriskivatel-1-5-litra-rexant-28819" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vodosgon-rexant-270-mm-28714" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40-sm-250gr-m2-1-sht-rexant-31849" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h60sm-600-gr-m2-1-sht-rexant-31852" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vodosgon-270mm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-opryskivatel-2l-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-oranzhevaya-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-chernaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopata-avtomobilnaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40sm-300-grm2-1-sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h60sm-600-grm2-1-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-v-kartonnoy-korobke-25h25sm-200-grm2-30-sht-v-korobke-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-so-skrebkom-540mm-myagkaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-so-skrebkom-635mm-myagkaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-opryskivatel-1-5l-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-64h43sm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-plotnost-25h25sm-200-grm2-6-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-200-grm2-10-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-250-grm2-2-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40-sm-250grm2-1-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h40sm-600-grm2-1-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-otryvnaya-25h25sm-200-grm2-30-sht-v-rulone-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-43h32sm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-so-skrebkom-500mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I22"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -668,620 +668,620 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>376</v>
+        <v>162.72</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>812</v>
+        <v>1900</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>175</v>
+        <v>462.74</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>930</v>
+        <v>660</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>952.56</v>
+        <v>756.65</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>351</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>508.03</v>
+        <v>605.11</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>4528</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>320</v>
+        <v>1698.39</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>125</v>
+        <v>693</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>160</v>
+        <v>16</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>285.77</v>
+        <v>116.96</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2611</v>
+        <v>3876</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>455</v>
+        <v>472.91</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="3">
+        <v>864.45</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>1429</v>
+        <v>642</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>30</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>744</v>
+        <v>382.39</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>593</v>
+        <v>374</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>1670</v>
+        <v>482.06</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>624</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>240</v>
+        <v>437.31</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>4599</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>80</v>
+        <v>12</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>595</v>
+        <v>290.63</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>245</v>
+        <v>2189</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="C15" s="3">
+        <v>244.08</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="C15" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>3569</v>
+        <v>4256</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>320</v>
+        <v>80</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="3">
-        <v>115</v>
+        <v>516.67</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>4184</v>
+        <v>4379</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>300</v>
+        <v>36</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="3">
-        <v>850</v>
+        <v>122.04</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>784</v>
+        <v>3093</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>30</v>
+        <v>320</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="3">
-        <v>186</v>
+        <v>100.68</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1702</v>
+        <v>4111</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>40</v>
+        <v>300</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="3">
-        <v>430</v>
+        <v>325.44</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1617</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>12</v>
+        <v>160</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="3">
-        <v>160</v>
+        <v>968.75</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F20" s="3">
-        <v>2658</v>
+        <v>191</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C21" s="3">
-        <v>99</v>
+        <v>177.98</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>4452</v>
+        <v>471</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C22" s="3">
-        <v>465</v>
+        <v>189.16</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1</v>
+        <v>258</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>