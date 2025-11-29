--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -54,138 +54,138 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Ultra</t>
   </si>
   <si>
     <t>51-0504-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 2,5м², 0,5х5м, 550Вт REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>51-0502-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 1,5м², 0,5х3м, 330Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 9м², 0,5х18м, 1980Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0505-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 3м², 0,5х6м, 660Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0518-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол  Ultra RXM 220 15м², 0,5х30м, 3300Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0503-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 2м², 0,5х4м, 440Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0508-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 5 м², 0,5х10м, 1100Вт REXANT</t>
   </si>
   <si>
-    <t>51-0512-4</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0506-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 3,5м², 0,5х7м, 770Вт REXANT</t>
   </si>
   <si>
+    <t>51-0501-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 1м², 0,5х2м, 220Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 4м², 0,5х8м, 880Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 10м², 0,5х20м, 2200Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0515-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 12м², 0,5х24м, 2640Вт REXANT</t>
   </si>
   <si>
+    <t>51-0510-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 7м², 0,5х14м, 1540Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0509-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 6м², 0,5х12м, 1320Вт REXANT</t>
   </si>
   <si>
-    <t>51-0501-4</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0511-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 8м², 0,5х16м, 1760Вт REXANT</t>
   </si>
   <si>
-    <t>51-0503-4</t>
-[...34 lines deleted...]
-  <si>
     <t>51-0517-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 14м², 0,5х28м, 3080Вт REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Пленочный теплый пол  Ultra RXM 220 15м², 0,5х30м, 3300Вт REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -570,51 +570,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2-5m-0-5h5m-550vt-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-5-m-0-5h10m-1100vt-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-9m-0-5h18m-1980vt-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3-5m-0-5h7m-770vt-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-12m-0-5h24m-2640vt-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-6m-0-5h12m-1320vt-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1m-0-5h2m-220vt-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-8m-0-5h16m-1760vt-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2m-0-5h4m-440vt-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1-5m-0-5h3m-330vt-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3m-0-5h6m-660vt-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-4m-0-5h8m-880vt-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-7m-0-5h14m-1540vt-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-10m-0-5h20m-2200vt-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-14m-0-5h28m-3080vt-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-15m-0-5h30m-3300vt-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-2-5m-sup2-0-5h5m-550vt-rexant-12428" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-1-5m-sup2-0-5h3m-330vt-rexant-12436" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-9m-sup2-0-5h18m-1980vt-rexant-12427" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-3m-sup2-0-5h6m-660vt-rexant-12429" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-15m-sup2-0-5h30m-3300vt-rexant-12440" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-2m-sup2-0-5h4m-440vt-rexant-12430" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-5-m-sup2-0-5h10m-1100vt-rexant-12439" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-3-5m-sup2-0-5h7m-770vt-rexant-12431" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-1m-sup2-0-5h2m-220vt-rexant-12435" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-4m-sup2-0-5h8m-880vt-rexant-12438" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-10m-sup2-0-5h20m-2200vt-rexant-12441" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-12m-sup2-0-5h24m-2640vt-rexant-12434" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-7m-sup2-0-5h14m-1540vt-rexant-12432" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-6m-sup2-0-5h12m-1320vt-rexant-12442" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-8m-sup2-0-5h16m-1760vt-rexant-12437" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-14m-sup2-0-5h28m-3080vt-rexant-12433" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I18"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -647,486 +647,486 @@
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
         <v>5200</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>1</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>9495.19</v>
+        <v>3700</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
         <v>17484.5</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>7300</v>
+        <v>6500</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>22400</v>
+        <v>31000</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>12000</v>
+        <v>4650</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>1</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>2850</v>
+        <v>9495.19</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>83</v>
+        <v>21</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>1</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>15524.74</v>
+        <v>7300</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>1</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>4650</v>
+        <v>2850</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>118</v>
+        <v>77</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>1</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>3700</v>
+        <v>8000</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>1</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>6500</v>
+        <v>17500</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>53</v>
+        <v>9</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>1</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>8000</v>
+        <v>22400</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
         <v>14000</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
         <v>24</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>17500</v>
+        <v>12000</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>17</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>1</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>29000</v>
+        <v>15524.74</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>1</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>31000</v>
+        <v>29000</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>1</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>