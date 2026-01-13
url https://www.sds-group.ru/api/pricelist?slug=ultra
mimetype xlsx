--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,144 +42,144 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Ultra</t>
   </si>
   <si>
+    <t>51-0518-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол  Ultra RXM 220 15м², 0,5х30м, 3300Вт REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>51-0503-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 2м², 0,5х4м, 440Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0502-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 1,5м², 0,5х3м, 330Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0504-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 2,5м², 0,5х5м, 550Вт REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Пленочный теплый пол Ultra RXM 220 1,5м², 0,5х3м, 330Вт REXANT</t>
+    <t>51-0505-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 3м², 0,5х6м, 660Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0506-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 3,5м², 0,5х7м, 770Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 4м², 0,5х8м, 880Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0510-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 7м², 0,5х14м, 1540Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0511-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 8м², 0,5х16м, 1760Вт REXANT</t>
   </si>
   <si>
     <t>51-0512-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 9м², 0,5х18м, 1980Вт REXANT</t>
   </si>
   <si>
-    <t>51-0505-4</t>
-[...14 lines deleted...]
-    <t>Пленочный теплый пол Ultra RXM 220 2м², 0,5х4м, 440Вт REXANT</t>
+    <t>51-0513-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 10м², 0,5х20м, 2200Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 12м², 0,5х24м, 2640Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0509-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 6м², 0,5х12м, 1320Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 1м², 0,5х2м, 220Вт REXANT</t>
   </si>
   <si>
     <t>51-0508-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 5 м², 0,5х10м, 1100Вт REXANT</t>
-  </si>
-[...46 lines deleted...]
-    <t>Пленочный теплый пол Ultra RXM 220 8м², 0,5х16м, 1760Вт REXANT</t>
   </si>
   <si>
     <t>51-0517-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 14м², 0,5х28м, 3080Вт REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -570,51 +570,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-2-5m-sup2-0-5h5m-550vt-rexant-12428" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-1-5m-sup2-0-5h3m-330vt-rexant-12436" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-9m-sup2-0-5h18m-1980vt-rexant-12427" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-3m-sup2-0-5h6m-660vt-rexant-12429" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-15m-sup2-0-5h30m-3300vt-rexant-12440" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-2m-sup2-0-5h4m-440vt-rexant-12430" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-5-m-sup2-0-5h10m-1100vt-rexant-12439" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-3-5m-sup2-0-5h7m-770vt-rexant-12431" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-1m-sup2-0-5h2m-220vt-rexant-12435" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-4m-sup2-0-5h8m-880vt-rexant-12438" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-10m-sup2-0-5h20m-2200vt-rexant-12441" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-12m-sup2-0-5h24m-2640vt-rexant-12434" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-7m-sup2-0-5h14m-1540vt-rexant-12432" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-6m-sup2-0-5h12m-1320vt-rexant-12442" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-8m-sup2-0-5h16m-1760vt-rexant-12437" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochniy-tepliy-pol-ultra-rxm-220-14m-sup2-0-5h28m-3080vt-rexant-12433" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-15m-0-5h30m-3300vt-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1-5m-0-5h3m-330vt-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2-5m-0-5h5m-550vt-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3-5m-0-5h7m-770vt-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-7m-0-5h14m-1540vt-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-8m-0-5h16m-1760vt-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-9m-0-5h18m-1980vt-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-10m-0-5h20m-2200vt-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-12m-0-5h24m-2640vt-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-6m-0-5h12m-1320vt-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-5-m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-14m-0-5h28m-3080vt-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I18"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -638,495 +638,495 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>5200</v>
+        <v>31527</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>23</v>
+        <v>5</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>1</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>3700</v>
+        <v>4729.05</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>17484.5</v>
+        <v>3762.9</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>6500</v>
+        <v>5288.4</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>31000</v>
+        <v>6610.5</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>6</v>
+        <v>39</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>4650</v>
+        <v>7424.1</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>98</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>1</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>9495.19</v>
+        <v>8136</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>1</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>7300</v>
+        <v>14238</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>1</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>2850</v>
+        <v>15788.66</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>1</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>8000</v>
+        <v>17781.74</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>1</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>17500</v>
+        <v>17797.5</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>1</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>22400</v>
+        <v>22780.8</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>14000</v>
+        <v>12204</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>12000</v>
+        <v>2898.45</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>1</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>15524.74</v>
+        <v>9656.61</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>1</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>29000</v>
+        <v>29493</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>1</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>