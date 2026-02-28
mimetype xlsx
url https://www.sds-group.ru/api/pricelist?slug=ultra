--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -42,150 +42,150 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Ultra</t>
   </si>
   <si>
+    <t>51-0503-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 2м², 0,5х4м, 440Вт REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>51-0504-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 2,5м², 0,5х5м, 550Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0505-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 3м², 0,5х6м, 660Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0506-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 3,5м², 0,5х7м, 770Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 4м², 0,5х8м, 880Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0508-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 5 м², 0,5х10м, 1100Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0510-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 7м², 0,5х14м, 1540Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0511-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 8м², 0,5х16м, 1760Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 1м², 0,5х2м, 220Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0502-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 1,5м², 0,5х3м, 330Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0509-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 6м², 0,5х12м, 1320Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 9м², 0,5х18м, 1980Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 10м², 0,5х20м, 2200Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 12м², 0,5х24м, 2640Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0517-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 14м², 0,5х28м, 3080Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0518-4</t>
   </si>
   <si>
-    <t>Пленочный теплый пол  Ultra RXM 220 15м², 0,5х30м, 3300Вт REXANT</t>
-[...95 lines deleted...]
-    <t>Пленочный теплый пол Ultra RXM 220 14м², 0,5х28м, 3080Вт REXANT</t>
+    <t>Пленочный теплый пол Ultra RXM 220 15м², 0,5х30м, 3300Вт REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -570,51 +570,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-15m-0-5h30m-3300vt-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1-5m-0-5h3m-330vt-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2-5m-0-5h5m-550vt-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3-5m-0-5h7m-770vt-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-7m-0-5h14m-1540vt-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-8m-0-5h16m-1760vt-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-9m-0-5h18m-1980vt-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-10m-0-5h20m-2200vt-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-12m-0-5h24m-2640vt-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-6m-0-5h12m-1320vt-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-5-m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-14m-0-5h28m-3080vt-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2-5m-0-5h5m-550vt-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3-5m-0-5h7m-770vt-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-5-m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-7m-0-5h14m-1540vt-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-8m-0-5h16m-1760vt-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1-5m-0-5h3m-330vt-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-6m-0-5h12m-1320vt-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-9m-0-5h18m-1980vt-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-10m-0-5h20m-2200vt-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-12m-0-5h24m-2640vt-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-14m-0-5h28m-3080vt-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-15m-0-5h30m-3300vt-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I18"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -638,495 +638,495 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>31527</v>
+        <v>4729.05</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>5</v>
+        <v>98</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>1</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>4729.05</v>
+        <v>5288.4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>3762.9</v>
+        <v>6610.5</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>5288.4</v>
+        <v>7424.1</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>6610.5</v>
+        <v>8136</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>7424.1</v>
+        <v>9656.61</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>1</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>8136</v>
+        <v>14238</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>1</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>14238</v>
+        <v>15788.66</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
         <v>21</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>1</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>15788.66</v>
+        <v>2898.45</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>1</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>17781.74</v>
+        <v>3762.9</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>1</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>17797.5</v>
+        <v>12204</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>1</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>22780.8</v>
+        <v>17781.74</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>12204</v>
+        <v>17797.5</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>2898.45</v>
+        <v>22780.8</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>65</v>
+        <v>32</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>1</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>9656.61</v>
+        <v>29493</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>1</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>29493</v>
+        <v>31527</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>1</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>