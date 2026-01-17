--- v0 (2025-11-29)
+++ v1 (2026-01-17)
@@ -54,222 +54,222 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Универсальные мультиметры</t>
   </si>
   <si>
     <t>13-3026</t>
   </si>
   <si>
     <t>Мультиметр универсальный P9205М PROconnect</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>13-2052</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY65N MASTECH</t>
+  </si>
+  <si>
+    <t>13-2019</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY62N MASTECH</t>
+  </si>
+  <si>
+    <t>13-2070</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8233D MASTECH</t>
+  </si>
+  <si>
+    <t>13-2014</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8233A MASTECH</t>
+  </si>
+  <si>
+    <t>13-2015</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8233C MASTECH</t>
+  </si>
+  <si>
+    <t>13-2016</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8233B MASTECH</t>
+  </si>
+  <si>
+    <t>13-2005</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY64 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2051</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY63N MASTECH</t>
+  </si>
+  <si>
+    <t>13-2054</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY64N MASTECH</t>
+  </si>
+  <si>
+    <t>13-2013</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8233E MASTECH</t>
+  </si>
+  <si>
     <t>13-2058</t>
   </si>
   <si>
     <t>Универсальный мультиметр MY68 MASTECH</t>
   </si>
   <si>
-    <t>13-2051</t>
-[...4 lines deleted...]
-  <si>
     <t>13-2056</t>
   </si>
   <si>
     <t>Универсальный мультиметр MS8221С MASTECH</t>
   </si>
   <si>
-    <t>13-2019</t>
-[...34 lines deleted...]
-  <si>
     <t>13-2053</t>
   </si>
   <si>
     <t>Универсальный мультиметр MY61N MASTECH</t>
   </si>
   <si>
-    <t>13-2014</t>
-[...14 lines deleted...]
-    <t>Универсальный мультиметр MS8233B MASTECH</t>
+    <t>13-1020</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 58A</t>
+  </si>
+  <si>
+    <t>13-1022</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 58B</t>
+  </si>
+  <si>
+    <t>13-1024</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 58D</t>
+  </si>
+  <si>
+    <t>13-0068</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT39E+</t>
   </si>
   <si>
     <t>13-0071</t>
   </si>
   <si>
     <t>Мультиметр универсальный UNI-T UT890D+</t>
   </si>
   <si>
-    <t>13-0068</t>
-[...4 lines deleted...]
-  <si>
     <t>13-0076</t>
   </si>
   <si>
     <t>Мультиметр универсальный UNI-T UT89XD</t>
   </si>
   <si>
+    <t>13-1028</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 139С</t>
+  </si>
+  <si>
+    <t>13-1029</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 139S</t>
+  </si>
+  <si>
+    <t>13-0066</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT39A+</t>
+  </si>
+  <si>
+    <t>13-0067</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT39С+</t>
+  </si>
+  <si>
+    <t>13-0069</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT136C+</t>
+  </si>
+  <si>
+    <t>13-0077</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT89XE</t>
+  </si>
+  <si>
+    <t>13-1025</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 58E</t>
+  </si>
+  <si>
     <t>13-0070</t>
   </si>
   <si>
     <t>Мультиметр универсальный UNI-T UT890C</t>
   </si>
   <si>
-    <t>13-0066</t>
-[...2 lines deleted...]
-    <t>Мультиметр универсальный UNI-T UT39A+</t>
+    <t>13-0075</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT89X</t>
   </si>
   <si>
     <t>13-1023</t>
   </si>
   <si>
     <t>Универсальный мультиметр UNI-T UT 58C</t>
-  </si>
-[...58 lines deleted...]
-    <t>Мультиметр универсальный UNI-T UT89XE</t>
   </si>
   <si>
     <t>13-3151</t>
   </si>
   <si>
     <t>Мультиметр универсальный R135D REXANT</t>
   </si>
   <si>
     <t>13-3154</t>
   </si>
   <si>
     <t>Мультиметр универсальный R132С REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -666,51 +666,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-p9205m-proconnect-31376" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my68-mastech-12503" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my63n-mastech-11803" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8221s-mastech-14963" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my62n-mastech-6916" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my65n-mastech-11802" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8233e-mastech-6910" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my64-mastech-6929" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8233d-mastech-25599" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my64n-mastech-25601" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my61n-mastech-25600" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8233a-mastech-6911" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8233c-mastech-6912" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8233b-mastech-6913" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut890d-30681" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut39e-30678" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut89xd-30683" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut890c-30680" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut39a-30676" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-58c-12030" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-58b-12033" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut89x-30682" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-139s-21597" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-139s-1-21598" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-58a-12032" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-58d-12035" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-58e-12034" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut39s-30677" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut136c-30679" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut89xe-30684" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-r135d-rexant-31502" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-r132s-rexant-31501" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-p9205m-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my65n-mastech" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my62n-mastech" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233d-mastech" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233a-mastech" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233c-mastech" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233b-mastech" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my64-mastech" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my63n-mastech" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my64n-mastech" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233e-mastech" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my68-mastech" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8221s-mastech" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my61n-mastech" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58a" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58b" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58d" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut39e" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut890d" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut89xd" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-139s" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-139s-2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut39a" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut39s" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut136c" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut89xe" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58e" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut890c" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut89x" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58c" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-r135d-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-r132s-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I34"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -734,959 +734,959 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1180</v>
+        <v>1200.06</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>520</v>
+        <v>420</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>40</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>4800</v>
+        <v>8947.71</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>157</v>
+        <v>425</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>20</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>5720.08</v>
+        <v>4881.6</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>479</v>
+        <v>843</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>4200</v>
+        <v>4169.7</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>435</v>
+        <v>79</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>4800</v>
+        <v>2847.6</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>921</v>
+        <v>238</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>8798.14</v>
+        <v>3783.24</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>432</v>
+        <v>262</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>3750</v>
+        <v>3254.4</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>221</v>
+        <v>721</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>5701.08</v>
+        <v>5798</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>4100</v>
+        <v>5817.32</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>91</v>
+        <v>403</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>4850</v>
+        <v>4932.45</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>5187.97</v>
+        <v>3813.75</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>144</v>
+        <v>194</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>2800</v>
+        <v>4881.6</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>262</v>
+        <v>91</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>20</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>3720</v>
+        <v>4271.4</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>255</v>
+        <v>360</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>3200</v>
+        <v>5276.17</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>765</v>
+        <v>122</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>3600</v>
+        <v>6712.2</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>95</v>
+        <v>181</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>40</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>6400</v>
+        <v>7017.3</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>88</v>
+        <v>101</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>5100</v>
+        <v>8136</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2</v>
+        <v>186</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>20</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>4000</v>
+        <v>6508.8</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>88</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>1</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>3200</v>
+        <v>3661.2</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>6580</v>
+        <v>5186.7</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>265</v>
+        <v>1</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>20</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>6900</v>
+        <v>8034.3</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>4800</v>
+        <v>11695.5</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>97</v>
+        <v>116</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>20</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>7900</v>
+        <v>3254.4</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>137</v>
+        <v>5</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>11500</v>
+        <v>3457.8</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>119</v>
+        <v>257</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>6600</v>
+        <v>4576.5</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>202</v>
+        <v>42</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>8000</v>
+        <v>10780.2</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>192</v>
+        <v>5</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>20</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>12000</v>
+        <v>12204</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>40</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>3400</v>
+        <v>4068</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>279</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>4500</v>
+        <v>4881.6</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>10600</v>
+        <v>6691.86</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>5</v>
+        <v>257</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>20</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>3680</v>
+        <v>3742.56</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>239</v>
+        <v>193</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>40</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>4948.16</v>
+        <v>5032.28</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>403</v>
+        <v>197</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>40</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>