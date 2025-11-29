--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -8,196 +8,202 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="55">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 USB разветвители/переходники</t>
   </si>
   <si>
     <t>1.1 USB HUB</t>
   </si>
   <si>
+    <t>18-4106</t>
+  </si>
+  <si>
+    <t>Разветвитель REXANT 4 USB-port серебристый</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>18-4121</t>
+  </si>
+  <si>
+    <t>Разветвитель USB на 3 порта+картридер (все в одном) черный REXANT</t>
+  </si>
+  <si>
+    <t>18-4107</t>
+  </si>
+  <si>
+    <t>Разветвитель USB на 7 портов черный REXANT</t>
+  </si>
+  <si>
+    <t>18-4105</t>
+  </si>
+  <si>
+    <t>Разветвитель USB 2.0 на 4 порта REXANT</t>
+  </si>
+  <si>
+    <t>18-4105-1</t>
+  </si>
+  <si>
+    <t>Разветвитель USB 2.0 на 4 порта белый REXANT</t>
+  </si>
+  <si>
     <t>18-4103</t>
   </si>
   <si>
     <t>Разветвитель USB на 4 порта черный REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...28 lines deleted...]
-  <si>
     <t>18-4103-1</t>
   </si>
   <si>
     <t>Разветвитель USB на 4 порта белый REXANT</t>
   </si>
   <si>
     <t>1.2 Type-C HUB</t>
   </si>
   <si>
     <t>18-4151</t>
   </si>
   <si>
     <t>Разветвитель USB Type-C на 4 порта: 1xHDMI/2xUSB/1xType-C PD REXANT</t>
   </si>
   <si>
     <t>1.3 Переходники</t>
   </si>
   <si>
+    <t>18-7080</t>
+  </si>
+  <si>
+    <t>Кабель-переходник c USB-C на AUX 3,5 мм REXANT</t>
+  </si>
+  <si>
+    <t>18-7081</t>
+  </si>
+  <si>
+    <t>Переходник USB универсальный OTG – Type-C REXANT</t>
+  </si>
+  <si>
+    <t>18-4150</t>
+  </si>
+  <si>
+    <t>Переходник Type-C (Male) - HDMI (Female) REXANT</t>
+  </si>
+  <si>
     <t>18-4152</t>
   </si>
   <si>
     <t>Переходник Lightning (Male) - HDMI (Female) REXANT</t>
   </si>
   <si>
+    <t>18-0175</t>
+  </si>
+  <si>
+    <t>Кабель-переходник Lightning на AUX гн. 3,5 мм REXANT</t>
+  </si>
+  <si>
     <t>18-1176</t>
   </si>
   <si>
     <t>USB удлинитель по витой паре (8p8c) REXANT</t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
-    <t>18-4150</t>
-[...10 lines deleted...]
-  <si>
     <t>11-1071</t>
   </si>
   <si>
     <t>Адаптер АС 220V - DC 12V  прикуриватель REXANT</t>
   </si>
   <si>
     <t>16-0601</t>
   </si>
   <si>
     <t>Адаптер DC 12 V-гнездо USB-A 5 V 3 A REXANT</t>
   </si>
   <si>
     <t>18-1175</t>
   </si>
   <si>
     <t>Переходник гнездо USB-A (Female)-штекер miniUSB (Male) REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Кабель-переходник c USB-C на AUX 3,5 мм REXANT</t>
   </si>
   <si>
     <t>1.4 Картридер</t>
   </si>
   <si>
     <t>18-4118</t>
   </si>
   <si>
     <t>Картридер REXANT Type-C для SDXC/SDHC/SD/MMC</t>
   </si>
   <si>
     <t>18-4110</t>
   </si>
   <si>
     <t>USB картридер REXANT для microSD/microSDHC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
@@ -597,56 +603,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-7-portov-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-3-porta-kartrider-vse-v-odnom-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-type-c-na-4-porta-1xhdmi-2xusb-1xtype-c-pd-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-lightning-male-hdmi-female-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-udlinitel-po-vitoy-pare-8p8c-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-type-c-male-hdmi-female-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-lightning-na-aux-gn-3-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-as-220v-dc-12v-prikurivatel-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dc-12-v-gnezdo-usb-a-5-v-3-a-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-usb-a-female-shteker-miniusb-male-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-usb-universalnyy-otg-type-c-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-c-usb-c-na-aux-3-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kartrider-rexant-type-c-dlya-sdxc-sdhc-sd-mmc.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kartrider-rexant-dlya-microsd-microsdhc.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-rexant-4-usb-port-serebristiy-27165" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-3-porta-kartrider-vse-v-odnom-cherniy-rexant-14146" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-7-portov-cherniy-rexant-14147" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-rexant-18366" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-beliy-rexant-18454" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-cherniy-rexant-9255" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-beliy-rexant-9256" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-type-c-na-4-porta-1xhdmi-2xusb-1xtype-c-pd-rexant-26081" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-c-usb-c-na-aux-3-5-mm-rexant-31385" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-usb-universalniy-otg-type-c-rexant-31386" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-type-c-male-hdmi-female-rexant-26080" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-lightning-male-hdmi-female-rexant-26082" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-s-iphone-5-6-7-8-x-modeley-na-aux-gn-3-5-mm-rexant-23700" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-udlinitel-po-vitoy-pare-8p8c-rexant-11538" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-as-220v-dc-12v-prikurivatel-rexant-9382" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dc-12-v-gnezdo-usb-a-5-v-3-a-rexant-11377" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-usb-a-female-shteker-miniusb-male-rexant-4495" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kartrider-rexant-type-c-dlya-sdxc-sdhc-sd-mmc-27167" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kartrider-rexant-dlya-microsd-microsdhc-14038" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I24"/>
+  <dimension ref="A1:I25"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -678,630 +684,660 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>633.86</v>
+        <v>1000</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>2592</v>
+        <v>728</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>571.54</v>
+        <v>1174.82</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>3465</v>
+        <v>2715</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>125</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>408.48</v>
+        <v>514.39</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1495</v>
+        <v>2705</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>125</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1174.82</v>
+        <v>400.34</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>2848</v>
+        <v>8217</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>400.34</v>
+        <v>388.06</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>8394</v>
+        <v>1411</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>443.26</v>
+        <v>633.86</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1932</v>
+        <v>2599</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="2" t="s">
+      <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="2"/>
-[...6 lines deleted...]
-      <c r="I10" s="2"/>
+      <c r="B10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="3">
+        <v>443.26</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" s="3">
+        <v>29</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>200</v>
+      </c>
+      <c r="I10" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="3" t="s">
+      <c r="A11" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="C11" s="3">
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="3">
         <v>1208.39</v>
       </c>
-      <c r="D11" s="4" t="s">
-[...11 lines deleted...]
-      <c r="H11" s="3">
+      <c r="D12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="3">
+        <v>6</v>
+      </c>
+      <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
         <v>200</v>
       </c>
-      <c r="I11" s="3">
-[...14 lines deleted...]
-      <c r="I12" s="2"/>
+      <c r="I12" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="3" t="s">
+      <c r="A13" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="C13" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>1032.43</v>
+        <v>410</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>2218</v>
+        <v>2900</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>183</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>845.51</v>
+        <v>398.74</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>776</v>
+        <v>5484</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>183</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>468.66</v>
+        <v>845.51</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1112</v>
+        <v>736</v>
       </c>
       <c r="G16" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>350</v>
+        <v>1510.79</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>679</v>
+        <v>1018</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>1131.46</v>
+        <v>468.66</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1421</v>
+        <v>1042</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
         <v>500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="C19" s="3">
+        <v>1032.43</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="C19" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>850</v>
+        <v>2004</v>
       </c>
       <c r="G19" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>398.74</v>
+        <v>350</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>5560</v>
+        <v>544</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>183</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>865.5</v>
+        <v>699</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>3016</v>
+        <v>1371</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>183</v>
+        <v>500</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="2" t="s">
+      <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="2"/>
-[...6 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="B22" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C22" s="3">
+        <v>19.61</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="3">
+        <v>750</v>
+      </c>
+      <c r="G22" s="3">
+        <v>50</v>
+      </c>
+      <c r="H22" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I22" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B23" s="3" t="s">
+      <c r="A23" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="C23" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
+        <v>762.05</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" s="3">
+        <v>1195</v>
+      </c>
+      <c r="G24" s="3">
+        <v>1</v>
+      </c>
+      <c r="H24" s="3">
+        <v>300</v>
+      </c>
+      <c r="I24" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C25" s="3">
         <v>140.27</v>
       </c>
-      <c r="D24" s="4" t="s">
-[...11 lines deleted...]
-      <c r="H24" s="3">
+      <c r="D25" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F25" s="3">
+        <v>2589</v>
+      </c>
+      <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
         <v>1000</v>
       </c>
-      <c r="I24" s="3">
+      <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A10:I10"/>
-[...1 lines deleted...]
-    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A23:I23"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
-    <hyperlink ref="D11" r:id="rId7"/>
-    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D14" r:id="rId9"/>
     <hyperlink ref="D15" r:id="rId10"/>
     <hyperlink ref="D16" r:id="rId11"/>
     <hyperlink ref="D17" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
-    <hyperlink ref="D23" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D24" r:id="rId18"/>
+    <hyperlink ref="D25" r:id="rId19"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>