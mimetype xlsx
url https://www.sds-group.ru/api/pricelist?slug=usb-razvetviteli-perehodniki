--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -57,168 +57,168 @@
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 USB разветвители/переходники</t>
   </si>
   <si>
     <t>1.1 USB HUB</t>
   </si>
   <si>
     <t>18-4106</t>
   </si>
   <si>
     <t>Разветвитель REXANT 4 USB-port серебристый</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>18-4103</t>
+  </si>
+  <si>
+    <t>Разветвитель USB на 4 порта черный REXANT</t>
+  </si>
+  <si>
+    <t>18-4103-1</t>
+  </si>
+  <si>
+    <t>Разветвитель USB на 4 порта белый REXANT</t>
+  </si>
+  <si>
     <t>18-4121</t>
   </si>
   <si>
     <t>Разветвитель USB на 3 порта+картридер (все в одном) черный REXANT</t>
   </si>
   <si>
     <t>18-4107</t>
   </si>
   <si>
     <t>Разветвитель USB на 7 портов черный REXANT</t>
   </si>
   <si>
+    <t>18-4105-1</t>
+  </si>
+  <si>
+    <t>Разветвитель USB 2.0 на 4 порта белый REXANT</t>
+  </si>
+  <si>
     <t>18-4105</t>
   </si>
   <si>
     <t>Разветвитель USB 2.0 на 4 порта REXANT</t>
   </si>
   <si>
-    <t>18-4105-1</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Type-C HUB</t>
   </si>
   <si>
     <t>18-4151</t>
   </si>
   <si>
     <t>Разветвитель USB Type-C на 4 порта: 1xHDMI/2xUSB/1xType-C PD REXANT</t>
   </si>
   <si>
     <t>1.3 Переходники</t>
   </si>
   <si>
+    <t>18-1175</t>
+  </si>
+  <si>
+    <t>Переходник гнездо USB-A (Female)-штекер miniUSB (Male) REXANT</t>
+  </si>
+  <si>
     <t>18-7080</t>
   </si>
   <si>
     <t>Кабель-переходник c USB-C на AUX 3,5 мм REXANT</t>
   </si>
   <si>
+    <t>11-1071</t>
+  </si>
+  <si>
+    <t>Адаптер АС 220V - DC 12V  прикуриватель REXANT</t>
+  </si>
+  <si>
+    <t>18-4150</t>
+  </si>
+  <si>
+    <t>Переходник Type-C (Male) - HDMI (Female) REXANT</t>
+  </si>
+  <si>
+    <t>18-4152</t>
+  </si>
+  <si>
+    <t>Переходник Lightning (Male) - HDMI (Female) REXANT</t>
+  </si>
+  <si>
+    <t>18-0175</t>
+  </si>
+  <si>
+    <t>Кабель-переходник Lightning на AUX гн. 3,5 мм REXANT</t>
+  </si>
+  <si>
+    <t>18-1176</t>
+  </si>
+  <si>
+    <t>USB удлинитель по витой паре (8p8c) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
     <t>18-7081</t>
   </si>
   <si>
     <t>Переходник USB универсальный OTG – Type-C REXANT</t>
   </si>
   <si>
-    <t>18-4150</t>
-[...31 lines deleted...]
-  <si>
     <t>16-0601</t>
   </si>
   <si>
     <t>Адаптер DC 12 V-гнездо USB-A 5 V 3 A REXANT</t>
   </si>
   <si>
-    <t>18-1175</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Картридер</t>
   </si>
   <si>
+    <t>18-4110</t>
+  </si>
+  <si>
+    <t>USB картридер REXANT для microSD/microSDHC</t>
+  </si>
+  <si>
     <t>18-4118</t>
   </si>
   <si>
     <t>Картридер REXANT Type-C для SDXC/SDHC/SD/MMC</t>
-  </si>
-[...4 lines deleted...]
-    <t>USB картридер REXANT для microSD/microSDHC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -603,51 +603,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-rexant-4-usb-port-serebristiy-27165" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-3-porta-kartrider-vse-v-odnom-cherniy-rexant-14146" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-7-portov-cherniy-rexant-14147" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-rexant-18366" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-beliy-rexant-18454" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-cherniy-rexant-9255" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-beliy-rexant-9256" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-type-c-na-4-porta-1xhdmi-2xusb-1xtype-c-pd-rexant-26081" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-c-usb-c-na-aux-3-5-mm-rexant-31385" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-usb-universalniy-otg-type-c-rexant-31386" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-type-c-male-hdmi-female-rexant-26080" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-lightning-male-hdmi-female-rexant-26082" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-s-iphone-5-6-7-8-x-modeley-na-aux-gn-3-5-mm-rexant-23700" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-udlinitel-po-vitoy-pare-8p8c-rexant-11538" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-as-220v-dc-12v-prikurivatel-rexant-9382" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dc-12-v-gnezdo-usb-a-5-v-3-a-rexant-11377" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-usb-a-female-shteker-miniusb-male-rexant-4495" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kartrider-rexant-type-c-dlya-sdxc-sdhc-sd-mmc-27167" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kartrider-rexant-dlya-microsd-microsdhc-14038" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-rexant-4-usb-port-serebristyy" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-chernyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-3-porta-kartrider-vse-v-odnom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-7-portov-chernyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-belyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-type-c-na-4-porta-1xhdmi-2xusb-1xtype-c-pd-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-usb-a-female-shteker-miniusb-male-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-c-usb-c-na-aux-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-as-220v-dc-12v-prikurivatel-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-type-c-male-hdmi-female-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-lightning-male-hdmi-female-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-lightning-na-aux-gn-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-udlinitel-po-vitoy-pare-8p8c-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-usb-universalnyy-otg-type-c-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dc-12-v-gnezdo-usb-a-5-v-3-a-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kartrider-rexant-dlya-microsd-microsdhc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kartrider-rexant-type-c-dlya-sdxc-sdhc-sd-mmc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I25"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -684,627 +684,627 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1000</v>
+        <v>1017</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>728</v>
+        <v>703</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1174.82</v>
+        <v>644.64</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>2715</v>
+        <v>1050</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>514.39</v>
+        <v>450.8</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>2705</v>
+        <v>1</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>125</v>
+        <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>400.34</v>
+        <v>1194.79</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>8217</v>
+        <v>2598</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>388.06</v>
+        <v>523.13</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1411</v>
+        <v>734</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>125</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>633.86</v>
+        <v>374.92</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>2599</v>
+        <v>1395</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>443.26</v>
+        <v>407.15</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>29</v>
+        <v>8150</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>1208.39</v>
+        <v>1228.93</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>410</v>
+        <v>19.94</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>2900</v>
+        <v>750</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H14" s="3">
-        <v>183</v>
+        <v>2000</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>398.74</v>
+        <v>375.27</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>5484</v>
+        <v>2798</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>183</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>845.51</v>
+        <v>355.95</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>736</v>
+        <v>356</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>1510.79</v>
+        <v>859.88</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1018</v>
+        <v>730</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>468.66</v>
+        <v>1459.65</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1042</v>
+        <v>1005</v>
       </c>
       <c r="G18" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>1032.43</v>
+        <v>476.63</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>2004</v>
+        <v>1032</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="3" t="s">
+      <c r="C20" s="3">
+        <v>1049.98</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="C20" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>544</v>
+        <v>1913</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>699</v>
+        <v>364.97</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1371</v>
+        <v>5256</v>
       </c>
       <c r="G21" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>500</v>
+        <v>183</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>19.61</v>
+        <v>639.79</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>750</v>
+        <v>1340</v>
       </c>
       <c r="G22" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>762.05</v>
+        <v>142.65</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1195</v>
+        <v>2372</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>140.27</v>
+        <v>736.25</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>2589</v>
+        <v>1110</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A11:I11"/>
     <mergeCell ref="A13:I13"/>
     <mergeCell ref="A23:I23"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D14" r:id="rId9"/>
     <hyperlink ref="D15" r:id="rId10"/>
     <hyperlink ref="D16" r:id="rId11"/>