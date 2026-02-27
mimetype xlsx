--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -45,153 +45,153 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 USB разветвители/переходники</t>
   </si>
   <si>
     <t>1.1 USB HUB</t>
   </si>
   <si>
+    <t>18-4107</t>
+  </si>
+  <si>
+    <t>Разветвитель USB на 7 портов черный REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>18-4105-1</t>
+  </si>
+  <si>
+    <t>Разветвитель USB 2.0 на 4 порта белый REXANT</t>
+  </si>
+  <si>
+    <t>18-4103-1</t>
+  </si>
+  <si>
+    <t>Разветвитель USB на 4 порта белый REXANT</t>
+  </si>
+  <si>
+    <t>18-4105</t>
+  </si>
+  <si>
+    <t>Разветвитель USB 2.0 на 4 порта REXANT</t>
+  </si>
+  <si>
     <t>18-4106</t>
   </si>
   <si>
     <t>Разветвитель REXANT 4 USB-port серебристый</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>18-4121</t>
+  </si>
+  <si>
+    <t>Разветвитель USB на 3 порта + картридер (все в одном) черный REXANT</t>
   </si>
   <si>
     <t>18-4103</t>
   </si>
   <si>
     <t>Разветвитель USB на 4 порта черный REXANT</t>
   </si>
   <si>
-    <t>18-4103-1</t>
-[...28 lines deleted...]
-  <si>
     <t>1.2 Type-C HUB</t>
   </si>
   <si>
     <t>18-4151</t>
   </si>
   <si>
     <t>Разветвитель USB Type-C на 4 порта: 1xHDMI/2xUSB/1xType-C PD REXANT</t>
   </si>
   <si>
     <t>1.3 Переходники</t>
   </si>
   <si>
+    <t>18-4150</t>
+  </si>
+  <si>
+    <t>Переходник Type-C (Male) - HDMI (Female) REXANT</t>
+  </si>
+  <si>
+    <t>18-4152</t>
+  </si>
+  <si>
+    <t>Переходник Lightning (Male) - HDMI (Female) REXANT</t>
+  </si>
+  <si>
+    <t>18-1176</t>
+  </si>
+  <si>
+    <t>USB удлинитель по витой паре (8p8c) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>18-0175</t>
+  </si>
+  <si>
+    <t>Кабель-переходник Lightning на AUX гн. 3,5 мм REXANT</t>
+  </si>
+  <si>
     <t>18-1175</t>
   </si>
   <si>
     <t>Переходник гнездо USB-A (Female)-штекер miniUSB (Male) REXANT</t>
   </si>
   <si>
+    <t>11-1071</t>
+  </si>
+  <si>
+    <t>Адаптер АС 220V - DC 12V  прикуриватель REXANT</t>
+  </si>
+  <si>
     <t>18-7080</t>
   </si>
   <si>
     <t>Кабель-переходник c USB-C на AUX 3,5 мм REXANT</t>
-  </si>
-[...31 lines deleted...]
-    <t>упак</t>
   </si>
   <si>
     <t>18-7081</t>
   </si>
   <si>
     <t>Переходник USB универсальный OTG – Type-C REXANT</t>
   </si>
   <si>
     <t>16-0601</t>
   </si>
   <si>
     <t>Адаптер DC 12 V-гнездо USB-A 5 V 3 A REXANT</t>
   </si>
   <si>
     <t>1.4 Картридер</t>
   </si>
   <si>
     <t>18-4110</t>
   </si>
   <si>
     <t>USB картридер REXANT для microSD/microSDHC</t>
   </si>
   <si>
     <t>18-4118</t>
   </si>
@@ -603,51 +603,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-rexant-4-usb-port-serebristyy" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-chernyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-3-porta-kartrider-vse-v-odnom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-7-portov-chernyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-belyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-type-c-na-4-porta-1xhdmi-2xusb-1xtype-c-pd-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-usb-a-female-shteker-miniusb-male-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-c-usb-c-na-aux-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-as-220v-dc-12v-prikurivatel-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-type-c-male-hdmi-female-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-lightning-male-hdmi-female-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-lightning-na-aux-gn-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-udlinitel-po-vitoy-pare-8p8c-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-usb-universalnyy-otg-type-c-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dc-12-v-gnezdo-usb-a-5-v-3-a-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kartrider-rexant-dlya-microsd-microsdhc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kartrider-rexant-type-c-dlya-sdxc-sdhc-sd-mmc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-7-portov-chernyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-belyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-rexant-4-usb-port-serebristyy" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-3-porta-kartrider-vse-v-odnom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-chernyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-type-c-na-4-porta-1xhdmi2xusb1xtype-c-pd-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-type-c-male-hdmi-female-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-lightning-male-hdmi-female-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-udlinitel-po-vitoy-pare-8p8c-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-lightning-na-aux-gn-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-usb-a-female-shteker-miniusb-male-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-as-220v-dc-12v-prikurivatel-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-c-usb-c-na-aux-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-usb-universalnyy-otg-type-c-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dc-12-v-gnezdo-usb-a-5-v-3-a-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kartrider-rexant-dlya-microsdmicrosdhc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kartrider-rexant-type-c-dlya-sdxcsdhcsdmmc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I25"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -684,621 +684,621 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1017</v>
+        <v>523.13</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>703</v>
+        <v>610</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>644.64</v>
+        <v>374.92</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1050</v>
+        <v>1358</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
         <v>450.8</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1194.79</v>
+        <v>407.15</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>2598</v>
+        <v>8096</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>523.13</v>
+        <v>1017</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>734</v>
+        <v>697</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>125</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>374.92</v>
+        <v>1194.79</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1395</v>
+        <v>2530</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>407.15</v>
+        <v>644.64</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>8150</v>
+        <v>956</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
         <v>1228.93</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>19.94</v>
+        <v>859.88</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>750</v>
+        <v>685</v>
       </c>
       <c r="G14" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>375.27</v>
+        <v>1459.65</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>2798</v>
+        <v>1006</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>183</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>355.95</v>
+        <v>1049.98</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>356</v>
+        <v>1897</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>859.88</v>
+        <v>476.63</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>730</v>
+        <v>1014</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>1459.65</v>
+        <v>19.94</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1005</v>
+        <v>700</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>476.63</v>
+        <v>355.95</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1032</v>
+        <v>286</v>
       </c>
       <c r="G19" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>1049.98</v>
+        <v>375.27</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1913</v>
+        <v>2588</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>183</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
         <v>364.97</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>5256</v>
+        <v>5215</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>183</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
         <v>639.79</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1340</v>
+        <v>1279</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
         <v>500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
         <v>142.65</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>2372</v>
+        <v>2075</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>1000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
         <v>736.25</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1110</v>
+        <v>1006</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>300</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A11:I11"/>
     <mergeCell ref="A13:I13"/>
     <mergeCell ref="A23:I23"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>