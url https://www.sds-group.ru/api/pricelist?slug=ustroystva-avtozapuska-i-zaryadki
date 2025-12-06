--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -42,201 +42,201 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Устройства автозапуска и зарядки</t>
   </si>
   <si>
+    <t>80-2029</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 700А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>80-2035</t>
+  </si>
+  <si>
+    <t>Автоматическое зарядное устройство 7А (PWS-150) REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>80-2026</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 100А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>16-0006</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 55мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0009</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 15А 53мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0013</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 15А, 75мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0012</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 10А 50мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0033</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» для тестера 15А, 53мм, гнездо Banana REXANT</t>
+  </si>
+  <si>
+    <t>16-0002</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 46мм, в изоляторе REXANT</t>
+  </si>
+  <si>
     <t>16-0003</t>
   </si>
   <si>
     <t>Зажим «Крокодил» 5А, 56мм, в изоляторе REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>16-0016</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 30А, 75мм, в изоляторе REXANT</t>
+  </si>
+  <si>
+    <t>16-0004</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 52мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0019-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим «Крокодил» 100А, 105мм REXANT </t>
+  </si>
+  <si>
+    <t>16-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим «Крокодил» 5А, 40мм, в изоляторе REXANT </t>
+  </si>
+  <si>
+    <t>16-0015</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 30А, 75мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0018</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 50А, 98мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0025</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 500А, 200мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0020</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 250А, 150мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2036</t>
+  </si>
+  <si>
+    <t>Автоматическое зарядное устройство 0,4-7А (PWS-265) REXANT</t>
   </si>
   <si>
     <t>16-0031</t>
   </si>
   <si>
     <t>Зажим для тестера Крючок, 40мм REXANT</t>
   </si>
   <si>
-    <t>16-0033</t>
-[...65 lines deleted...]
-    <t>Зажим «Крокодил» 30А, 75мм REXANT</t>
+    <t>16-0032</t>
+  </si>
+  <si>
+    <t>Зажим для тестера Пинцет, 50мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2027</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 200А, в чехле на молнии REXANT</t>
   </si>
   <si>
     <t>80-2028</t>
   </si>
   <si>
     <t>Провода прикуривания 500А, в чехле на молнии REXANT</t>
   </si>
   <si>
-    <t>80-2029</t>
-[...46 lines deleted...]
-  <si>
     <t>16-0036</t>
   </si>
   <si>
     <t>Зажимы «Крокодил» 5А, 40мм, с проводом, 10 пар REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Провода прикуривания 200А, в чехле на молнии REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -621,51 +621,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-56mm-v-izolyatore-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-kryuchok-40mm-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlya-testera-15a-53mm-gnezdo-banana-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-100a-v-chehle-na-molnii-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-10a-50mm-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-v-izolyatore-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-55mm-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-100a-105mm-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-53mm-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-50a-98mm-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-52mm-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-40mm-v-izolyatore-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-500a-v-chehle-na-molnii-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-700a-v-chehle-na-molnii-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-250a-150mm-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-500a-200mm-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-7a-pws-150-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-0-4-7a-pws-265-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-pintset-50mm-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-75mm-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-46mm-v-izolyatore-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhimy-krokodil-5a-40mm-s-provodom-10-par-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-200a-v-chehle-na-molnii-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-700-amper-v-chehle-na-molnii-rexant-9420" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-7-a-pws-150-rexant-15439" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-100-amper-v-chehle-na-molnii-rexant-9417" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-55-mm-rexant-48" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-15-a-53-mm-rexant-1652" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-15-a-75-mm-rexant-2310" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-10-a-50-mm-rexant-47" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-dlya-testera-15-a-53-mm-gnezdo-banana-rexant-17302" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-46-mm-v-izolyatore-rexant-41" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-56-mm-v-izolyatore-rexant-43" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-30-a-75-mm-v-izolyatore-rexant-2311" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-52-mm-rexant-44" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-100-a-105-mm-rexant-2313" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-40-mm-v-izolyatore-rexant-42" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-30-a-75-mm-rexant-50" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-50-a-98-mm-rexant-52" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-500-a-200-mm-rexant-14556" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-s-metallicheskimi-zubtsami-dlya-fiksatsii-provodov-250-a-150-mm-rexant-53" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-0-4-7-a-pws-265-rexant-15438" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-testera-kryuchok-40-mm-rexant-17300" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-testera-pintset-50-mm-rexant-17301" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-200-amper-v-chehle-na-molnii-rexant-9418" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-500-amper-v-chehle-na-molnii-rexant-9419" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajimi-krokodil-5-a-40-mm-s-provodom-10-par-rexant-2315" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I26"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -689,733 +689,733 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>7.6</v>
+        <v>2000</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>36000</v>
+        <v>559</v>
       </c>
       <c r="G3" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>45.5</v>
+        <v>3460.97</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3">
-        <v>8626</v>
+        <v>25</v>
       </c>
       <c r="G4" s="3">
+        <v>1</v>
+      </c>
+      <c r="H4" s="3">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>2000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C5" s="3">
-        <v>108</v>
+        <v>800</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>4774</v>
+        <v>405</v>
       </c>
       <c r="G5" s="3">
+        <v>1</v>
+      </c>
+      <c r="H5" s="3">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>2000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>800</v>
+        <v>9.2</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>627</v>
+        <v>74200</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H6" s="3">
-        <v>20</v>
+        <v>5000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>11.2</v>
+        <v>8.5</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>73900</v>
+        <v>84400</v>
       </c>
       <c r="G7" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H7" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>31.5</v>
+        <v>12.1</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>26750</v>
+        <v>123350</v>
       </c>
       <c r="G8" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>9.2</v>
+        <v>11.2</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>97133</v>
+        <v>68500</v>
       </c>
       <c r="G9" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>55</v>
+        <v>108</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>82045</v>
+        <v>5882</v>
       </c>
       <c r="G10" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H10" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>8.5</v>
+        <v>5.3</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>105400</v>
+        <v>36200</v>
       </c>
       <c r="G11" s="3">
         <v>200</v>
       </c>
       <c r="H11" s="3">
         <v>5000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>32</v>
+        <v>7.6</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>96549</v>
+        <v>29800</v>
       </c>
       <c r="G12" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>7.2</v>
+        <v>31.5</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F13" s="3">
-        <v>51400</v>
+        <v>21725</v>
       </c>
       <c r="G13" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H13" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>5</v>
+        <v>7.2</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>126700</v>
+        <v>69400</v>
       </c>
       <c r="G14" s="3">
         <v>200</v>
       </c>
       <c r="H14" s="3">
         <v>5000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>14.4</v>
+        <v>55</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F15" s="3">
-        <v>237699</v>
+        <v>65625</v>
       </c>
       <c r="G15" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H15" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>1640</v>
+        <v>5</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F16" s="3">
-        <v>902</v>
+        <v>112900</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>2000</v>
+        <v>14.4</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F17" s="3">
-        <v>817</v>
+        <v>273499</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>48240</v>
+        <v>80649</v>
       </c>
       <c r="G18" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
         <v>305</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F19" s="3">
-        <v>18506</v>
+        <v>14540</v>
       </c>
       <c r="G19" s="3">
         <v>2</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>3460.97</v>
+        <v>105</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>40950</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H20" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
         <v>4944.24</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F21" s="3">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
         <v>45.5</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F22" s="3">
-        <v>3702</v>
+        <v>7462</v>
       </c>
       <c r="G22" s="3">
         <v>20</v>
       </c>
       <c r="H22" s="3">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>12.1</v>
+        <v>45.5</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F23" s="3">
-        <v>109300</v>
+        <v>3542</v>
       </c>
       <c r="G23" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H23" s="3">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>5.3</v>
+        <v>1020</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>45800</v>
+        <v>1123</v>
       </c>
       <c r="G24" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>5000</v>
+        <v>20</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>230</v>
+        <v>1640</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>5440</v>
+        <v>614</v>
       </c>
       <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>1020</v>
+        <v>230</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F26" s="3">
-        <v>1475</v>
+        <v>9170</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>250</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>