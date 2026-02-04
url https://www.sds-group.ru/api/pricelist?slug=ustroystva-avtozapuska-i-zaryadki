--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -42,201 +42,201 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Устройства автозапуска и зарядки</t>
   </si>
   <si>
+    <t>16-0006</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 55мм REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>16-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим «Крокодил» 5А, 40мм, в изоляторе REXANT </t>
+  </si>
+  <si>
+    <t>16-0025</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 500А, 200мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2035</t>
+  </si>
+  <si>
+    <t>Автоматическое зарядное устройство 7А (PWS-150) REXANT</t>
+  </si>
+  <si>
+    <t>16-0009</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 15А 53мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0015</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 30А, 75мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0032</t>
+  </si>
+  <si>
+    <t>Зажим для тестера Пинцет, 50мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0016</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 30А, 75мм, в изоляторе REXANT</t>
+  </si>
+  <si>
+    <t>16-0031</t>
+  </si>
+  <si>
+    <t>Зажим для тестера Крючок, 40мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2027</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 200А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
     <t>80-2029</t>
   </si>
   <si>
     <t>Провода прикуривания 700А, в чехле на молнии REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...11 lines deleted...]
-    <t>шт</t>
+    <t>80-2036</t>
+  </si>
+  <si>
+    <t>Автоматическое зарядное устройство 0,4-7А (PWS-265) REXANT</t>
   </si>
   <si>
     <t>80-2026</t>
   </si>
   <si>
     <t>Провода прикуривания 100А, в чехле на молнии REXANT</t>
   </si>
   <si>
-    <t>16-0006</t>
-[...8 lines deleted...]
-    <t>Зажим «Крокодил» 15А 53мм REXANT</t>
+    <t>16-0019-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим «Крокодил» 100А, 105мм REXANT </t>
   </si>
   <si>
     <t>16-0013</t>
   </si>
   <si>
     <t>Зажим «Крокодил» 15А, 75мм REXANT</t>
   </si>
   <si>
+    <t>16-0036</t>
+  </si>
+  <si>
+    <t>Зажимы «Крокодил» 5А, 40мм, с проводом, 10 пар REXANT</t>
+  </si>
+  <si>
+    <t>80-2028</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 500А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>16-0002</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 46мм, в изоляторе REXANT</t>
+  </si>
+  <si>
+    <t>16-0003</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 56мм, в изоляторе REXANT</t>
+  </si>
+  <si>
+    <t>16-0033</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» для тестера 15А, 53мм, гнездо Banana REXANT</t>
+  </si>
+  <si>
     <t>16-0012</t>
   </si>
   <si>
     <t>Зажим «Крокодил» 10А 50мм REXANT</t>
   </si>
   <si>
-    <t>16-0033</t>
-[...20 lines deleted...]
-    <t>Зажим «Крокодил» 30А, 75мм, в изоляторе REXANT</t>
+    <t>16-0018</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 50А, 98мм REXANT</t>
   </si>
   <si>
     <t>16-0004</t>
   </si>
   <si>
     <t>Зажим «Крокодил» 5А, 52мм REXANT</t>
   </si>
   <si>
-    <t>16-0019-1</t>
-[...28 lines deleted...]
-  <si>
     <t>16-0020</t>
   </si>
   <si>
     <t>Зажим «Крокодил» 250А, 150мм REXANT</t>
-  </si>
-[...34 lines deleted...]
-    <t>Зажимы «Крокодил» 5А, 40мм, с проводом, 10 пар REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -621,51 +621,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-700-amper-v-chehle-na-molnii-rexant-9420" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-7-a-pws-150-rexant-15439" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-100-amper-v-chehle-na-molnii-rexant-9417" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-55-mm-rexant-48" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-15-a-53-mm-rexant-1652" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-15-a-75-mm-rexant-2310" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-10-a-50-mm-rexant-47" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-dlya-testera-15-a-53-mm-gnezdo-banana-rexant-17302" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-46-mm-v-izolyatore-rexant-41" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-56-mm-v-izolyatore-rexant-43" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-30-a-75-mm-v-izolyatore-rexant-2311" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-52-mm-rexant-44" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-100-a-105-mm-rexant-2313" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-40-mm-v-izolyatore-rexant-42" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-30-a-75-mm-rexant-50" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-50-a-98-mm-rexant-52" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-500-a-200-mm-rexant-14556" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-s-metallicheskimi-zubtsami-dlya-fiksatsii-provodov-250-a-150-mm-rexant-53" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-0-4-7-a-pws-265-rexant-15438" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-testera-kryuchok-40-mm-rexant-17300" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-testera-pintset-50-mm-rexant-17301" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-200-amper-v-chehle-na-molnii-rexant-9418" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-500-amper-v-chehle-na-molnii-rexant-9419" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajimi-krokodil-5-a-40-mm-s-provodom-10-par-rexant-2315" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-55mm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-40mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-500a-200mm-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-7a-pws-150-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-53mm-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-pintset-50mm-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-kryuchok-40mm-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-200a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-700a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-0-4-7a-pws-265-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-100a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-100a-105mm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-75mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhimy-krokodil-5a-40mm-s-provodom-10-par-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-500a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-46mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-56mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlya-testera-15a-53mm-gnezdo-banana-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-10a-50mm-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-50a-98mm-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-52mm-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-250a-150mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I26"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -689,733 +689,733 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>2000</v>
+        <v>9.36</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>559</v>
+        <v>95000</v>
       </c>
       <c r="G3" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H3" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>3460.97</v>
+        <v>5.08</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>25</v>
+        <v>59900</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H4" s="3">
-        <v>20</v>
+        <v>5000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" s="3">
-        <v>800</v>
+        <v>310.19</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>405</v>
+        <v>6088</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H5" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3">
+        <v>3519.81</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" s="3">
+        <v>9</v>
+      </c>
+      <c r="G6" s="3">
+        <v>1</v>
+      </c>
+      <c r="H6" s="3">
         <v>20</v>
-      </c>
-[...16 lines deleted...]
-        <v>5000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>8.5</v>
+        <v>8.64</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>84400</v>
+        <v>69050</v>
       </c>
       <c r="G7" s="3">
         <v>200</v>
       </c>
       <c r="H7" s="3">
         <v>5000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>12.1</v>
+        <v>14.64</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>123350</v>
+        <v>252346</v>
       </c>
       <c r="G8" s="3">
         <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>11.2</v>
+        <v>46.27</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>68500</v>
+        <v>3362</v>
       </c>
       <c r="G9" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H9" s="3">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>108</v>
+        <v>32.04</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>5882</v>
+        <v>23450</v>
       </c>
       <c r="G10" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H10" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>5.3</v>
+        <v>46.27</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>36200</v>
+        <v>6670</v>
       </c>
       <c r="G11" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="H11" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="3" t="s">
+      <c r="C12" s="3">
+        <v>1037.34</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="C12" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>29800</v>
+        <v>732</v>
       </c>
       <c r="G12" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>5000</v>
+        <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>31.5</v>
+        <v>2034</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>21725</v>
+        <v>164</v>
       </c>
       <c r="G13" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>7.2</v>
+        <v>5028.29</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>69400</v>
+        <v>19</v>
       </c>
       <c r="G14" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>5000</v>
+        <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>55</v>
+        <v>813.6</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="F15" s="3">
-        <v>65625</v>
+        <v>269</v>
       </c>
       <c r="G15" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>5</v>
+        <v>55.94</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>112900</v>
+        <v>56050</v>
       </c>
       <c r="G16" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H16" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>14.4</v>
+        <v>12.31</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>273499</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>32</v>
+        <v>233.91</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>80649</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>305</v>
+        <v>1667.88</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="F19" s="3">
-        <v>14540</v>
+        <v>266</v>
       </c>
       <c r="G19" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>105</v>
+        <v>5.39</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>40950</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>5000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>4944.24</v>
+        <v>7.73</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H21" s="3">
-        <v>20</v>
+        <v>5000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>45.5</v>
+        <v>109.84</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>7462</v>
+        <v>4834</v>
       </c>
       <c r="G22" s="3">
         <v>20</v>
       </c>
       <c r="H22" s="3">
         <v>2000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>45.5</v>
+        <v>11.39</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>3542</v>
+        <v>87100</v>
       </c>
       <c r="G23" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H23" s="3">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>1020</v>
+        <v>32.54</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1123</v>
+        <v>64699</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H24" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>1640</v>
+        <v>7.32</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>614</v>
+        <v>105000</v>
       </c>
       <c r="G25" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H25" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>230</v>
+        <v>106.79</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>9170</v>
+        <v>34730</v>
       </c>
       <c r="G26" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H26" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>