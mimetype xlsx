--- v2 (2026-02-04)
+++ v3 (2026-03-31)
@@ -54,189 +54,189 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Устройства автозапуска и зарядки</t>
   </si>
   <si>
     <t>16-0006</t>
   </si>
   <si>
     <t>Зажим «Крокодил» 5А, 55мм REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>16-0012</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 10А 50мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0004</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 52мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0019-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим «Крокодил» 100А, 105мм REXANT </t>
+  </si>
+  <si>
+    <t>16-0016</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 30А, 75мм, в изоляторе REXANT</t>
+  </si>
+  <si>
+    <t>16-0009</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 15А 53мм REXANT</t>
+  </si>
+  <si>
     <t>16-0001</t>
   </si>
   <si>
     <t xml:space="preserve">Зажим «Крокодил» 5А, 40мм, в изоляторе REXANT </t>
   </si>
   <si>
+    <t>16-0015</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 30А, 75мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0018</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 50А, 98мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0020</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 250А, 150мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2036</t>
+  </si>
+  <si>
+    <t>Автоматическое зарядное устройство 0,4-7А (PWS-265) REXANT</t>
+  </si>
+  <si>
+    <t>16-0013</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 15А, 75мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0036</t>
+  </si>
+  <si>
+    <t>Зажимы «Крокодил» 5А, 40мм, с проводом, 10 пар REXANT</t>
+  </si>
+  <si>
+    <t>16-0002</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 46мм, в изоляторе REXANT</t>
+  </si>
+  <si>
+    <t>16-0003</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 56мм, в изоляторе REXANT</t>
+  </si>
+  <si>
+    <t>80-2026</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 100А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>16-0033</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» для тестера 15А, 53мм, гнездо Banana REXANT</t>
+  </si>
+  <si>
+    <t>80-2027</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 200А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>80-2028</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 500А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>80-2029</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 700А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
     <t>16-0025</t>
   </si>
   <si>
     <t>Зажим «Крокодил» 500А, 200мм REXANT</t>
   </si>
   <si>
     <t>80-2035</t>
   </si>
   <si>
     <t>Автоматическое зарядное устройство 7А (PWS-150) REXANT</t>
   </si>
   <si>
-    <t>16-0009</t>
-[...8 lines deleted...]
-    <t>Зажим «Крокодил» 30А, 75мм REXANT</t>
+    <t>16-0031</t>
+  </si>
+  <si>
+    <t>Зажим для тестера Крючок, 40мм REXANT</t>
   </si>
   <si>
     <t>16-0032</t>
   </si>
   <si>
     <t>Зажим для тестера Пинцет, 50мм REXANT</t>
-  </si>
-[...103 lines deleted...]
-    <t>Зажим «Крокодил» 250А, 150мм REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -621,51 +621,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-55mm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-40mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-500a-200mm-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-7a-pws-150-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-53mm-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-pintset-50mm-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-kryuchok-40mm-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-200a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-700a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-0-4-7a-pws-265-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-100a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-100a-105mm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-75mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhimy-krokodil-5a-40mm-s-provodom-10-par-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-500a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-46mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-56mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlya-testera-15a-53mm-gnezdo-banana-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-10a-50mm-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-50a-98mm-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-52mm-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-250a-150mm-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-55mm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-10a-50mm-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-52mm-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-100a-105mm-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-53mm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-40mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-50a-98mm-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-250a-150mm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-0-4-7a-pws-265-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-75mm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhimy-krokodil-5a-40mm-s-provodom-10-par-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-46mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-56mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-100a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlya-testera-15a-53mm-gnezdo-banana-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-200a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-500a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-700a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-500a-200mm-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-7a-pws-150-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-kryuchok-40mm-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-pintset-50mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I26"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -689,733 +689,733 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>9.36</v>
+        <v>7.96</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>95000</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>200</v>
       </c>
       <c r="H3" s="3">
         <v>5000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>5.08</v>
+        <v>9.68</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>59900</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H4" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>310.19</v>
+        <v>6.22</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>6088</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>2</v>
+        <v>200</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>3519.81</v>
+        <v>47.55</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H6" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>8.64</v>
+        <v>27.23</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>69050</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H7" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>14.64</v>
+        <v>7.34</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>252346</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H8" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>46.27</v>
+        <v>4.32</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>3362</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="H9" s="3">
-        <v>4000</v>
+        <v>5000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>32.04</v>
+        <v>12.44</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>23450</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H10" s="3">
         <v>1000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>46.27</v>
+        <v>27.66</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>6670</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H11" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1037.34</v>
+        <v>90.77</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>732</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H12" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>2034</v>
+        <v>3670.65</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>164</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>5028.29</v>
+        <v>10.46</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H14" s="3">
-        <v>20</v>
+        <v>2000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>813.6</v>
+        <v>198.82</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>269</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>20</v>
+        <v>250</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>55.94</v>
+        <v>4.58</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>56050</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H16" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>12.31</v>
+        <v>6.57</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H17" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="C18" s="3">
+        <v>650.88</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="C18" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>250</v>
+        <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>1667.88</v>
+        <v>93.36</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>266</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>5.39</v>
+        <v>829.87</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>5000</v>
+        <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>7.73</v>
+        <v>1284.27</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>109.84</v>
+        <v>1566.18</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="F22" s="3">
-        <v>4834</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>11.39</v>
+        <v>248.15</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>87100</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
+        <v>2</v>
+      </c>
+      <c r="H23" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>2000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>32.54</v>
+        <v>2569.46</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>64699</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>7.32</v>
+        <v>39.33</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>105000</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="H25" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>106.79</v>
+        <v>32.39</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>34730</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>20</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>4000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>