--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -42,813 +42,813 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Видеонаблюдение</t>
   </si>
   <si>
-    <t>1.1 Кабель для видеонаблюдения</t>
-[...2 lines deleted...]
-    <t>1.1.1 Кабель КВК с питанием 2*0,75 мм2</t>
+    <t>1.1 Видеорегистраторы</t>
+  </si>
+  <si>
+    <t>1.1.1 Гибридные видеорегистраторы HVR (AHD)</t>
+  </si>
+  <si>
+    <t>45-0177</t>
+  </si>
+  <si>
+    <t>Видеорегистратор гибридный 4-канальный AHD-HDVR/2.0 (без HDD) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>1.2 Камеры AHD</t>
+  </si>
+  <si>
+    <t>1.2.1 Уличной установки AHD</t>
+  </si>
+  <si>
+    <t>45-0143</t>
+  </si>
+  <si>
+    <t>Купольная уличная камера AHD 1.3Мп (960P), объектив 2.8-12 мм., ИК до 30 м.</t>
+  </si>
+  <si>
+    <t>1.2.2 Внутренней установки AHD</t>
+  </si>
+  <si>
+    <t>45-0135</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Купольная камера AHD 1.0Мп (720P), объектив 2.8-12 мм., ИК до 30 м. </t>
+  </si>
+  <si>
+    <t>45-0279</t>
+  </si>
+  <si>
+    <t>Панорамная камера AHD 3.0 Мп, объектив Fish Eye 1,29 мм, с ИК до 100м²</t>
+  </si>
+  <si>
+    <t>1.3 Камеры IP / WiFi</t>
+  </si>
+  <si>
+    <t>1.3.1 Внутренней установки IP / WiFi</t>
+  </si>
+  <si>
+    <t>45-0253</t>
+  </si>
+  <si>
+    <t>Видеокамера IP 1.0Мп (720P), объектив 2.8 мм., ИК до 15 м.  REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Кабель для видеонаблюдения</t>
+  </si>
+  <si>
+    <t>1.4.1 Кабель ШВЭВ, ШВЭП, ШСМ</t>
+  </si>
+  <si>
+    <t>01-4033</t>
+  </si>
+  <si>
+    <t>Кабель ШВЭВ (ШСм, 3x0,12 мм², 200 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-4034</t>
+  </si>
+  <si>
+    <t>Кабель ШВЭП (ШСм, 4x0,12 мм², 200 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>1.4.2 Кабель ККСВ, ККСП</t>
+  </si>
+  <si>
+    <t>01-4004</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+2х0,5 мм, 305 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4022</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+4х0,5 мм, 100 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4002</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+2х0,5 мм, 100 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4021</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+4х0,5 мм, 100 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>01-4003</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+2х0,5 мм, 305 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>01-4001</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+2х0,5 мм, 100 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>1.4.3 Кабель КВК с питанием 2*0,75 мм2</t>
   </si>
   <si>
     <t>01-4109</t>
   </si>
   <si>
     <t>Кабель КВК-П-2 +2x0,75 мм² (Cu/CCA) (96) черный, 200 м, PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>01-4108</t>
   </si>
   <si>
     <t>Кабель КВК-В-2+2x0,75 мм² (Cu/CCA) (96) белый, 200 м, PROconnect</t>
   </si>
   <si>
+    <t>01-4101-1</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,75 мм² (Cu/Cu) белый, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4015</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-1,5+2x0,75 мм² (Cu/Cu) черный, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4014</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-1,5+2x0,75 мм² (Cu/Cu) белый, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4105</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2 +2x0,75 мм² (Cu/Cu) черный, 200 м, REXANT</t>
+  </si>
+  <si>
     <t>01-4107</t>
   </si>
   <si>
     <t>Кабель КВК-П-2+2x0,75 мм², +ТРОС (Cu/Cu) черный, 305 м, REXANT</t>
   </si>
   <si>
-    <t>01-4105</t>
-[...23 lines deleted...]
-    <t>1.1.2 Кабель КВК с питанием 2*0,5 мм2</t>
+    <t>1.4.4 Кабель КВК с питанием 2*0,5 мм2</t>
+  </si>
+  <si>
+    <t>01-4216</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,50 мм² (Cu/CCA) (96) белый, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4213</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,50 мм² (Cu/Cu) белый, 200 м, PROconnect</t>
   </si>
   <si>
     <t>01-4215</t>
   </si>
   <si>
     <t>Кабель КВК-П-2 +2x0,50 мм² (Cu/CCA) (96) черный, 200 м, PROconnect</t>
   </si>
   <si>
     <t>01-4214</t>
   </si>
   <si>
     <t>Кабель КВК-П-2 +2x0,50 мм² (Cu/Cu) черный, 200 м, PROconnect</t>
   </si>
   <si>
-    <t>01-4213</t>
-[...10 lines deleted...]
-  <si>
     <t>01-4012</t>
   </si>
   <si>
     <t>Кабель КВК-В-1,5+2x0,50 мм² (Cu/Cu) белый, 200 м, REXANT</t>
   </si>
   <si>
     <t>01-4013</t>
   </si>
   <si>
     <t>Кабель КВК-П-1,5+2x0,50 мм² (Cu/Cu) черный, 200 м, REXANT</t>
   </si>
   <si>
-    <t>1.1.3 Кабель ККСВ, ККСП</t>
-[...56 lines deleted...]
-    <t>1.2.1 Разъемы BNC</t>
+    <t>1.5 Разъемы и аксессуары</t>
+  </si>
+  <si>
+    <t>1.5.1 Переходники BNC</t>
+  </si>
+  <si>
+    <t>05-3202-4</t>
+  </si>
+  <si>
+    <t>Переход штекер BNC - гнездо RCA PROCONNECT</t>
+  </si>
+  <si>
+    <t>05-3201-5</t>
+  </si>
+  <si>
+    <t>Переход гнездо F - штекер BNC GOLD PROCONNECT</t>
+  </si>
+  <si>
+    <t>05-3201-1</t>
+  </si>
+  <si>
+    <t>Переход гнездо F - штекер BNC GOLD REXANT</t>
+  </si>
+  <si>
+    <t>05-3301</t>
+  </si>
+  <si>
+    <t>Переход штекер BNC - гнездо BNC x 2 (тройник) REXANT</t>
+  </si>
+  <si>
+    <t>05-3203</t>
+  </si>
+  <si>
+    <t>Переход гнездо BNC - гнездо BNC (I-коннектор) REXANT</t>
+  </si>
+  <si>
+    <t>1.5.2 Шнуры BNC -BNC</t>
+  </si>
+  <si>
+    <t>18-2701</t>
+  </si>
+  <si>
+    <t>Кабель соединительный BNC - BNC, длина 1,5 метра REXANT</t>
+  </si>
+  <si>
+    <t>18-2703</t>
+  </si>
+  <si>
+    <t>Кабель соединительный BNC - BNC, длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>18-2745</t>
+  </si>
+  <si>
+    <t>Кабель соединительный BNC - BNC, длина 45 метров REXANT</t>
+  </si>
+  <si>
+    <t>18-1718</t>
+  </si>
+  <si>
+    <t>Кабель соединительный для систем видеонаблюдения BNC + DC питание, длина 18 метров REXANT</t>
+  </si>
+  <si>
+    <t>1.5.3 Разъемы питания DC</t>
+  </si>
+  <si>
+    <t>14-0315-4</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,1х5,5мм с клеммной колодкой PROconnect</t>
+  </si>
+  <si>
+    <t>14-0314-4</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм с клеммной колодкой PROconnect</t>
+  </si>
+  <si>
+    <t>14-0317</t>
+  </si>
+  <si>
+    <t>Разветвитель питания DC на 9 разъемов 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0318</t>
+  </si>
+  <si>
+    <t>Разветвитель питания DC на 5 разъемов 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0314-2</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм с быстрозажимной колодкой REXANT</t>
+  </si>
+  <si>
+    <t>14-0360</t>
+  </si>
+  <si>
+    <t>Удлинитель кабеля питания DC гнездо-штекер (2,1х5,5мм) 3м REXANT</t>
+  </si>
+  <si>
+    <t>14-0310</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,1х5,5 с проводом 20 см REXANT</t>
+  </si>
+  <si>
+    <t>14-0320</t>
+  </si>
+  <si>
+    <t>Разветвитель питания DC на 2 разъема 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0315-2</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,1х5,5 с быстрозажимной колодкой REXANT</t>
+  </si>
+  <si>
+    <t>14-0313</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм с проводом 20 см REXANT</t>
+  </si>
+  <si>
+    <t>14-0312</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм угловой REXANT</t>
+  </si>
+  <si>
+    <t>14-0324</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,5х5,5мм с проводом 20 см REXANT</t>
+  </si>
+  <si>
+    <t>14-0350</t>
+  </si>
+  <si>
+    <t>Удлинитель кабеля питания DC гнездо-штекер (2,1х5,5мм) 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>14-0319</t>
+  </si>
+  <si>
+    <t>Разветвитель питания DC на 4 разъема 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0326</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,5х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0311</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0332</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,5х5,5мм с проводом 20см REXANT</t>
+  </si>
+  <si>
+    <t>14-0314</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм с клеммной колодкой REXANT</t>
+  </si>
+  <si>
+    <t>14-0315</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,1х5,5 с клеммной колодкой REXANT</t>
+  </si>
+  <si>
+    <t>014-0327</t>
+  </si>
+  <si>
+    <t>Переходник для адаптеров питания DC гн.5,5х2,1мм - шт.5,5х2,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0333</t>
+  </si>
+  <si>
+    <t>Переходник для адаптеров питания DC гн. 5,5х2,5мм - шт. 5,5х2,1мм REXANT</t>
+  </si>
+  <si>
+    <t>1.5.4 Грозозащита</t>
+  </si>
+  <si>
+    <t>05-3079-1</t>
+  </si>
+  <si>
+    <t>Грозозащита витой пары разъем RJ45 с PoE REXANT</t>
+  </si>
+  <si>
+    <t>05-4000-1</t>
+  </si>
+  <si>
+    <t>Грозозащита на F-разъем 5-2400 МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-3078</t>
+  </si>
+  <si>
+    <t>Грозозащита коаксиального кабеля BNC разъем REXANT</t>
+  </si>
+  <si>
+    <t>05-3079</t>
+  </si>
+  <si>
+    <t>Грозозащита витой пары RJ45 разъем REXANT</t>
+  </si>
+  <si>
+    <t>1.5.5 Разъемы BNC</t>
+  </si>
+  <si>
+    <t>05-3073-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC штекер под винт с пружиной металл PROconnect</t>
+  </si>
+  <si>
+    <t>05-3081-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC гнездо с клеммной колодкой PROconnect</t>
   </si>
   <si>
     <t>05-3075-4</t>
   </si>
   <si>
     <t>Разъем BNC штекер под пайку с пружиной металл (универсальный) PROconnect</t>
   </si>
   <si>
-    <t>шт</t>
+    <t>05-3076-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC штекер с клеммной колодкой PROconnect</t>
   </si>
   <si>
     <t>05-3071-4</t>
   </si>
   <si>
     <t>Разъем BNC штекер под винт с колпачком PROconnect</t>
   </si>
   <si>
-    <t>05-3081-4</t>
-[...10 lines deleted...]
-  <si>
     <t>05-3072-4</t>
   </si>
   <si>
     <t>Разъем BNC штекер под винт с колпачком угловой PROconnect</t>
   </si>
   <si>
-    <t>05-3073-4</t>
-[...4 lines deleted...]
-  <si>
     <t>05-3076-2</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC штекер с быстрозажимной колодкой REXANT </t>
   </si>
   <si>
+    <t>05-3072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер под винт с колпачком угловой REXANT </t>
+  </si>
+  <si>
     <t>05-3071-2</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC штекер под винт с колпачком тип-2 REXANT </t>
   </si>
   <si>
+    <t>05-3076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер с клеммной колодкой REXANT </t>
+  </si>
+  <si>
+    <t>05-3081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC гнездо с клеммной колодкой REXANT </t>
+  </si>
+  <si>
+    <t>05-3082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC гнездо под винт с колпачком REXANT </t>
+  </si>
+  <si>
     <t>05-3120</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC гнездо с проводом 20 см REXANT </t>
   </si>
   <si>
     <t>05-3071</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC штекер под винт с колпачком REXANT </t>
   </si>
   <si>
-    <t>05-3072</t>
-[...4 lines deleted...]
-  <si>
     <t>05-3001</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC штекер RG-58 обжим REXANT </t>
   </si>
   <si>
     <t>05-3073</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC штекер под винт с пружиной металл REXANT </t>
   </si>
   <si>
     <t>05-3003</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC штекер RG-6 обжим REXANT </t>
   </si>
   <si>
     <t>05-3075</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC штекер под пайку с пружиной металл (универсальный) REXANT </t>
   </si>
   <si>
     <t>05-3002</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC штекер RG-59 обжим REXANT </t>
   </si>
   <si>
-    <t>05-3081</t>
-[...146 lines deleted...]
-    <t>1.2.3 Разъемы в розничной упаковке</t>
+    <t>1.5.6 Разъемы в розничной упаковке</t>
   </si>
   <si>
     <t>05-3073-4-7</t>
   </si>
   <si>
     <t>Разъем высокочастотный на кабель, штекер BNC под винт с пружиной, металл, (1шт.) (пакет) PROconnect</t>
   </si>
   <si>
-    <t>1.2.4 Грозозащита</t>
-[...86 lines deleted...]
-    <t>1.3 Муляжи видеокамер</t>
+    <t>1.6 Муляжи видеокамер</t>
+  </si>
+  <si>
+    <t>45-0250</t>
+  </si>
+  <si>
+    <t>Муляж камеры уличный, цилиндрический, черный REXANT</t>
+  </si>
+  <si>
+    <t>45-0309</t>
+  </si>
+  <si>
+    <t>Муляж видеокамеры уличной установки RX-309 REXANT</t>
   </si>
   <si>
     <t>45-0303</t>
   </si>
   <si>
     <t>Муляж видеокамеры внутренней установки RX-303 REXANT</t>
   </si>
   <si>
     <t>45-0200</t>
   </si>
   <si>
     <t>Муляж камеры уличный, купольный, белый REXANT</t>
   </si>
   <si>
+    <t>45-0305</t>
+  </si>
+  <si>
+    <t>Муляж видеокамеры внутренней установки RX-305 REXANT</t>
+  </si>
+  <si>
+    <t>45-0230</t>
+  </si>
+  <si>
+    <t>Муляж камеры, внутренний, купольный, черный REXANT</t>
+  </si>
+  <si>
+    <t>45-0301</t>
+  </si>
+  <si>
+    <t>Муляж видеокамеры внутренней установки RX-301 REXANT</t>
+  </si>
+  <si>
+    <t>45-0210</t>
+  </si>
+  <si>
+    <t>Муляж камеры внутренний, купольный, белый REXANT</t>
+  </si>
+  <si>
     <t>45-0307</t>
   </si>
   <si>
     <t>Муляж видеокамеры уличной установки RX-307 REXANT</t>
   </si>
   <si>
-    <t>45-0301</t>
-[...22 lines deleted...]
-  <si>
     <t>45-0240</t>
   </si>
   <si>
     <t>Муляж камеры уличный, цилиндрический, белый REXANT</t>
   </si>
   <si>
-    <t>45-0309</t>
-[...61 lines deleted...]
-  <si>
     <t>1.7 Блоки питания</t>
   </si>
   <si>
     <t>34-0493</t>
   </si>
   <si>
     <t>Блок питания стабилизированный 12В, 1,5А, уличная установка DC-493</t>
   </si>
   <si>
     <t>34-0496</t>
   </si>
   <si>
     <t>Блок питания резервированный 12В, 2А, под АКБ 7А/ ч DC-496</t>
   </si>
   <si>
     <t>34-0498</t>
   </si>
   <si>
     <t>Блок питания резервированный 12В, 3А, под АКБ 7А/ ч, уличная установка DC-498</t>
   </si>
   <si>
     <t>34-0494</t>
   </si>
   <si>
     <t>Блок питания стабилизированный 12В, 2А, внутренняя установка DC-494</t>
   </si>
   <si>
     <t>1.8 Кронштейны для камер видеонаблюдения</t>
   </si>
   <si>
+    <t>34-0882</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 14,5см, боковой REXANT</t>
+  </si>
+  <si>
+    <t>34-0885</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 30см, торцевой REXANT</t>
+  </si>
+  <si>
+    <t>34-0887</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 45см, торцевой REXANT</t>
+  </si>
+  <si>
+    <t>34-0870</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения REXANT, труба 5,1 см, 30 см</t>
+  </si>
+  <si>
+    <t>34-0884</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 30см, боковой REXANT</t>
+  </si>
+  <si>
+    <t>34-0888</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 15см, на мачту REXANT</t>
+  </si>
+  <si>
+    <t>34-0879</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения телескопический, 70-130см, боковой REXANT</t>
+  </si>
+  <si>
+    <t>34-0893</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для камер видеонаблюдения на столб, 18х14см, под хомуты REXANT (Хомуты в комплект не входят!) </t>
+  </si>
+  <si>
+    <t>34-0878</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения REXANT телескопический, 70-130 см</t>
+  </si>
+  <si>
+    <t>34-0880</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 30см, угловой REXANT</t>
+  </si>
+  <si>
+    <t>34-0883</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 14,5см, торцевой REXANT</t>
+  </si>
+  <si>
+    <t>34-0892</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для камер видеонаблюдения на столб, 20х13см, под хомуты REXANT (Хомуты в комплект не входят!) </t>
+  </si>
+  <si>
+    <t>34-0874</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения REXANT двойной с поворотными площадками, 30 см</t>
+  </si>
+  <si>
+    <t>28-4011</t>
+  </si>
+  <si>
+    <t>Кронштейн универсальный для видеокамер на столб/угол, серый</t>
+  </si>
+  <si>
+    <t>34-0616</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения телескопический, 60-110см боковой REXANT</t>
+  </si>
+  <si>
+    <t>28-4012</t>
+  </si>
+  <si>
+    <t>Кронштейн универсальный для видеокамер на столб/угол, черный</t>
+  </si>
+  <si>
+    <t>34-0617</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения телескопический, 60-110см торцевой REXANT</t>
+  </si>
+  <si>
+    <t>34-0872</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения REXANT с поворотной площадкой, труба 5,1 см, 30 см</t>
+  </si>
+  <si>
     <t>34-0881</t>
   </si>
   <si>
     <t>Кронштейн для камер видеонаблюдения, 50см, угловой REXANT</t>
   </si>
   <si>
-    <t>28-4012</t>
-[...52 lines deleted...]
-  <si>
     <t>34-0886</t>
   </si>
   <si>
     <t>Кронштейн для камер видеонаблюдения, 45см, боковой REXANT</t>
   </si>
   <si>
     <t>34-0894</t>
   </si>
   <si>
     <t>Кронштейн для камер видеонаблюдения на столб, 14х14 см, под хомуты REXANT (Хомуты в комплект не входят!)</t>
-  </si>
-[...52 lines deleted...]
-    <t>Кронштейн для камер видеонаблюдения, 30см, угловой REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1233,51 +1233,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-cu-cca-96-chernyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-cu-cca-96-belyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-tros-cu-cu-chernyy-305-m-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-cu-cu-chernyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-75-mm-cu-cu-belyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-75-mm-cu-cu-chernyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-cu-cu-belyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-cu-cca-96-chernyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-cu-cu-chernyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-cu-cu-belyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-cu-cca-96-belyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-50-mm-cu-cu-belyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-50-mm-cu-cu-chernyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-100-m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-305-m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-305-m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-4h0-5-mm-100-m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-4h0-5-mm-100-m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-100-m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvep-shsm-4x0-12-mm-200-m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvev-shsm-3x0-12-mm-200-m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-payku-s-pruzhinoy-metall-universalnyy-proconnect.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-proconnect.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-klemmnoy-kolodkoy-proconnect.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-klemmnoy-kolodkoy-proconnect.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-uglovoy-proconnect.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-pruzhinoy-metall-proconnect.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-bystrozazhimnoy-kolodkoy-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-tip-2-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-provodom-20-sm-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-uglovoy-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-58-obzhim-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-pruzhinoy-metall-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-6-obzhim-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-payku-s-pruzhinoy-metall-universalnyy-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-59-obzhim-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-klemmnoy-kolodkoy-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-pod-vint-s-kolpachkom-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-klemmnoy-kolodkoy-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5mm-s-klemmnoy-kolodkoy-proconnect.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-klemmnoy-kolodkoy-proconnect.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-9-razemov-2-1h5-5mm-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-bystrozazhimnoy-kolodkoy-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-provodom-20-sm-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-5-razemov-2-1h5-5mm-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-2-razema-2-1h5-5mm-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-4-razema-2-1h5-5mm-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-kabelya-pitaniya-dc-gnezdo-shteker-2-1h5-5mm-3m-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-kabelya-pitaniya-dc-gnezdo-shteker-2-1h5-5mm-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-adapterov-pitaniya-dc-gn-5-5h2-5mm-sht-5-5h2-1mm-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-bystrozazhimnoy-kolodkoy-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-5h5-5mm-s-provodom-20-sm-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-provodom-20-sm-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-5h5-5mm-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-5h5-5mm-s-provodom-20sm-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-klemmnoy-kolodkoy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-klemmnoy-kolodkoy-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-uglovoy-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-adapterov-pitaniya-dc-gn-5-5h2-1mm-sht-5-5h2-5mm-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-vysokochastotnyy-na-kabel-shteker-bnc-pod-vint-s-pruzhinoy-metall-1sht-paket-proconnect.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-vitoy-pary-razem-rj45-s-poe-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-na-f-razem-5-2400-mgts-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-vitoy-pary-rj45-razem-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-koaksialnogo-kabelya-bnc-razem-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelnyy-bnc-bnc-dlina-1-5-metra-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelnyy-bnc-bnc-dlina-3-metra-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelnyy-bnc-bnc-dlina-45-metrov-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelnyy-dlya-sistem-videonablyudeniya-bnc-dc-pitanie-dlina-18-metrov-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-f-shteker-bnc-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-shteker-bnc-gnezdo-rca-proconnect.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-shteker-bnc-gnezdo-bnc-x-2-troynik-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-bnc-gnezdo-bnc-i-konnektor-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-f-shteker-bnc-gold-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-vnutrenney-ustanovki-rx-303-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-ulichnyy-kupolnyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-ulichnoy-ustanovki-rx-307-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-vnutrenney-ustanovki-rx-301-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-vnutrenney-ustanovki-rx-305-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-vnutrenniy-kupolnyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-vnutrenniy-kupolnyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-ulichnyy-tsilindricheskiy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-ulichnoy-ustanovki-rx-309-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-ulichnyy-tsilindricheskiy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videokamera-ip-1-0mp-720p-obektiv-2-8-mm-ik-do-15-m-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kupolnaya-ulichnaya-kamera-ahd-1-3mp-960p-obektiv-2-8-12-mm-ik-do-30-m.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kupolnaya-kamera-ahd-1-0mp-720p-obektiv-2-8-12-mm-ik-do-30-m.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panoramnaya-kamera-ahd-3-0-mp-obektiv-fish-eye-1-29-mm-s-ik-do-100m.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoregistrator-gibridnyy-4-kanalnyy-ahd-hdvr-2-0-bez-hdd-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-stabilizirovannyy-12v-1-5a-ulichnaya-ustanovka-dc-493.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-rezervirovannyy-12v-2a-pod-akb-7a-ch-dc-496.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-rezervirovannyy-12v-3a-pod-akb-7a-ch-ulichnaya-ustanovka-dc-498.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-stabilizirovannyy-12v-2a-vnutrennyaya-ustanovka-dc-494.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-50sm-uglovoy-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-universalnyy-dlya-videokamer-na-stolb-ugol-chernyy.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-60-110sm-bokovoy-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-s-povorotnoy-ploschadkoy-truba-5-1-sm-30-sm.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-teleskopicheskiy-70-130-sm.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-bokovoy-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-tortsevoy-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-45sm-tortsevoy-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-15sm-na-machtu-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-14-5sm-tortsevoy-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-45sm-bokovoy-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-14h14-sm-pod-homuty-rexant-homuty-v-komplekt-ne-vho.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-universalnyy-dlya-videokamer-na-stolb-ugol-seryy.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-60-110sm-tortsevoy-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-dvoynoy-s-povorotnymi-ploschadkami-30-sm.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-truba-5-1-sm-30-sm.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-20h13sm-pod-homuty-rexant-homuty-v-komplekt-ne-vhod.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-14-5sm-bokovoy-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-18h14sm-pod-homuty-rexant-homuty-v-komplekt-ne-vhod.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-70-130sm-bokovoy-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-uglovoy-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoregistrator-gibridniy-4-kanalniy-ahd-hdvr-2-0-bez-hdd-rexant-28481" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kupolnaya-ulichnaya-kamera-ahd-1-3mp-960p-obektiv-2-8-12-mm-ik-do-30-m-10569" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kupolnaya-kamera-ahd-1-0mp-720p-obektiv-2-8-12-mm-ik-do-30-m-11680" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panoramnaya-kamera-ahd-3-0-mp-obektiv-fish-eye-1-29-mm-s-ik-do-100m-sup2-14076" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videokamera-ip-1-0mp-720p-obektiv-2-8-mm-ik-do-15-m-rexant-8174" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvev-shsm-3x0-12-mm-sup2-200-m-beliy-rexant-3567" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvep-shsm-4x0-12-mm-sup2-200-m-cherniy-rexant-3569" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-305-m-cherniy-rexant-492" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-4h0-5-mm-100-m-cherniy-rexant-495" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-100-m-cherniy-rexant-490" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-4h0-5-mm-100-m-beliy-rexant-493" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-305-m-beliy-rexant-491" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-100-m-beliy-rexant-167" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-cu-cca-96-cherniy-200-m-proconnect-4255" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-sup2-cu-cca-96-beliy-200-m-proconnect-4254" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-sup2-cu-cu-beliy-200-m-rexant-12227" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-75-mm-sup2-cu-cu-cherniy-200-m-rexant-9402" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-75-mm-sup2-cu-cu-beliy-200-m-rexant-9401" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-cu-cu-cherniy-200-m-rexant-2091" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-tros-cu-cu-cherniy-305-m-rexant-4478" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-sup2-cu-cca-96-beliy-200-m-proconnect-4252" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-sup2-cu-cu-beliy-200-m-proconnect-2092" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-sup2-cu-cca-96-cherniy-200-m-proconnect-15655" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-sup2-cu-cu-cherniy-200-m-proconnect-2093" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-50-mm-sup2-cu-cu-beliy-200-m-rexant-9399" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-50-mm-sup2-cu-cu-cherniy-200-m-rexant-9400" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-shteker-bnc-gnezdo-rca-proconnect-614" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-f-shteker-bnc-gold-proconnect-2208" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-f-shteker-bnc-gold-rexant-621" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-shteker-bnc-gnezdo-bnc-x-2-troynik-rexant-33" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-bnc-gnezdo-bnc-i-konnektor-rexant-615" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelniy-bnc-bnc-dlina-1-5-metra-rexant-7600" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelniy-bnc-bnc-dlina-3-metra-rexant-7601" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelniy-bnc-bnc-dlina-45-metrov-rexant-7605" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelniy-dlya-sistem-videonablyudeniya-bnc-dc-pitanie-dlina-18-metrov-rexant-6938" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5mm-s-klemmnoy-kolodkoy-proconnect-20135" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-klemmnoy-kolodkoy-proconnect-6898" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-9-razemov-2-1h5-5mm-rexant-7108" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-5-razemov-2-1h5-5mm-rexant-12681" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-bistrozajimnoy-kolodkoy-rexant-8810" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-kabelya-pitaniya-dc-gnezdo-shteker-2-1h5-5mm-3m-rexant-13240" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-provodom-20-sm-rexant-9088" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-2-razema-2-1h5-5mm-rexant-13241" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-bistrozajimnoy-kolodkoy-rexant-8811" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-provodom-20-sm-rexant-2307" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-uglovoy-rexant-2306" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-5h5-5mm-s-provodom-20-sm-rexant-23643" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-kabelya-pitaniya-dc-gnezdo-shteker-2-1h5-5mm-1-5m-rexant-13242" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-4-razema-2-1h5-5mm-rexant-13250" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-5h5-5mm-rexant-15631" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-rexant-2305" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-5h5-5mm-s-provodom-20sm-rexant-23772" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-klemmnoy-kolodkoy-rexant-2308" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-klemmnoy-kolodkoy-rexant-4312" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-adapterov-pitaniya-dc-gn-5-5h2-1mm-sht-5-5h2-5mm-rexant-18322" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-adapterov-pitaniya-dc-gn-5-5h2-5mm-sht-5-5h2-1mm-rexant-23771" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-vitoy-pari-razem-rj45-s-poe-rexant-8767" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-na-f-razem-5-2400-mgts-rexant-8836" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-koaksialnogo-kabelya-bnc-razem-rexant-6394" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-vitoy-pari-rj45-razem-rexant-6395" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-prujinoy-metall-proconnect-2163" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-klemmnoy-kolodkoy-proconnect-20066" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-payku-s-prujinoy-metall-universalniy-proconnect-3359" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-klemmnoy-kolodkoy-proconnect-6899" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-proconnect-2161" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-uglovoy-proconnect-2162" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-bistrozajimnoy-kolodkoy-blister-rexant-8809" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-uglovoy-rexant-607" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-tip-2-rexant-12169" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-klemmnoy-kolodkoy-rexant-3948" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-klemmnoy-kolodkoy-rexant-6593" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-pod-vint-s-kolpachkom-rexant-3360" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-provodom-20-sm-rexant-14430" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-rexant-18" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-58-objim-rexant-1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-prujinoy-metall-rexant-1401" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-6-objim-rexant-601" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-payku-s-prujinoy-metall-universalniy-rexant-3358" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-59-objim-rexant-600" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-visokochastotniy-na-kabel-shteker-bnc-pod-vint-s-prujinoy-metall-1sht-paket-proconnect-11894" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-ulichniy-tsilindricheskiy-cherniy-14196" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-ulichnoy-ustanovki-rx-309-rexant-24264" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-vnutrenney-ustanovki-rx-303-rexant-24261" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-ulichniy-kupolniy-beliy-7911" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-vnutrenney-ustanovki-rx-305-rexant-24262" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-vnutrenniy-kupolniy-cherniy-7918" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-vnutrenney-ustanovki-rx-301-rexant-24260" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-vnutrenniy-kupolniy-beliy-7916" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-ulichnoy-ustanovki-rx-307-rexant-24263" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-ulichniy-tsilindricheskiy-beliy-14194" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-stabilizirovanniy-12v-1-5a-ulichnaya-ustanovka-dc-493-11953" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-rezervirovanniy-12v-2a-pod-akb-7a-ch-dc-496-11956" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-rezervirovanniy-12v-3a-pod-akb-7a-ch-ulichnaya-ustanovka-dc-498-11952" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-stabilizirovanniy-12v-2a-vnutrennyaya-ustanovka-dc-494-11951" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-14-5sm-bokovoy-rexant-30893" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-tortsevoy-rexant-30896" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-45sm-tortsevoy-rexant-30898" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-truba-5-1-sm-30-sm-18326" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-bokovoy-rexant-30895" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-15sm-na-machtu-rexant-30899" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-70-130sm-bokovoy-rexant-30890" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-18h14sm-pod-homuti-rexant-homuti-v-komplekt-ne-vhodyat-30901" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-teleskopicheskiy-70-130-sm-18325" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-uglovoy-rexant-30891" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-14-5sm-tortsevoy-rexant-30894" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-20h13sm-pod-homuti-rexant-homuti-v-komplekt-ne-vhodyat-30900" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-dvoynoy-s-povorotnimi-ploschadkami-30-sm-18328" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-universalniy-dlya-videokamer-na-stolb-ugol-seriy-28178" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-60-110sm-bokovoy-rexant-29655" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-universalniy-dlya-videokamer-na-stolb-ugol-cherniy-28179" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-60-110sm-tortsevoy-rexant-29611" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-s-povorotnoy-ploschadkoy-truba-5-1-sm-30-sm-18327" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-50sm-uglovoy-rexant-30892" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-45sm-bokovoy-rexant-30897" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-14h14-sm-pod-homuti-rexant-homuti-v-komplekt-ne-vhodyat-30902" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I139"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1327,3753 +1327,3753 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>12933.18</v>
+        <v>4062.22</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>426</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="3" t="s">
+      <c r="A6" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="C6" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C8" s="3">
+        <v>3781.69</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F8" s="3">
+        <v>36</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>50</v>
+      </c>
+      <c r="I8" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B9" s="2"/>
+      <c r="C9" s="2"/>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C10" s="3">
-        <v>16855.07</v>
+        <v>1723.68</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="I10" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C11" s="3">
-        <v>14229</v>
+        <v>4580.63</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A13" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B14" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C14" s="3">
+        <v>5972.98</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="3">
+        <v>0</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
         <v>32</v>
       </c>
-      <c r="C14" s="3">
-[...16 lines deleted...]
-      </c>
       <c r="I14" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A15" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A16" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="C17" s="3">
-        <v>11760.82</v>
+        <v>6229.51</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F17" s="3">
-        <v>144</v>
+        <v>320</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I17" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C18" s="3">
-        <v>10629.48</v>
+        <v>7868.85</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F18" s="3">
-        <v>101</v>
+        <v>240</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="C20" s="3">
-        <v>4605.08</v>
+        <v>16109.9</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F20" s="3">
-        <v>534</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I20" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C21" s="3">
-        <v>16109.9</v>
+        <v>7731.44</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>157</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I21" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="C22" s="3">
-        <v>17706.6</v>
+        <v>4605.08</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>494</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I22" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="C23" s="3">
-        <v>7731.44</v>
+        <v>7595.37</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F23" s="3">
-        <v>163</v>
+        <v>66</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>6</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="C24" s="3">
-        <v>7595.37</v>
+        <v>17706.6</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F24" s="3">
-        <v>73</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I24" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="C25" s="3">
         <v>4929.83</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F25" s="3">
-        <v>1704</v>
+        <v>1025</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>6</v>
       </c>
       <c r="I25" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C27" s="3">
-        <v>7868.85</v>
+        <v>12933.18</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F27" s="3">
-        <v>193</v>
+        <v>389</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I27" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C28" s="3">
-        <v>6229.51</v>
+        <v>12698.06</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F28" s="3">
-        <v>288</v>
+        <v>126</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I28" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A29" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I29" s="2"/>
+      <c r="A29" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C29" s="3">
+        <v>14229</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F29" s="3">
+        <v>90</v>
+      </c>
+      <c r="G29" s="3">
+        <v>1</v>
+      </c>
+      <c r="H29" s="3">
+        <v>2</v>
+      </c>
+      <c r="I29" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A30" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I30" s="2"/>
+      <c r="A30" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C30" s="3">
+        <v>16855.07</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F30" s="3">
+        <v>20</v>
+      </c>
+      <c r="G30" s="3">
+        <v>1</v>
+      </c>
+      <c r="H30" s="3">
+        <v>2</v>
+      </c>
+      <c r="I30" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C31" s="3">
-        <v>57.2</v>
+        <v>17717.92</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="F31" s="3">
-        <v>5300</v>
+        <v>30</v>
       </c>
       <c r="G31" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C32" s="3">
-        <v>46.82</v>
+        <v>13746.11</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="F32" s="3">
-        <v>8350</v>
+        <v>48</v>
       </c>
       <c r="G32" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C33" s="3">
-        <v>45.42</v>
+        <v>25778.71</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="F33" s="3">
-        <v>4680</v>
+        <v>77</v>
       </c>
       <c r="G33" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>305</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A34" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A34" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C35" s="3">
-        <v>34.26</v>
+        <v>9123.53</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>145</v>
       </c>
       <c r="G35" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C36" s="3">
-        <v>35.97</v>
+        <v>11602.93</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="F36" s="3">
-        <v>24650</v>
+        <v>82</v>
       </c>
       <c r="G36" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="C37" s="3">
-        <v>90.82</v>
+        <v>9050.53</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="F37" s="3">
-        <v>3450</v>
+        <v>205</v>
       </c>
       <c r="G37" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="C38" s="3">
-        <v>22.95</v>
+        <v>11822.29</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>126</v>
       </c>
       <c r="G38" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>2000</v>
+        <v>2</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C39" s="3">
-        <v>17.46</v>
+        <v>11760.82</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="F39" s="3">
-        <v>3600</v>
+        <v>135</v>
       </c>
       <c r="G39" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="C40" s="3">
-        <v>49.07</v>
+        <v>10629.48</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" s="3">
         <v>63</v>
       </c>
-      <c r="F40" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="G40" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A41" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A41" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B41" s="2"/>
+      <c r="C41" s="2"/>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2"/>
+      <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A42" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A42" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B42" s="2"/>
+      <c r="C42" s="2"/>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="C43" s="3">
-        <v>109.53</v>
+        <v>19.22</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>33290</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H43" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="C44" s="3">
-        <v>43.33</v>
+        <v>43.79</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>10300</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H44" s="3">
         <v>2500</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="C45" s="3">
-        <v>153.77</v>
+        <v>24.46</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>8650</v>
+        <v>700</v>
       </c>
       <c r="G45" s="3">
         <v>50</v>
       </c>
       <c r="H45" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="C46" s="3">
-        <v>41.85</v>
+        <v>46.25</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>8800</v>
+        <v>1250</v>
       </c>
       <c r="G46" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H46" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="C47" s="3">
-        <v>45.17</v>
+        <v>20.08</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>7500</v>
+        <v>9360</v>
       </c>
       <c r="G47" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H47" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A48" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="B48" s="2"/>
+      <c r="C48" s="2"/>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2"/>
+      <c r="G48" s="2"/>
+      <c r="H48" s="2"/>
+      <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="C49" s="3">
-        <v>37.09</v>
+        <v>617.07</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>99750</v>
+        <v>212</v>
       </c>
       <c r="G49" s="3">
+        <v>1</v>
+      </c>
+      <c r="H49" s="3">
+        <v>100</v>
+      </c>
+      <c r="I49" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="C50" s="3">
+        <v>784.68</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F50" s="3">
+        <v>45</v>
+      </c>
+      <c r="G50" s="3">
+        <v>1</v>
+      </c>
+      <c r="H50" s="3">
         <v>50</v>
       </c>
-      <c r="H49" s="3">
-[...17 lines deleted...]
-      <c r="I50" s="2"/>
+      <c r="I50" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="C51" s="3">
-        <v>47.92</v>
+        <v>2800.41</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>19450</v>
+        <v>48</v>
       </c>
       <c r="G51" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="C52" s="3">
-        <v>30.43</v>
+        <v>650.65</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>68420</v>
+        <v>467</v>
       </c>
       <c r="G52" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>2000</v>
+        <v>50</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A53" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A53" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="C54" s="3">
-        <v>80.01</v>
+        <v>47.92</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>8390</v>
+        <v>17450</v>
       </c>
       <c r="G54" s="3">
         <v>50</v>
       </c>
       <c r="H54" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="C55" s="3">
-        <v>71.4</v>
+        <v>30.43</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>29550</v>
+        <v>58560</v>
       </c>
       <c r="G55" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H55" s="3">
         <v>2000</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="C56" s="3">
-        <v>223.5</v>
+        <v>456.49</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>341</v>
+        <v>805</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>200</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="C57" s="3">
-        <v>252.47</v>
+        <v>212.33</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>2489</v>
+        <v>246</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="C58" s="3">
-        <v>372.52</v>
+        <v>76.64</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>2126</v>
+        <v>37550</v>
       </c>
       <c r="G58" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H58" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="C59" s="3">
         <v>160.6</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>14384</v>
+        <v>9954</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>250</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="C60" s="3">
-        <v>140.17</v>
+        <v>71.4</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>12402</v>
+        <v>26550</v>
       </c>
       <c r="G60" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H60" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="C61" s="3">
-        <v>15.6</v>
+        <v>252.47</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>1100</v>
+        <v>2163</v>
       </c>
       <c r="G61" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>2000</v>
+        <v>400</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="C62" s="3">
-        <v>76.64</v>
+        <v>80.01</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>35850</v>
+        <v>8090</v>
       </c>
       <c r="G62" s="3">
         <v>50</v>
       </c>
       <c r="H62" s="3">
         <v>1000</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="C63" s="3">
-        <v>55.57</v>
+        <v>54.51</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>4750</v>
+        <v>47250</v>
       </c>
       <c r="G63" s="3">
         <v>50</v>
       </c>
       <c r="H63" s="3">
         <v>2000</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="C64" s="3">
-        <v>54.51</v>
+        <v>26.88</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>51100</v>
+        <v>8700</v>
       </c>
       <c r="G64" s="3">
         <v>50</v>
       </c>
       <c r="H64" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="C65" s="3">
-        <v>15.47</v>
+        <v>55.57</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>31350</v>
+        <v>3900</v>
       </c>
       <c r="G65" s="3">
         <v>50</v>
       </c>
       <c r="H65" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="C66" s="3">
-        <v>14.62</v>
+        <v>140.17</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>35050</v>
+        <v>10123</v>
       </c>
       <c r="G66" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="C67" s="3">
-        <v>77.6</v>
+        <v>191.87</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>3000</v>
+        <v>2065</v>
       </c>
       <c r="G67" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="C68" s="3">
-        <v>38.76</v>
+        <v>14.62</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>167433</v>
+        <v>32600</v>
       </c>
       <c r="G68" s="3">
         <v>50</v>
       </c>
       <c r="H68" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="C69" s="3">
-        <v>34.43</v>
+        <v>15.47</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>68400</v>
+        <v>30000</v>
       </c>
       <c r="G69" s="3">
         <v>50</v>
       </c>
       <c r="H69" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="C70" s="3">
-        <v>26.88</v>
+        <v>77.6</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>10850</v>
+        <v>2650</v>
       </c>
       <c r="G70" s="3">
         <v>50</v>
       </c>
       <c r="H70" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="C71" s="3">
-        <v>74.88</v>
+        <v>38.76</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>300</v>
+        <v>140450</v>
       </c>
       <c r="G71" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H71" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I71" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A72" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="C72" s="3">
+        <v>34.43</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F72" s="3">
+        <v>81650</v>
+      </c>
+      <c r="G72" s="3">
+        <v>50</v>
+      </c>
+      <c r="H72" s="3">
         <v>2000</v>
       </c>
-      <c r="I71" s="3">
-[...14 lines deleted...]
-      <c r="I72" s="2"/>
+      <c r="I72" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="C73" s="3">
-        <v>76.43</v>
+        <v>74.88</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F73" s="3">
         <v>0</v>
       </c>
       <c r="G73" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H73" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I73" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A74" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="C74" s="3">
+        <v>15.6</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F74" s="3">
+        <v>900</v>
+      </c>
+      <c r="G74" s="3">
         <v>100</v>
       </c>
-      <c r="I73" s="3">
-[...14 lines deleted...]
-      <c r="I74" s="2"/>
+      <c r="H74" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I74" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A75" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A75" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="B75" s="2"/>
+      <c r="C75" s="2"/>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+      <c r="H75" s="2"/>
+      <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="C76" s="3">
-        <v>717.18</v>
+        <v>3193.76</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>521</v>
+        <v>1149</v>
       </c>
       <c r="G76" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="C77" s="3">
-        <v>1954.81</v>
+        <v>717.18</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>1211</v>
+        <v>474</v>
       </c>
       <c r="G77" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H77" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="C78" s="3">
         <v>1680.43</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>786</v>
+        <v>769</v>
       </c>
       <c r="G78" s="3">
         <v>10</v>
       </c>
       <c r="H78" s="3">
         <v>125</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A79" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I79" s="2"/>
+      <c r="A79" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C79" s="3">
+        <v>1954.81</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F79" s="3">
+        <v>659</v>
+      </c>
+      <c r="G79" s="3">
+        <v>1</v>
+      </c>
+      <c r="H79" s="3">
+        <v>200</v>
+      </c>
+      <c r="I79" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A80" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A80" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="B80" s="2"/>
+      <c r="C80" s="2"/>
+      <c r="D80" s="2"/>
+      <c r="E80" s="2"/>
+      <c r="F80" s="2"/>
+      <c r="G80" s="2"/>
+      <c r="H80" s="2"/>
+      <c r="I80" s="2"/>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="C81" s="3">
-        <v>784.68</v>
+        <v>35.97</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>28</v>
+        <v>21150</v>
       </c>
       <c r="G81" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H81" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="C82" s="3">
-        <v>2800.41</v>
+        <v>45.42</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>55</v>
+        <v>4000</v>
       </c>
       <c r="G82" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H82" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="C83" s="3">
-        <v>650.65</v>
+        <v>57.2</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>593</v>
+        <v>4750</v>
       </c>
       <c r="G83" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H83" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A84" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I84" s="2"/>
+      <c r="A84" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C84" s="3">
+        <v>43.4</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F84" s="3">
+        <v>102810</v>
+      </c>
+      <c r="G84" s="3">
+        <v>10</v>
+      </c>
+      <c r="H84" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I84" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="C85" s="3">
-        <v>48.65</v>
+        <v>46.82</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>350</v>
+        <v>7450</v>
       </c>
       <c r="G85" s="3">
         <v>50</v>
       </c>
       <c r="H85" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="C86" s="3">
-        <v>19.22</v>
+        <v>30.83</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>50</v>
       </c>
       <c r="H86" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="C87" s="3">
-        <v>46.25</v>
+        <v>90.82</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>1750</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>50</v>
       </c>
       <c r="H87" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="C88" s="3">
-        <v>20.08</v>
+        <v>29.34</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>11260</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H88" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="C89" s="3">
-        <v>27.18</v>
+        <v>22.95</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>1450</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>50</v>
       </c>
       <c r="H89" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I90" s="2"/>
+      <c r="A90" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="C90" s="3">
+        <v>37.09</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F90" s="3">
+        <v>88000</v>
+      </c>
+      <c r="G90" s="3">
+        <v>50</v>
+      </c>
+      <c r="H90" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I90" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="C91" s="3">
-        <v>458.64</v>
+        <v>45.17</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>1143</v>
+        <v>9250</v>
       </c>
       <c r="G91" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H91" s="3">
-        <v>15</v>
+        <v>1000</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C92" s="3">
-        <v>420.05</v>
+        <v>50.18</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>0</v>
+        <v>2050</v>
       </c>
       <c r="G92" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H92" s="3">
-        <v>20</v>
+        <v>1000</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="C93" s="3">
-        <v>693.29</v>
+        <v>15.71</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>2704</v>
+        <v>3350</v>
       </c>
       <c r="G93" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H93" s="3">
-        <v>30</v>
+        <v>1000</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C94" s="3">
-        <v>299.77</v>
+        <v>49.07</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>8</v>
+        <v>350</v>
       </c>
       <c r="G94" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H94" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="C95" s="3">
-        <v>769.91</v>
+        <v>35.41</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>0</v>
+        <v>6100</v>
       </c>
       <c r="G95" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H95" s="3">
-        <v>20</v>
+        <v>2500</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C96" s="3">
-        <v>511.97</v>
+        <v>109.53</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>2604</v>
+        <v>31360</v>
       </c>
       <c r="G96" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H96" s="3">
-        <v>60</v>
+        <v>1000</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="C97" s="3">
-        <v>463.96</v>
+        <v>43.33</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>3314</v>
+        <v>8700</v>
       </c>
       <c r="G97" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H97" s="3">
-        <v>100</v>
+        <v>2500</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="C98" s="3">
-        <v>1013.28</v>
+        <v>153.77</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>1495</v>
+        <v>8250</v>
       </c>
       <c r="G98" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H98" s="3">
-        <v>30</v>
+        <v>1000</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="C99" s="3">
-        <v>512.81</v>
+        <v>41.85</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F99" s="3">
+        <v>6300</v>
+      </c>
+      <c r="G99" s="3">
+        <v>100</v>
+      </c>
+      <c r="H99" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I99" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A100" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="B100" s="2"/>
+      <c r="C100" s="2"/>
+      <c r="D100" s="2"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2"/>
+      <c r="I100" s="2"/>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="C101" s="3">
+        <v>76.43</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F101" s="3">
         <v>0</v>
       </c>
-      <c r="G99" s="3">
-[...49 lines deleted...]
-      <c r="I101" s="2"/>
+      <c r="G101" s="3">
+        <v>1</v>
+      </c>
+      <c r="H101" s="3">
+        <v>100</v>
+      </c>
+      <c r="I101" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="2"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
       <c r="I102" s="2"/>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="C103" s="3">
+        <v>1045.28</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F103" s="3">
+        <v>3218</v>
+      </c>
+      <c r="G103" s="3">
+        <v>1</v>
+      </c>
+      <c r="H103" s="3">
+        <v>30</v>
+      </c>
+      <c r="I103" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A104" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="C104" s="3">
+        <v>512.81</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F104" s="3">
+        <v>0</v>
+      </c>
+      <c r="G104" s="3">
+        <v>1</v>
+      </c>
+      <c r="H104" s="3">
+        <v>60</v>
+      </c>
+      <c r="I104" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A105" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="B103" s="3" t="s">
-[...48 lines deleted...]
-      <c r="I105" s="2"/>
+      <c r="C105" s="3">
+        <v>458.64</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F105" s="3">
+        <v>659</v>
+      </c>
+      <c r="G105" s="3">
+        <v>1</v>
+      </c>
+      <c r="H105" s="3">
+        <v>15</v>
+      </c>
+      <c r="I105" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="C106" s="3">
+        <v>420.05</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F106" s="3">
+        <v>0</v>
+      </c>
+      <c r="G106" s="3">
+        <v>1</v>
+      </c>
+      <c r="H106" s="3">
+        <v>20</v>
+      </c>
+      <c r="I106" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A107" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I107" s="2"/>
+      <c r="C107" s="3">
+        <v>769.91</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F107" s="3">
+        <v>0</v>
+      </c>
+      <c r="G107" s="3">
+        <v>1</v>
+      </c>
+      <c r="H107" s="3">
+        <v>20</v>
+      </c>
+      <c r="I107" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C108" s="3">
-        <v>1723.68</v>
+        <v>463.96</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>26</v>
+        <v>802</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="C109" s="3">
+        <v>299.77</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F109" s="3">
+        <v>0</v>
+      </c>
+      <c r="G109" s="3">
+        <v>1</v>
+      </c>
+      <c r="H109" s="3">
+        <v>100</v>
+      </c>
+      <c r="I109" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A110" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B109" s="3" t="s">
+      <c r="B110" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="C109" s="3">
-[...22 lines deleted...]
-      <c r="A110" s="2" t="s">
+      <c r="C110" s="3">
+        <v>511.97</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F110" s="3">
+        <v>1020</v>
+      </c>
+      <c r="G110" s="3">
+        <v>1</v>
+      </c>
+      <c r="H110" s="3">
+        <v>60</v>
+      </c>
+      <c r="I110" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B110" s="2"/>
-[...9 lines deleted...]
-      <c r="A111" s="2" t="s">
+      <c r="B111" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="B111" s="2"/>
-[...6 lines deleted...]
-      <c r="I111" s="2"/>
+      <c r="C111" s="3">
+        <v>693.29</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F111" s="3">
+        <v>1731</v>
+      </c>
+      <c r="G111" s="3">
+        <v>1</v>
+      </c>
+      <c r="H111" s="3">
+        <v>30</v>
+      </c>
+      <c r="I111" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C112" s="3">
-        <v>4838.4</v>
+        <v>1013.28</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>0</v>
+        <v>1363</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
         <v>213</v>
       </c>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="2"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
       <c r="I113" s="2"/>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C114" s="3">
         <v>1620.55</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>97</v>
+        <v>28</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>30</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C115" s="3">
         <v>4327.29</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>34</v>
+        <v>28.1</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
         <v>24</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C116" s="3">
         <v>7244.77</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>5</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C117" s="3">
         <v>2024.42</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
         <v>30</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="2" t="s">
         <v>222</v>
       </c>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
       <c r="D118" s="2"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
       <c r="I118" s="2"/>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C119" s="3">
-        <v>1610.37</v>
+        <v>580.83</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C120" s="3">
-        <v>1775.58</v>
+        <v>636.16</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F120" s="3">
+        <v>54</v>
+      </c>
+      <c r="G120" s="3">
+        <v>1</v>
+      </c>
+      <c r="H120" s="3">
+        <v>30</v>
+      </c>
+      <c r="I120" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C121" s="3">
-        <v>1753.17</v>
+        <v>722.21</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I121" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C122" s="3">
-        <v>1421.8</v>
+        <v>1189.36</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>5</v>
+        <v>352</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>20</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C123" s="3">
-        <v>2662.9</v>
+        <v>636.16</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>628</v>
+        <v>14</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I123" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C124" s="3">
-        <v>636.16</v>
+        <v>925.32</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F124" s="3">
         <v>0</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C125" s="3">
-        <v>636.16</v>
+        <v>2126.67</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F125" s="3">
         <v>0</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C126" s="3">
-        <v>722.21</v>
+        <v>952.7</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C127" s="3">
-        <v>925.32</v>
+        <v>2662.9</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>16</v>
+        <v>392</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I127" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C128" s="3">
-        <v>574.47</v>
+        <v>1244.67</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>3</v>
+        <v>42</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I128" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C129" s="3">
-        <v>722.21</v>
+        <v>574.47</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I129" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C130" s="3">
-        <v>700.71</v>
+        <v>1029.53</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C131" s="3">
-        <v>1775.58</v>
+        <v>3177.45</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>56</v>
+        <v>2</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C132" s="3">
-        <v>1753.17</v>
+        <v>1775.58</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>256</v>
+        <v>112</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="I132" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C133" s="3">
-        <v>3177.45</v>
+        <v>1753.17</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F133" s="3">
+        <v>137</v>
+      </c>
+      <c r="G133" s="3">
+        <v>1</v>
+      </c>
+      <c r="H133" s="3">
+        <v>10</v>
+      </c>
+      <c r="I133" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C134" s="3">
-        <v>1189.36</v>
+        <v>1775.58</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C135" s="3">
-        <v>1029.53</v>
+        <v>1753.17</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>0</v>
+        <v>253</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I135" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C136" s="3">
-        <v>580.83</v>
+        <v>1421.8</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I136" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C137" s="3">
-        <v>952.7</v>
+        <v>1610.37</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="I137" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C138" s="3">
-        <v>2126.67</v>
+        <v>722.21</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>0</v>
+        <v>44</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C139" s="3">
-        <v>1244.67</v>
+        <v>700.71</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>8</v>
+        <v>67</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I139" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="23">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A6:I6"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A9:I9"/>
     <mergeCell ref="A12:I12"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A15:I15"/>
+    <mergeCell ref="A16:I16"/>
     <mergeCell ref="A19:I19"/>
     <mergeCell ref="A26:I26"/>
-    <mergeCell ref="A29:I29"/>
-[...7 lines deleted...]
-    <mergeCell ref="A101:I101"/>
+    <mergeCell ref="A34:I34"/>
+    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A42:I42"/>
+    <mergeCell ref="A48:I48"/>
+    <mergeCell ref="A53:I53"/>
+    <mergeCell ref="A75:I75"/>
+    <mergeCell ref="A80:I80"/>
+    <mergeCell ref="A100:I100"/>
     <mergeCell ref="A102:I102"/>
-    <mergeCell ref="A104:I104"/>
-[...3 lines deleted...]
-    <mergeCell ref="A111:I111"/>
     <mergeCell ref="A113:I113"/>
     <mergeCell ref="A118:I118"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
-    <hyperlink ref="D6" r:id="rId2"/>
-[...86 lines deleted...]
-    <hyperlink ref="D109" r:id="rId89"/>
+    <hyperlink ref="D8" r:id="rId2"/>
+    <hyperlink ref="D10" r:id="rId3"/>
+    <hyperlink ref="D11" r:id="rId4"/>
+    <hyperlink ref="D14" r:id="rId5"/>
+    <hyperlink ref="D17" r:id="rId6"/>
+    <hyperlink ref="D18" r:id="rId7"/>
+    <hyperlink ref="D20" r:id="rId8"/>
+    <hyperlink ref="D21" r:id="rId9"/>
+    <hyperlink ref="D22" r:id="rId10"/>
+    <hyperlink ref="D23" r:id="rId11"/>
+    <hyperlink ref="D24" r:id="rId12"/>
+    <hyperlink ref="D25" r:id="rId13"/>
+    <hyperlink ref="D27" r:id="rId14"/>
+    <hyperlink ref="D28" r:id="rId15"/>
+    <hyperlink ref="D29" r:id="rId16"/>
+    <hyperlink ref="D30" r:id="rId17"/>
+    <hyperlink ref="D31" r:id="rId18"/>
+    <hyperlink ref="D32" r:id="rId19"/>
+    <hyperlink ref="D33" r:id="rId20"/>
+    <hyperlink ref="D35" r:id="rId21"/>
+    <hyperlink ref="D36" r:id="rId22"/>
+    <hyperlink ref="D37" r:id="rId23"/>
+    <hyperlink ref="D38" r:id="rId24"/>
+    <hyperlink ref="D39" r:id="rId25"/>
+    <hyperlink ref="D40" r:id="rId26"/>
+    <hyperlink ref="D43" r:id="rId27"/>
+    <hyperlink ref="D44" r:id="rId28"/>
+    <hyperlink ref="D45" r:id="rId29"/>
+    <hyperlink ref="D46" r:id="rId30"/>
+    <hyperlink ref="D47" r:id="rId31"/>
+    <hyperlink ref="D49" r:id="rId32"/>
+    <hyperlink ref="D50" r:id="rId33"/>
+    <hyperlink ref="D51" r:id="rId34"/>
+    <hyperlink ref="D52" r:id="rId35"/>
+    <hyperlink ref="D54" r:id="rId36"/>
+    <hyperlink ref="D55" r:id="rId37"/>
+    <hyperlink ref="D56" r:id="rId38"/>
+    <hyperlink ref="D57" r:id="rId39"/>
+    <hyperlink ref="D58" r:id="rId40"/>
+    <hyperlink ref="D59" r:id="rId41"/>
+    <hyperlink ref="D60" r:id="rId42"/>
+    <hyperlink ref="D61" r:id="rId43"/>
+    <hyperlink ref="D62" r:id="rId44"/>
+    <hyperlink ref="D63" r:id="rId45"/>
+    <hyperlink ref="D64" r:id="rId46"/>
+    <hyperlink ref="D65" r:id="rId47"/>
+    <hyperlink ref="D66" r:id="rId48"/>
+    <hyperlink ref="D67" r:id="rId49"/>
+    <hyperlink ref="D68" r:id="rId50"/>
+    <hyperlink ref="D69" r:id="rId51"/>
+    <hyperlink ref="D70" r:id="rId52"/>
+    <hyperlink ref="D71" r:id="rId53"/>
+    <hyperlink ref="D72" r:id="rId54"/>
+    <hyperlink ref="D73" r:id="rId55"/>
+    <hyperlink ref="D74" r:id="rId56"/>
+    <hyperlink ref="D76" r:id="rId57"/>
+    <hyperlink ref="D77" r:id="rId58"/>
+    <hyperlink ref="D78" r:id="rId59"/>
+    <hyperlink ref="D79" r:id="rId60"/>
+    <hyperlink ref="D81" r:id="rId61"/>
+    <hyperlink ref="D82" r:id="rId62"/>
+    <hyperlink ref="D83" r:id="rId63"/>
+    <hyperlink ref="D84" r:id="rId64"/>
+    <hyperlink ref="D85" r:id="rId65"/>
+    <hyperlink ref="D86" r:id="rId66"/>
+    <hyperlink ref="D87" r:id="rId67"/>
+    <hyperlink ref="D88" r:id="rId68"/>
+    <hyperlink ref="D89" r:id="rId69"/>
+    <hyperlink ref="D90" r:id="rId70"/>
+    <hyperlink ref="D91" r:id="rId71"/>
+    <hyperlink ref="D92" r:id="rId72"/>
+    <hyperlink ref="D93" r:id="rId73"/>
+    <hyperlink ref="D94" r:id="rId74"/>
+    <hyperlink ref="D95" r:id="rId75"/>
+    <hyperlink ref="D96" r:id="rId76"/>
+    <hyperlink ref="D97" r:id="rId77"/>
+    <hyperlink ref="D98" r:id="rId78"/>
+    <hyperlink ref="D99" r:id="rId79"/>
+    <hyperlink ref="D101" r:id="rId80"/>
+    <hyperlink ref="D103" r:id="rId81"/>
+    <hyperlink ref="D104" r:id="rId82"/>
+    <hyperlink ref="D105" r:id="rId83"/>
+    <hyperlink ref="D106" r:id="rId84"/>
+    <hyperlink ref="D107" r:id="rId85"/>
+    <hyperlink ref="D108" r:id="rId86"/>
+    <hyperlink ref="D109" r:id="rId87"/>
+    <hyperlink ref="D110" r:id="rId88"/>
+    <hyperlink ref="D111" r:id="rId89"/>
     <hyperlink ref="D112" r:id="rId90"/>
     <hyperlink ref="D114" r:id="rId91"/>
     <hyperlink ref="D115" r:id="rId92"/>
     <hyperlink ref="D116" r:id="rId93"/>
     <hyperlink ref="D117" r:id="rId94"/>
     <hyperlink ref="D119" r:id="rId95"/>
     <hyperlink ref="D120" r:id="rId96"/>
     <hyperlink ref="D121" r:id="rId97"/>
     <hyperlink ref="D122" r:id="rId98"/>
     <hyperlink ref="D123" r:id="rId99"/>
     <hyperlink ref="D124" r:id="rId100"/>
     <hyperlink ref="D125" r:id="rId101"/>
     <hyperlink ref="D126" r:id="rId102"/>
     <hyperlink ref="D127" r:id="rId103"/>
     <hyperlink ref="D128" r:id="rId104"/>
     <hyperlink ref="D129" r:id="rId105"/>
     <hyperlink ref="D130" r:id="rId106"/>
     <hyperlink ref="D131" r:id="rId107"/>
     <hyperlink ref="D132" r:id="rId108"/>
     <hyperlink ref="D133" r:id="rId109"/>
     <hyperlink ref="D134" r:id="rId110"/>
     <hyperlink ref="D135" r:id="rId111"/>
     <hyperlink ref="D136" r:id="rId112"/>
     <hyperlink ref="D137" r:id="rId113"/>
     <hyperlink ref="D138" r:id="rId114"/>