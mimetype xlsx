--- v1 (2025-12-07)
+++ v2 (2026-02-27)
@@ -8,847 +8,805 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="492" uniqueCount="265">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="468" uniqueCount="251">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Видеонаблюдение</t>
   </si>
   <si>
-    <t>1.1 Видеорегистраторы</t>
-[...8 lines deleted...]
-    <t>Видеорегистратор гибридный 4-канальный AHD-HDVR/2.0 (без HDD) REXANT</t>
+    <t>1.1 Кабель для видеонаблюдения</t>
+  </si>
+  <si>
+    <t>1.1.1 Кабель КВК с питанием 2*0,75 мм2</t>
+  </si>
+  <si>
+    <t>01-4109</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2 +2x0,75 мм² (Cu/CCA) (96) черный, 200 м, PROconnect</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-4108</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,75 мм² (Cu/CCA) (96) белый, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4105</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2 +2x0,75 мм² (Cu/Cu) черный, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4014</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-1,5+2x0,75 мм² (Cu/Cu) белый, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4107</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2+2x0,75 мм², +ТРОС (Cu/Cu) черный, 305 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4015</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-1,5+2x0,75 мм² (Cu/Cu) черный, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4101-1</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,75 мм² (Cu/Cu) белый, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 Кабель КВК с питанием 2*0,5 мм2</t>
+  </si>
+  <si>
+    <t>01-4215</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2 +2x0,50 мм² (Cu/CCA) (96) черный, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4214</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2 +2x0,50 мм² (Cu/Cu) черный, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4213</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,50 мм² (Cu/Cu) белый, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4216</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,50 мм² (Cu/CCA) (96) белый, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4012</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-1,5+2x0,50 мм² (Cu/Cu) белый, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4013</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-1,5+2x0,50 мм² (Cu/Cu) черный, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3 Кабель ККСВ, ККСП</t>
+  </si>
+  <si>
+    <t>01-4002</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+2х0,5 мм, 100 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4003</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+2х0,5 мм, 305 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>01-4022</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+4х0,5 мм, 100 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4004</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+2х0,5 мм, 305 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4021</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+4х0,5 мм, 100 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>01-4001</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+2х0,5 мм, 100 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4 Кабель ШВЭВ, ШВЭП, ШСМ</t>
+  </si>
+  <si>
+    <t>01-4034</t>
+  </si>
+  <si>
+    <t>Кабель ШВЭП (ШСм, 4x0,12 мм², 200 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4033</t>
+  </si>
+  <si>
+    <t>Кабель ШВЭВ (ШСм, 3x0,12 мм², 200 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Разъемы и аксессуары</t>
+  </si>
+  <si>
+    <t>1.2.1 Разъемы BNC</t>
+  </si>
+  <si>
+    <t>05-3081-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC гнездо с клеммной колодкой PROconnect</t>
+  </si>
+  <si>
     <t>шт</t>
   </si>
   <si>
-    <t>1.2 Камеры AHD</t>
-[...2 lines deleted...]
-    <t>1.2.1 Уличной установки AHD</t>
+    <t>05-3076-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC штекер с клеммной колодкой PROconnect</t>
+  </si>
+  <si>
+    <t>05-3075-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC штекер под пайку с пружиной металл (универсальный) PROconnect</t>
+  </si>
+  <si>
+    <t>05-3071-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC штекер под винт с колпачком PROconnect</t>
+  </si>
+  <si>
+    <t>05-3072-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC штекер под винт с колпачком угловой PROconnect</t>
+  </si>
+  <si>
+    <t>05-3073-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC штекер под винт с пружиной металл PROconnect</t>
+  </si>
+  <si>
+    <t>05-3073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер под винт с пружиной металл REXANT </t>
+  </si>
+  <si>
+    <t>05-3075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер под пайку с пружиной металл (универсальный) REXANT </t>
+  </si>
+  <si>
+    <t>05-3082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC гнездо под винт с колпачком REXANT </t>
+  </si>
+  <si>
+    <t>05-3081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC гнездо с клеммной колодкой REXANT </t>
+  </si>
+  <si>
+    <t>05-3120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC гнездо с проводом 20 см REXANT </t>
+  </si>
+  <si>
+    <t>05-3071-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер под винт с колпачком тип-2 REXANT </t>
+  </si>
+  <si>
+    <t>05-3071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер под винт с колпачком REXANT </t>
+  </si>
+  <si>
+    <t>05-3001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер RG-58 обжим REXANT </t>
+  </si>
+  <si>
+    <t>05-3076-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер с быстрозажимной колодкой REXANT </t>
+  </si>
+  <si>
+    <t>05-3003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер RG-6 обжим REXANT </t>
+  </si>
+  <si>
+    <t>05-3002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер RG-59 обжим REXANT </t>
+  </si>
+  <si>
+    <t>05-3076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер с клеммной колодкой REXANT </t>
+  </si>
+  <si>
+    <t>1.2.2 Разъемы питания DC</t>
+  </si>
+  <si>
+    <t>14-0315-4</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,1х5,5мм с клеммной колодкой PROconnect</t>
+  </si>
+  <si>
+    <t>14-0314-4</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм с клеммной колодкой PROconnect</t>
+  </si>
+  <si>
+    <t>14-0317</t>
+  </si>
+  <si>
+    <t>Разветвитель питания DC на 9 разъемов 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0312</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм угловой REXANT</t>
+  </si>
+  <si>
+    <t>14-0314</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм с клеммной колодкой REXANT</t>
+  </si>
+  <si>
+    <t>14-0315</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,1х5,5 с клеммной колодкой REXANT</t>
+  </si>
+  <si>
+    <t>14-0315-2</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,1х5,5 с быстрозажимной колодкой REXANT</t>
+  </si>
+  <si>
+    <t>14-0310</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,1х5,5 с проводом 20 см REXANT</t>
+  </si>
+  <si>
+    <t>14-0326</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,5х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>014-0327</t>
+  </si>
+  <si>
+    <t>Переходник для адаптеров питания DC гн.5,5х2,1мм - шт.5,5х2,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0333</t>
+  </si>
+  <si>
+    <t>Переходник для адаптеров питания DC гн. 5,5х2,5мм - шт. 5,5х2,1мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0320</t>
+  </si>
+  <si>
+    <t>Разветвитель питания DC на 2 разъема 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0319</t>
+  </si>
+  <si>
+    <t>Разветвитель питания DC на 4 разъема 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0350</t>
+  </si>
+  <si>
+    <t>Удлинитель кабеля питания DC гнездо-штекер (2,1х5,5мм) 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>14-0360</t>
+  </si>
+  <si>
+    <t>Удлинитель кабеля питания DC гнездо-штекер (2,1х5,5мм) 3м REXANT</t>
+  </si>
+  <si>
+    <t>14-0324</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,5х5,5мм с проводом 20 см REXANT</t>
+  </si>
+  <si>
+    <t>14-0332</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,5х5,5мм с проводом 20см REXANT</t>
+  </si>
+  <si>
+    <t>14-0313</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм с проводом 20 см REXANT</t>
+  </si>
+  <si>
+    <t>14-0311</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0318</t>
+  </si>
+  <si>
+    <t>Разветвитель питания DC на 5 разъемов 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0314-2</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм с быстрозажимной колодкой REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3 Разъемы в розничной упаковке</t>
+  </si>
+  <si>
+    <t>05-3073-4-7</t>
+  </si>
+  <si>
+    <t>Разъем высокочастотный на кабель, штекер BNC под винт с пружиной, металл, (1шт.) (пакет) PROconnect</t>
+  </si>
+  <si>
+    <t>1.2.4 Грозозащита</t>
+  </si>
+  <si>
+    <t>05-3079-1</t>
+  </si>
+  <si>
+    <t>Грозозащита витой пары разъем RJ45 с PoE REXANT</t>
+  </si>
+  <si>
+    <t>05-3079</t>
+  </si>
+  <si>
+    <t>Грозозащита витой пары RJ45 разъем REXANT</t>
+  </si>
+  <si>
+    <t>05-3078</t>
+  </si>
+  <si>
+    <t>Грозозащита коаксиального кабеля BNC разъем REXANT</t>
+  </si>
+  <si>
+    <t>05-4000-1</t>
+  </si>
+  <si>
+    <t>Грозозащита на F-разъем 5-2400 МГц REXANT</t>
+  </si>
+  <si>
+    <t>1.2.5 Шнуры BNC -BNC</t>
+  </si>
+  <si>
+    <t>18-1718</t>
+  </si>
+  <si>
+    <t>Кабель соединительный для систем видеонаблюдения BNC + DC питание, длина 18 метров REXANT</t>
+  </si>
+  <si>
+    <t>18-2701</t>
+  </si>
+  <si>
+    <t>Кабель соединительный BNC - BNC, длина 1,5 метра REXANT</t>
+  </si>
+  <si>
+    <t>18-2703</t>
+  </si>
+  <si>
+    <t>Кабель соединительный BNC - BNC, длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>18-2745</t>
+  </si>
+  <si>
+    <t>Кабель соединительный BNC - BNC, длина 45 метров REXANT</t>
+  </si>
+  <si>
+    <t>1.2.6 Переходники BNC</t>
+  </si>
+  <si>
+    <t>05-3202-4</t>
+  </si>
+  <si>
+    <t>Переход штекер BNC - гнездо RCA PROCONNECT</t>
+  </si>
+  <si>
+    <t>05-3201-1</t>
+  </si>
+  <si>
+    <t>Переход гнездо F - штекер BNC GOLD REXANT</t>
+  </si>
+  <si>
+    <t>05-3301</t>
+  </si>
+  <si>
+    <t>Переход штекер BNC - гнездо BNC x 2 (тройник) REXANT</t>
+  </si>
+  <si>
+    <t>05-3203</t>
+  </si>
+  <si>
+    <t>Переход гнездо BNC - гнездо BNC (I-коннектор) REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Муляжи видеокамер</t>
+  </si>
+  <si>
+    <t>45-0303</t>
+  </si>
+  <si>
+    <t>Муляж видеокамеры внутренней установки RX-303 REXANT</t>
+  </si>
+  <si>
+    <t>45-0240</t>
+  </si>
+  <si>
+    <t>Муляж камеры уличный, цилиндрический, белый REXANT</t>
+  </si>
+  <si>
+    <t>45-0230</t>
+  </si>
+  <si>
+    <t>Муляж камеры, внутренний, купольный, черный REXANT</t>
+  </si>
+  <si>
+    <t>45-0210</t>
+  </si>
+  <si>
+    <t>Муляж камеры внутренний, купольный, белый REXANT</t>
+  </si>
+  <si>
+    <t>45-0307</t>
+  </si>
+  <si>
+    <t>Муляж видеокамеры уличной установки RX-307 REXANT</t>
+  </si>
+  <si>
+    <t>45-0301</t>
+  </si>
+  <si>
+    <t>Муляж видеокамеры внутренней установки RX-301 REXANT</t>
+  </si>
+  <si>
+    <t>45-0200</t>
+  </si>
+  <si>
+    <t>Муляж камеры уличный, купольный, белый REXANT</t>
+  </si>
+  <si>
+    <t>45-0250</t>
+  </si>
+  <si>
+    <t>Муляж камеры уличный, цилиндрический, черный REXANT</t>
+  </si>
+  <si>
+    <t>45-0305</t>
+  </si>
+  <si>
+    <t>Муляж видеокамеры внутренней установки RX-305 REXANT</t>
+  </si>
+  <si>
+    <t>45-0309</t>
+  </si>
+  <si>
+    <t>Муляж видеокамеры уличной установки RX-309 REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Камеры AHD</t>
+  </si>
+  <si>
+    <t>1.4.1 Уличной установки AHD</t>
   </si>
   <si>
     <t>45-0143</t>
   </si>
   <si>
     <t>Купольная уличная камера AHD 1.3Мп (960P), объектив 2.8-12 мм., ИК до 30 м.</t>
   </si>
   <si>
-    <t>1.2.2 Внутренней установки AHD</t>
+    <t>1.4.2 Внутренней установки AHD</t>
   </si>
   <si>
     <t>45-0135</t>
   </si>
   <si>
     <t xml:space="preserve">Купольная камера AHD 1.0Мп (720P), объектив 2.8-12 мм., ИК до 30 м. </t>
   </si>
   <si>
-    <t>45-0279</t>
-[...569 lines deleted...]
-    <t>1.7 Блоки питания</t>
+    <t>1.5 Блоки питания</t>
+  </si>
+  <si>
+    <t>34-0496</t>
+  </si>
+  <si>
+    <t>Блок питания резервированный 12В, 2А, под АКБ 7А/ ч DC-496</t>
+  </si>
+  <si>
+    <t>34-0494</t>
+  </si>
+  <si>
+    <t>Блок питания стабилизированный 12В, 2А, внутренняя установка DC-494</t>
+  </si>
+  <si>
+    <t>34-0498</t>
+  </si>
+  <si>
+    <t>Блок питания резервированный 12В, 3А, под АКБ 7А/ ч, уличная установка DC-498</t>
   </si>
   <si>
     <t>34-0493</t>
   </si>
   <si>
     <t>Блок питания стабилизированный 12В, 1,5А, уличная установка DC-493</t>
   </si>
   <si>
-    <t>34-0496</t>
-[...17 lines deleted...]
-    <t>1.8 Кронштейны для камер видеонаблюдения</t>
+    <t>1.6 Кронштейны для камер видеонаблюдения</t>
+  </si>
+  <si>
+    <t>34-0870</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения REXANT, труба 5,1 см, 30 см</t>
+  </si>
+  <si>
+    <t>34-0886</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 45см, боковой REXANT</t>
+  </si>
+  <si>
+    <t>34-0888</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 15см, на мачту REXANT</t>
+  </si>
+  <si>
+    <t>34-0892</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для камер видеонаблюдения на столб, 20х13см, под хомуты REXANT (Хомуты в комплект не входят!) </t>
+  </si>
+  <si>
+    <t>28-4011</t>
+  </si>
+  <si>
+    <t>Кронштейн универсальный для видеокамер на столб/угол, серый</t>
+  </si>
+  <si>
+    <t>34-0872</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения REXANT с поворотной площадкой, труба 5,1 см, 30 см</t>
+  </si>
+  <si>
+    <t>34-0874</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения REXANT двойной с поворотными площадками, 30 см</t>
+  </si>
+  <si>
+    <t>34-0878</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения REXANT телескопический, 70-130 см</t>
+  </si>
+  <si>
+    <t>34-0881</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 50см, угловой REXANT</t>
+  </si>
+  <si>
+    <t>34-0887</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 45см, торцевой REXANT</t>
+  </si>
+  <si>
+    <t>34-0616</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения телескопический, 60-110см боковой REXANT</t>
+  </si>
+  <si>
+    <t>28-4012</t>
+  </si>
+  <si>
+    <t>Кронштейн универсальный для видеокамер на столб/угол, черный</t>
+  </si>
+  <si>
+    <t>34-0883</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 14,5см, торцевой REXANT</t>
+  </si>
+  <si>
+    <t>34-0879</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения телескопический, 70-130см, боковой REXANT</t>
+  </si>
+  <si>
+    <t>34-0880</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 30см, угловой REXANT</t>
   </si>
   <si>
     <t>34-0882</t>
   </si>
   <si>
     <t>Кронштейн для камер видеонаблюдения, 14,5см, боковой REXANT</t>
   </si>
   <si>
+    <t>34-0884</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 30см, боковой REXANT</t>
+  </si>
+  <si>
+    <t>34-0894</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения на столб, 14х14 см, под хомуты REXANT (Хомуты в комплект не входят!)</t>
+  </si>
+  <si>
     <t>34-0885</t>
   </si>
   <si>
     <t>Кронштейн для камер видеонаблюдения, 30см, торцевой REXANT</t>
   </si>
   <si>
-    <t>34-0887</t>
-[...28 lines deleted...]
-  <si>
     <t>34-0893</t>
   </si>
   <si>
     <t xml:space="preserve">Кронштейн для камер видеонаблюдения на столб, 18х14см, под хомуты REXANT (Хомуты в комплект не входят!) </t>
   </si>
   <si>
-    <t>34-0878</t>
-[...46 lines deleted...]
-  <si>
     <t>34-0617</t>
   </si>
   <si>
     <t>Кронштейн для камер видеонаблюдения телескопический, 60-110см торцевой REXANT</t>
-  </si>
-[...22 lines deleted...]
-    <t>Кронштейн для камер видеонаблюдения на столб, 14х14 см, под хомуты REXANT (Хомуты в комплект не входят!)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1233,56 +1191,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoregistrator-gibridniy-4-kanalniy-ahd-hdvr-2-0-bez-hdd-rexant-28481" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kupolnaya-ulichnaya-kamera-ahd-1-3mp-960p-obektiv-2-8-12-mm-ik-do-30-m-10569" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kupolnaya-kamera-ahd-1-0mp-720p-obektiv-2-8-12-mm-ik-do-30-m-11680" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panoramnaya-kamera-ahd-3-0-mp-obektiv-fish-eye-1-29-mm-s-ik-do-100m-sup2-14076" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videokamera-ip-1-0mp-720p-obektiv-2-8-mm-ik-do-15-m-rexant-8174" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvev-shsm-3x0-12-mm-sup2-200-m-beliy-rexant-3567" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvep-shsm-4x0-12-mm-sup2-200-m-cherniy-rexant-3569" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-305-m-cherniy-rexant-492" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-4h0-5-mm-100-m-cherniy-rexant-495" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-100-m-cherniy-rexant-490" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-4h0-5-mm-100-m-beliy-rexant-493" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-305-m-beliy-rexant-491" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-100-m-beliy-rexant-167" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-cu-cca-96-cherniy-200-m-proconnect-4255" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-sup2-cu-cca-96-beliy-200-m-proconnect-4254" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-sup2-cu-cu-beliy-200-m-rexant-12227" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-75-mm-sup2-cu-cu-cherniy-200-m-rexant-9402" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-75-mm-sup2-cu-cu-beliy-200-m-rexant-9401" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-cu-cu-cherniy-200-m-rexant-2091" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-tros-cu-cu-cherniy-305-m-rexant-4478" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-sup2-cu-cca-96-beliy-200-m-proconnect-4252" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-sup2-cu-cu-beliy-200-m-proconnect-2092" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-sup2-cu-cca-96-cherniy-200-m-proconnect-15655" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-sup2-cu-cu-cherniy-200-m-proconnect-2093" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-50-mm-sup2-cu-cu-beliy-200-m-rexant-9399" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-50-mm-sup2-cu-cu-cherniy-200-m-rexant-9400" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-shteker-bnc-gnezdo-rca-proconnect-614" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-f-shteker-bnc-gold-proconnect-2208" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-f-shteker-bnc-gold-rexant-621" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-shteker-bnc-gnezdo-bnc-x-2-troynik-rexant-33" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-bnc-gnezdo-bnc-i-konnektor-rexant-615" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelniy-bnc-bnc-dlina-1-5-metra-rexant-7600" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelniy-bnc-bnc-dlina-3-metra-rexant-7601" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelniy-bnc-bnc-dlina-45-metrov-rexant-7605" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelniy-dlya-sistem-videonablyudeniya-bnc-dc-pitanie-dlina-18-metrov-rexant-6938" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5mm-s-klemmnoy-kolodkoy-proconnect-20135" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-klemmnoy-kolodkoy-proconnect-6898" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-9-razemov-2-1h5-5mm-rexant-7108" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-5-razemov-2-1h5-5mm-rexant-12681" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-bistrozajimnoy-kolodkoy-rexant-8810" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-kabelya-pitaniya-dc-gnezdo-shteker-2-1h5-5mm-3m-rexant-13240" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-provodom-20-sm-rexant-9088" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-2-razema-2-1h5-5mm-rexant-13241" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-bistrozajimnoy-kolodkoy-rexant-8811" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-provodom-20-sm-rexant-2307" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-uglovoy-rexant-2306" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-5h5-5mm-s-provodom-20-sm-rexant-23643" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-kabelya-pitaniya-dc-gnezdo-shteker-2-1h5-5mm-1-5m-rexant-13242" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-4-razema-2-1h5-5mm-rexant-13250" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-5h5-5mm-rexant-15631" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-rexant-2305" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-5h5-5mm-s-provodom-20sm-rexant-23772" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-klemmnoy-kolodkoy-rexant-2308" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-klemmnoy-kolodkoy-rexant-4312" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-adapterov-pitaniya-dc-gn-5-5h2-1mm-sht-5-5h2-5mm-rexant-18322" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-adapterov-pitaniya-dc-gn-5-5h2-5mm-sht-5-5h2-1mm-rexant-23771" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-vitoy-pari-razem-rj45-s-poe-rexant-8767" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-na-f-razem-5-2400-mgts-rexant-8836" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-koaksialnogo-kabelya-bnc-razem-rexant-6394" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-vitoy-pari-rj45-razem-rexant-6395" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-prujinoy-metall-proconnect-2163" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-klemmnoy-kolodkoy-proconnect-20066" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-payku-s-prujinoy-metall-universalniy-proconnect-3359" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-klemmnoy-kolodkoy-proconnect-6899" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-proconnect-2161" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-uglovoy-proconnect-2162" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-bistrozajimnoy-kolodkoy-blister-rexant-8809" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-uglovoy-rexant-607" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-tip-2-rexant-12169" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-klemmnoy-kolodkoy-rexant-3948" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-klemmnoy-kolodkoy-rexant-6593" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-pod-vint-s-kolpachkom-rexant-3360" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-provodom-20-sm-rexant-14430" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-rexant-18" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-58-objim-rexant-1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-prujinoy-metall-rexant-1401" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-6-objim-rexant-601" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-payku-s-prujinoy-metall-universalniy-rexant-3358" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-59-objim-rexant-600" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-visokochastotniy-na-kabel-shteker-bnc-pod-vint-s-prujinoy-metall-1sht-paket-proconnect-11894" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-ulichniy-tsilindricheskiy-cherniy-14196" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-ulichnoy-ustanovki-rx-309-rexant-24264" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-vnutrenney-ustanovki-rx-303-rexant-24261" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-ulichniy-kupolniy-beliy-7911" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-vnutrenney-ustanovki-rx-305-rexant-24262" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-vnutrenniy-kupolniy-cherniy-7918" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-vnutrenney-ustanovki-rx-301-rexant-24260" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-vnutrenniy-kupolniy-beliy-7916" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-ulichnoy-ustanovki-rx-307-rexant-24263" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-ulichniy-tsilindricheskiy-beliy-14194" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-stabilizirovanniy-12v-1-5a-ulichnaya-ustanovka-dc-493-11953" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-rezervirovanniy-12v-2a-pod-akb-7a-ch-dc-496-11956" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-rezervirovanniy-12v-3a-pod-akb-7a-ch-ulichnaya-ustanovka-dc-498-11952" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-stabilizirovanniy-12v-2a-vnutrennyaya-ustanovka-dc-494-11951" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-14-5sm-bokovoy-rexant-30893" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-tortsevoy-rexant-30896" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-45sm-tortsevoy-rexant-30898" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-truba-5-1-sm-30-sm-18326" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-bokovoy-rexant-30895" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-15sm-na-machtu-rexant-30899" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-70-130sm-bokovoy-rexant-30890" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-18h14sm-pod-homuti-rexant-homuti-v-komplekt-ne-vhodyat-30901" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-teleskopicheskiy-70-130-sm-18325" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-uglovoy-rexant-30891" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-14-5sm-tortsevoy-rexant-30894" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-20h13sm-pod-homuti-rexant-homuti-v-komplekt-ne-vhodyat-30900" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-dvoynoy-s-povorotnimi-ploschadkami-30-sm-18328" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-universalniy-dlya-videokamer-na-stolb-ugol-seriy-28178" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-60-110sm-bokovoy-rexant-29655" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-universalniy-dlya-videokamer-na-stolb-ugol-cherniy-28179" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-60-110sm-tortsevoy-rexant-29611" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-s-povorotnoy-ploschadkoy-truba-5-1-sm-30-sm-18327" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-50sm-uglovoy-rexant-30892" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-45sm-bokovoy-rexant-30897" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-14h14-sm-pod-homuti-rexant-homuti-v-komplekt-ne-vhodyat-30902" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-cucca-96-chernyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-cu-cca-96-belyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-cucu-chernyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-75-mm-cucu-belyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-tros-cucu-chernyy-305-m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-75-mm-cucu-chernyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-cucu-belyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-cucca-96-chernyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-cucu-chernyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-cu-cu-belyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-cu-cca-96-belyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-50-mm-cucu-belyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-50-mm-cucu-chernyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-100-m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-305-m-belyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-4h0-5-mm-100-m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-305-m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-4h0-5-mm-100-m-belyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-100-m-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvep-shsm-4x0-12-mm-200-m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvev-shsm-3x0-12-mm-200-m-belyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-klemmnoy-kolodkoy-proconnect" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-klemmnoy-kolodkoy-proconnect" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-payku-s-pruzhinoy-metall-universalnyy-proconnect" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-proconnect" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-pruzhinoy-metall-proconnect" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-pruzhinoy-metall-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-payku-s-pruzhinoy-metall-universalnyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-pod-vint-s-kolpachkom-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-klemmnoy-kolodkoy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-provodom-20-sm-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-tip-2-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-58-obzhim-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-bystrozazhimnoy-kolodkoy-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-6-obzhim-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-59-obzhim-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-klemmnoy-kolodkoy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5mm-s-klemmnoy-kolodkoy-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-klemmnoy-kolodkoy-proconnect" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-9-razemov-2-1h5-5mm-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-klemmnoy-kolodkoy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-klemmnoy-kolodkoy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-bystrozazhimnoy-kolodkoy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-provodom-20-sm-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-5h5-5mm-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-adapterov-pitaniya-dc-gn-5-5h2-1mm-sht-5-5h2-5mm-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-adapterov-pitaniya-dc-gn-5-5h2-5mm-sht-5-5h2-1mm-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-2-razema-2-1h5-5mm-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-4-razema-2-1h5-5mm-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-kabelya-pitaniya-dc-gnezdo-shteker-2-1h5-5mm-1-5m-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-kabelya-pitaniya-dc-gnezdo-shteker-2-1h5-5mm-3m-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-5h5-5mm-s-provodom-20-sm-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-5h5-5mm-s-provodom-20sm-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-provodom-20-sm-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-5-razemov-2-1h5-5mm-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-bystrozazhimnoy-kolodkoy-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-vysokochastotnyy-na-kabel-shteker-bnc-pod-vint-s-pruzhinoy-metall-1sht-paket-proconnect" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozashchita-vitoy-pary-razem-rj45-s-poe-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozashchita-vitoy-pary-rj45-razem-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozashchita-koaksialnogo-kabelya-bnc-razem-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozashchita-na-f-razem-5-2400-mgts-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelnyy-dlya-sistem-videonablyudeniya-bnc-dc-pitanie-dlina-18-metrov-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelnyy-bnc-bnc-dlina-1-5-metra-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelnyy-bnc-bnc-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelnyy-bnc-bnc-dlina-45-metrov-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-shteker-bnc-gnezdo-rca-proconnect" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-f-shteker-bnc-gold-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-shteker-bnc-gnezdo-bnc-x-2-troynik-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-bnc-gnezdo-bnc-i-konnektor-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-vnutrenney-ustanovki-rx-303-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-ulichnyy-tsilindricheskiy-belyy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-vnutrenniy-kupolnyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-vnutrenniy-kupolnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-ulichnoy-ustanovki-rx-307-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-vnutrenney-ustanovki-rx-301-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-ulichnyy-kupolnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-ulichnyy-tsilindricheskiy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-vnutrenney-ustanovki-rx-305-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-ulichnoy-ustanovki-rx-309-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kupolnaya-ulichnaya-kamera-ahd-1-3mp-960p-obektiv-2-8-12-mm-ik-do-30-m" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kupolnaya-kamera-ahd-1-0mp-720p-obektiv-2-8-12-mm-ik-do-30-m" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-rezervirovannyy-12v-2a-pod-akb-7a-ch-dc-496" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-stabilizirovannyy-12v-2a-vnutrennyaya-ustanovka-dc-494" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-rezervirovannyy-12v-3a-pod-akb-7a-ch-ulichnaya-ustanovka-dc-498" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-stabilizirovannyy-12v-1-5a-ulichnaya-ustanovka-dc-493" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-truba-5-1-sm-30-sm" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-45sm-bokovoy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-15sm-na-machtu-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-20h13sm-pod-homuty-rexant-homuty-v-komplekt-ne-vhod" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-universalnyy-dlya-videokamer-na-stolbugol-seryy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-s-povorotnoy-ploshchadkoy-truba-5-1-sm-30-sm" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-dvoynoy-s-povorotnymi-ploshchadkami-30-sm" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-teleskopicheskiy-70-130-sm" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-50sm-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-45sm-tortsevoy-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-60-110sm-bokovoy-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-universalnyy-dlya-videokamer-na-stolbugol-chernyy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-14-5sm-tortsevoy-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-70-130sm-bokovoy-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-14-5sm-bokovoy-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-bokovoy-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-14h14-sm-pod-homuty-rexant-homuty-v-komplekt-ne-vho" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-tortsevoy-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-18h14sm-pod-homuty-rexant-homuty-v-komplekt-ne-vhod" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-60-110sm-tortsevoy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I139"/>
+  <dimension ref="A1:I130"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1327,3779 +1285,3573 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>4062.22</v>
+        <v>13153.04</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>119</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="2" t="s">
+      <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B6" s="2"/>
-[...6 lines deleted...]
-      <c r="I6" s="2"/>
+      <c r="B6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" s="3">
+        <v>12913.93</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="3">
+        <v>101</v>
+      </c>
+      <c r="G6" s="3">
+        <v>1</v>
+      </c>
+      <c r="H6" s="3">
+        <v>2</v>
+      </c>
+      <c r="I6" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I7" s="2"/>
+      <c r="A7" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" s="3">
+        <v>13979.79</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F7" s="3">
+        <v>323</v>
+      </c>
+      <c r="G7" s="3">
+        <v>1</v>
+      </c>
+      <c r="H7" s="3">
+        <v>2</v>
+      </c>
+      <c r="I7" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>3781.69</v>
+        <v>18019.12</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A9" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I9" s="2"/>
+      <c r="A9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="3">
+        <v>26216.95</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F9" s="3">
+        <v>54</v>
+      </c>
+      <c r="G9" s="3">
+        <v>1</v>
+      </c>
+      <c r="H9" s="3">
+        <v>1</v>
+      </c>
+      <c r="I9" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>1723.68</v>
+        <v>17141.61</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>4580.63</v>
+        <v>14470.89</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="A13" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C13" s="3">
+        <v>9204.39</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" s="3">
+        <v>98</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>2</v>
+      </c>
+      <c r="I13" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>5972.98</v>
+        <v>12023.27</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>97</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I15" s="2"/>
+      <c r="A15" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15" s="3">
+        <v>11800.18</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="3">
+        <v>80</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
+        <v>2</v>
+      </c>
+      <c r="I15" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="A16" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16" s="3">
+        <v>9278.63</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F16" s="3">
+        <v>64</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>2</v>
+      </c>
+      <c r="I16" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>6229.51</v>
+        <v>11960.75</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>320</v>
+        <v>132</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I17" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>7868.85</v>
+        <v>10810.18</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>240</v>
+        <v>41</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I18" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C20" s="3">
-        <v>16109.9</v>
+        <v>4683.37</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>154</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I20" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="C21" s="3">
-        <v>7731.44</v>
+        <v>18007.61</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>157</v>
+        <v>72</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I21" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C22" s="3">
-        <v>4605.08</v>
+        <v>7862.87</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>494</v>
+        <v>151</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>6</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>7595.37</v>
+        <v>16383.77</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>66</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I23" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>17706.6</v>
+        <v>7724.49</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I24" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="C25" s="3">
-        <v>4929.83</v>
+        <v>5013.64</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>1025</v>
+        <v>453</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>6</v>
       </c>
       <c r="I25" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="C27" s="3">
-        <v>12933.18</v>
+        <v>8002.62</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>389</v>
+        <v>118</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I27" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C28" s="3">
-        <v>12698.06</v>
+        <v>6335.41</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>126</v>
+        <v>101</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I28" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A29" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A29" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B29" s="2"/>
+      <c r="C29" s="2"/>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2"/>
+      <c r="G29" s="2"/>
+      <c r="H29" s="2"/>
+      <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A30" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A30" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C31" s="3">
-        <v>17717.92</v>
+        <v>46.19</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="F31" s="3">
-        <v>30</v>
+        <v>3810</v>
       </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I31" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C32" s="3">
-        <v>13746.11</v>
+        <v>44.14</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="F32" s="3">
-        <v>48</v>
+        <v>76070</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I32" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C33" s="3">
-        <v>25778.71</v>
+        <v>58.17</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="F33" s="3">
-        <v>77</v>
+        <v>800</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H33" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="I33" s="3">
-        <v>305</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A34" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I34" s="2"/>
+      <c r="A34" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C34" s="3">
+        <v>47.62</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F34" s="3">
+        <v>7150</v>
+      </c>
+      <c r="G34" s="3">
+        <v>50</v>
+      </c>
+      <c r="H34" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I34" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="C35" s="3">
-        <v>9123.53</v>
+        <v>28.22</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="F35" s="3">
-        <v>145</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H35" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I35" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C36" s="3">
-        <v>11602.93</v>
+        <v>36.58</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="F36" s="3">
-        <v>82</v>
+        <v>20050</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H36" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I36" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="C37" s="3">
-        <v>9050.53</v>
+        <v>111.39</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="F37" s="3">
-        <v>205</v>
+        <v>29030</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I37" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="C38" s="3">
-        <v>11822.29</v>
+        <v>156.38</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="F38" s="3">
-        <v>126</v>
+        <v>2000</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H38" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I38" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="C39" s="3">
-        <v>11760.82</v>
+        <v>51.03</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="F39" s="3">
-        <v>135</v>
+        <v>1950</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H39" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I39" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C40" s="3">
-        <v>10629.48</v>
+        <v>45.94</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="F40" s="3">
-        <v>63</v>
+        <v>8500</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H40" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I40" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A41" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I41" s="2"/>
+      <c r="A41" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C41" s="3">
+        <v>14.38</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F41" s="3">
+        <v>3250</v>
+      </c>
+      <c r="G41" s="3">
+        <v>50</v>
+      </c>
+      <c r="H41" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I41" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A42" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I42" s="2"/>
+      <c r="A42" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C42" s="3">
+        <v>23.34</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F42" s="3">
+        <v>0</v>
+      </c>
+      <c r="G42" s="3">
+        <v>50</v>
+      </c>
+      <c r="H42" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I42" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="C43" s="3">
-        <v>19.22</v>
+        <v>49.9</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>3900</v>
       </c>
       <c r="G43" s="3">
         <v>50</v>
       </c>
       <c r="H43" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C44" s="3">
-        <v>43.79</v>
+        <v>36.01</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>12200</v>
       </c>
       <c r="G44" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H44" s="3">
         <v>2500</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="C45" s="3">
-        <v>24.46</v>
+        <v>92.36</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F45" s="3">
-        <v>700</v>
+        <v>5500</v>
       </c>
       <c r="G45" s="3">
         <v>50</v>
       </c>
       <c r="H45" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="C46" s="3">
-        <v>46.25</v>
+        <v>44.07</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F46" s="3">
-        <v>1250</v>
+        <v>11400</v>
       </c>
       <c r="G46" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H46" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="C47" s="3">
-        <v>20.08</v>
+        <v>42.56</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F47" s="3">
-        <v>9360</v>
+        <v>1100</v>
       </c>
       <c r="G47" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H47" s="3">
         <v>2500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I48" s="2"/>
+      <c r="A48" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C48" s="3">
+        <v>37.72</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F48" s="3">
+        <v>78550</v>
+      </c>
+      <c r="G48" s="3">
+        <v>50</v>
+      </c>
+      <c r="H48" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I48" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A49" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A49" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="C50" s="3">
-        <v>784.68</v>
+        <v>43.86</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F50" s="3">
-        <v>45</v>
+        <v>15350</v>
       </c>
       <c r="G50" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H50" s="3">
-        <v>50</v>
+        <v>2000</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="C51" s="3">
-        <v>2800.41</v>
+        <v>30.95</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F51" s="3">
-        <v>48</v>
+        <v>34280</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="C52" s="3">
-        <v>650.65</v>
+        <v>417.83</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F52" s="3">
-        <v>467</v>
+        <v>801</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
+        <v>200</v>
+      </c>
+      <c r="I52" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="C53" s="3">
+        <v>27.34</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F53" s="3">
+        <v>5000</v>
+      </c>
+      <c r="G53" s="3">
         <v>50</v>
       </c>
-      <c r="I52" s="3">
-[...14 lines deleted...]
-      <c r="I53" s="2"/>
+      <c r="H53" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I53" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="C54" s="3">
-        <v>47.92</v>
+        <v>39.42</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F54" s="3">
-        <v>17450</v>
+        <v>137100</v>
       </c>
       <c r="G54" s="3">
         <v>50</v>
       </c>
       <c r="H54" s="3">
         <v>2000</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="C55" s="3">
-        <v>30.43</v>
+        <v>35.02</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F55" s="3">
-        <v>58560</v>
+        <v>83300</v>
       </c>
       <c r="G55" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H55" s="3">
         <v>2000</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="C56" s="3">
-        <v>456.49</v>
+        <v>81.37</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F56" s="3">
-        <v>805</v>
+        <v>5040</v>
       </c>
       <c r="G56" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H56" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="C57" s="3">
-        <v>212.33</v>
+        <v>72.61</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F57" s="3">
-        <v>246</v>
+        <v>22450</v>
       </c>
       <c r="G57" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H57" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="C58" s="3">
-        <v>76.64</v>
+        <v>14.87</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F58" s="3">
-        <v>37550</v>
+        <v>31150</v>
       </c>
       <c r="G58" s="3">
         <v>50</v>
       </c>
       <c r="H58" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="C59" s="3">
-        <v>160.6</v>
+        <v>76.15</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F59" s="3">
-        <v>9954</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H59" s="3">
-        <v>250</v>
+        <v>2000</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="C60" s="3">
-        <v>71.4</v>
+        <v>15.87</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F60" s="3">
-        <v>26550</v>
+        <v>300</v>
       </c>
       <c r="G60" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H60" s="3">
         <v>2000</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="C61" s="3">
-        <v>252.47</v>
+        <v>256.76</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F61" s="3">
-        <v>2163</v>
+        <v>2142</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>400</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="C62" s="3">
-        <v>80.01</v>
+        <v>175.62</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F62" s="3">
-        <v>8090</v>
+        <v>1950</v>
       </c>
       <c r="G62" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="C63" s="3">
-        <v>54.51</v>
+        <v>142.55</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F63" s="3">
-        <v>47250</v>
+        <v>6528</v>
       </c>
       <c r="G63" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="C64" s="3">
-        <v>26.88</v>
+        <v>163.33</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F64" s="3">
-        <v>8700</v>
+        <v>9235</v>
       </c>
       <c r="G64" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="C65" s="3">
-        <v>55.57</v>
+        <v>56.51</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F65" s="3">
-        <v>3900</v>
+        <v>2650</v>
       </c>
       <c r="G65" s="3">
         <v>50</v>
       </c>
       <c r="H65" s="3">
         <v>2000</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="C66" s="3">
-        <v>140.17</v>
+        <v>78.92</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F66" s="3">
-        <v>10123</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H66" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="C67" s="3">
-        <v>191.87</v>
+        <v>55.44</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F67" s="3">
-        <v>2065</v>
+        <v>40300</v>
       </c>
       <c r="G67" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H67" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="C68" s="3">
-        <v>14.62</v>
+        <v>15.73</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F68" s="3">
-        <v>32600</v>
+        <v>24050</v>
       </c>
       <c r="G68" s="3">
         <v>50</v>
       </c>
       <c r="H68" s="3">
         <v>5000</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="C69" s="3">
-        <v>15.47</v>
+        <v>215.94</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F69" s="3">
-        <v>30000</v>
+        <v>225</v>
       </c>
       <c r="G69" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>5000</v>
+        <v>200</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="C70" s="3">
-        <v>77.6</v>
+        <v>77.94</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F70" s="3">
-        <v>2650</v>
+        <v>32350</v>
       </c>
       <c r="G70" s="3">
         <v>50</v>
       </c>
       <c r="H70" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A71" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A71" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="B71" s="2"/>
+      <c r="C71" s="2"/>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2"/>
+      <c r="F71" s="2"/>
+      <c r="G71" s="2"/>
+      <c r="H71" s="2"/>
+      <c r="I71" s="2"/>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="C72" s="3">
-        <v>34.43</v>
+        <v>77.73</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F72" s="3">
-        <v>81650</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A73" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A73" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="B73" s="2"/>
+      <c r="C73" s="2"/>
+      <c r="D73" s="2"/>
+      <c r="E73" s="2"/>
+      <c r="F73" s="2"/>
+      <c r="G73" s="2"/>
+      <c r="H73" s="2"/>
+      <c r="I73" s="2"/>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="C74" s="3">
-        <v>15.6</v>
+        <v>3248.05</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F74" s="3">
-        <v>900</v>
+        <v>993</v>
       </c>
       <c r="G74" s="3">
+        <v>1</v>
+      </c>
+      <c r="H74" s="3">
         <v>100</v>
       </c>
-      <c r="H74" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A75" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I75" s="2"/>
+      <c r="A75" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="C75" s="3">
+        <v>1988.04</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F75" s="3">
+        <v>577</v>
+      </c>
+      <c r="G75" s="3">
+        <v>1</v>
+      </c>
+      <c r="H75" s="3">
+        <v>200</v>
+      </c>
+      <c r="I75" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C76" s="3">
-        <v>3193.76</v>
+        <v>1709</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F76" s="3">
-        <v>1149</v>
+        <v>759</v>
       </c>
       <c r="G76" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H76" s="3">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C77" s="3">
-        <v>717.18</v>
+        <v>729.37</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F77" s="3">
-        <v>474</v>
+        <v>448</v>
       </c>
       <c r="G77" s="3">
         <v>10</v>
       </c>
       <c r="H77" s="3">
         <v>500</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A78" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A78" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="B78" s="2"/>
+      <c r="C78" s="2"/>
+      <c r="D78" s="2"/>
+      <c r="E78" s="2"/>
+      <c r="F78" s="2"/>
+      <c r="G78" s="2"/>
+      <c r="H78" s="2"/>
+      <c r="I78" s="2"/>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="C79" s="3">
-        <v>1954.81</v>
+        <v>661.71</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F79" s="3">
-        <v>659</v>
+        <v>462</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A80" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I80" s="2"/>
+      <c r="A80" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C80" s="3">
+        <v>627.56</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F80" s="3">
+        <v>140</v>
+      </c>
+      <c r="G80" s="3">
+        <v>1</v>
+      </c>
+      <c r="H80" s="3">
+        <v>100</v>
+      </c>
+      <c r="I80" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="C81" s="3">
-        <v>35.97</v>
+        <v>798.02</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F81" s="3">
-        <v>21150</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
+        <v>1</v>
+      </c>
+      <c r="H81" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="C82" s="3">
-        <v>45.42</v>
+        <v>2848.02</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F82" s="3">
-        <v>4000</v>
+        <v>33</v>
       </c>
       <c r="G82" s="3">
+        <v>1</v>
+      </c>
+      <c r="H82" s="3">
         <v>10</v>
       </c>
-      <c r="H82" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A83" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A83" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="B83" s="2"/>
+      <c r="C83" s="2"/>
+      <c r="D83" s="2"/>
+      <c r="E83" s="2"/>
+      <c r="F83" s="2"/>
+      <c r="G83" s="2"/>
+      <c r="H83" s="2"/>
+      <c r="I83" s="2"/>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="C84" s="3">
-        <v>43.4</v>
+        <v>19.55</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F84" s="3">
-        <v>102810</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H84" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="C85" s="3">
-        <v>46.82</v>
+        <v>22.39</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F85" s="3">
-        <v>7450</v>
+        <v>300</v>
       </c>
       <c r="G85" s="3">
         <v>50</v>
       </c>
       <c r="H85" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="C86" s="3">
-        <v>30.83</v>
+        <v>47.04</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F86" s="3">
-        <v>0</v>
+        <v>1100</v>
       </c>
       <c r="G86" s="3">
         <v>50</v>
       </c>
       <c r="H86" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="C87" s="3">
-        <v>90.82</v>
+        <v>20.42</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>9020</v>
       </c>
       <c r="G87" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H87" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A88" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A88" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="B88" s="2"/>
+      <c r="C88" s="2"/>
+      <c r="D88" s="2"/>
+      <c r="E88" s="2"/>
+      <c r="F88" s="2"/>
+      <c r="G88" s="2"/>
+      <c r="H88" s="2"/>
+      <c r="I88" s="2"/>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C89" s="3">
-        <v>22.95</v>
+        <v>466.44</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F89" s="3">
+        <v>313</v>
+      </c>
+      <c r="G89" s="3">
+        <v>1</v>
+      </c>
+      <c r="H89" s="3">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>2000</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C90" s="3">
-        <v>37.09</v>
+        <v>1030.51</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F90" s="3">
-        <v>88000</v>
+        <v>1295</v>
       </c>
       <c r="G90" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>1000</v>
+        <v>30</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C91" s="3">
-        <v>45.17</v>
+        <v>471.85</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F91" s="3">
-        <v>9250</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="C92" s="3">
-        <v>50.18</v>
+        <v>520.67</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F92" s="3">
-        <v>2050</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>1000</v>
+        <v>60</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C93" s="3">
-        <v>15.71</v>
+        <v>705.08</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F93" s="3">
-        <v>3350</v>
+        <v>1123</v>
       </c>
       <c r="G93" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>1000</v>
+        <v>30</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="C94" s="3">
-        <v>49.07</v>
+        <v>304.87</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F94" s="3">
-        <v>350</v>
+        <v>1</v>
       </c>
       <c r="G94" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C95" s="3">
-        <v>35.41</v>
+        <v>427.19</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F95" s="3">
-        <v>6100</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>2500</v>
+        <v>20</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="C96" s="3">
-        <v>109.53</v>
+        <v>1063.05</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F96" s="3">
-        <v>31360</v>
+        <v>3133</v>
       </c>
       <c r="G96" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>1000</v>
+        <v>30</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="C97" s="3">
-        <v>43.33</v>
+        <v>783</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F97" s="3">
-        <v>8700</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>2500</v>
+        <v>20</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="C98" s="3">
-        <v>153.77</v>
+        <v>521.53</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F98" s="3">
-        <v>8250</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>1000</v>
+        <v>60</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A99" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A99" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="B99" s="2"/>
+      <c r="C99" s="2"/>
+      <c r="D99" s="2"/>
+      <c r="E99" s="2"/>
+      <c r="F99" s="2"/>
+      <c r="G99" s="2"/>
+      <c r="H99" s="2"/>
+      <c r="I99" s="2"/>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="2" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="2"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
       <c r="I100" s="2"/>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C101" s="3">
-        <v>76.43</v>
+        <v>3461.38</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F101" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="2"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
       <c r="I102" s="2"/>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C103" s="3">
-        <v>1045.28</v>
+        <v>1752.98</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F103" s="3">
-        <v>3218</v>
+        <v>18</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A104" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A104" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="B104" s="2"/>
+      <c r="C104" s="2"/>
+      <c r="D104" s="2"/>
+      <c r="E104" s="2"/>
+      <c r="F104" s="2"/>
+      <c r="G104" s="2"/>
+      <c r="H104" s="2"/>
+      <c r="I104" s="2"/>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C105" s="3">
-        <v>458.64</v>
+        <v>4400.85</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F105" s="3">
-        <v>659</v>
+        <v>14</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C106" s="3">
-        <v>420.05</v>
+        <v>2058.84</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F106" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C107" s="3">
-        <v>769.91</v>
+        <v>7367.93</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F107" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C108" s="3">
-        <v>463.96</v>
+        <v>1648.1</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F108" s="3">
-        <v>802</v>
+        <v>24</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A109" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A109" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="B109" s="2"/>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="2"/>
+      <c r="H109" s="2"/>
+      <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C110" s="3">
-        <v>511.97</v>
+        <v>1209.58</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F110" s="3">
-        <v>1020</v>
+        <v>75</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C111" s="3">
-        <v>693.29</v>
+        <v>734.49</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F111" s="3">
-        <v>1731</v>
+        <v>46</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I111" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C112" s="3">
-        <v>1013.28</v>
+        <v>941.05</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F112" s="3">
-        <v>1363</v>
+        <v>30</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
+        <v>40</v>
+      </c>
+      <c r="I112" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A113" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="C113" s="3">
+        <v>1047.03</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F113" s="3">
+        <v>53</v>
+      </c>
+      <c r="G113" s="3">
+        <v>1</v>
+      </c>
+      <c r="H113" s="3">
         <v>30</v>
       </c>
-      <c r="I112" s="3">
-[...14 lines deleted...]
-      <c r="I113" s="2"/>
+      <c r="I113" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C114" s="3">
-        <v>1620.55</v>
+        <v>1805.76</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F114" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C115" s="3">
-        <v>4327.29</v>
+        <v>1445.97</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F115" s="3">
-        <v>28.1</v>
+        <v>14</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C116" s="3">
-        <v>7244.77</v>
+        <v>3231.47</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F116" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="C117" s="3">
-        <v>2024.42</v>
+        <v>2708.17</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F117" s="3">
+        <v>374</v>
+      </c>
+      <c r="G117" s="3">
+        <v>1</v>
+      </c>
+      <c r="H117" s="3">
+        <v>10</v>
+      </c>
+      <c r="I117" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A118" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="C118" s="3">
+        <v>1637.75</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F118" s="3">
+        <v>47</v>
+      </c>
+      <c r="G118" s="3">
+        <v>1</v>
+      </c>
+      <c r="H118" s="3">
         <v>15</v>
       </c>
-      <c r="F117" s="3">
-[...23 lines deleted...]
-      <c r="I118" s="2"/>
+      <c r="I118" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="C119" s="3">
-        <v>580.83</v>
+        <v>734.49</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F119" s="3">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C120" s="3">
-        <v>636.16</v>
+        <v>1782.97</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F120" s="3">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C121" s="3">
-        <v>722.21</v>
+        <v>1805.76</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F121" s="3">
-        <v>40</v>
+        <v>126</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I121" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C122" s="3">
-        <v>1189.36</v>
+        <v>584.24</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F122" s="3">
-        <v>352</v>
+        <v>3</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="I122" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C123" s="3">
-        <v>636.16</v>
+        <v>2162.82</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F123" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C124" s="3">
-        <v>925.32</v>
+        <v>1265.83</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F124" s="3">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="C125" s="3">
-        <v>2126.67</v>
+        <v>590.7</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F125" s="3">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C126" s="3">
-        <v>952.7</v>
+        <v>646.97</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F126" s="3">
-        <v>57</v>
+        <v>5</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>30</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="C127" s="3">
-        <v>2662.9</v>
+        <v>712.62</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F127" s="3">
-        <v>392</v>
+        <v>91</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I127" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="C128" s="3">
-        <v>1244.67</v>
+        <v>646.97</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F128" s="3">
-        <v>42</v>
+        <v>183</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
         <v>30</v>
       </c>
       <c r="I128" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="C129" s="3">
-        <v>574.47</v>
+        <v>968.9</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F129" s="3">
-        <v>21</v>
+        <v>198</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I129" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="C130" s="3">
-        <v>1029.53</v>
+        <v>1782.97</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F130" s="3">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I130" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="131" spans="1:9" x14ac:dyDescent="0.25">
-[...259 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="23">
+  <mergeCells count="19">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A6:I6"/>
-[...1 lines deleted...]
-    <mergeCell ref="A9:I9"/>
     <mergeCell ref="A12:I12"/>
-    <mergeCell ref="A13:I13"/>
-[...1 lines deleted...]
-    <mergeCell ref="A16:I16"/>
     <mergeCell ref="A19:I19"/>
     <mergeCell ref="A26:I26"/>
-    <mergeCell ref="A34:I34"/>
-[...5 lines deleted...]
-    <mergeCell ref="A80:I80"/>
+    <mergeCell ref="A29:I29"/>
+    <mergeCell ref="A30:I30"/>
+    <mergeCell ref="A49:I49"/>
+    <mergeCell ref="A71:I71"/>
+    <mergeCell ref="A73:I73"/>
+    <mergeCell ref="A78:I78"/>
+    <mergeCell ref="A83:I83"/>
+    <mergeCell ref="A88:I88"/>
+    <mergeCell ref="A99:I99"/>
     <mergeCell ref="A100:I100"/>
     <mergeCell ref="A102:I102"/>
-    <mergeCell ref="A113:I113"/>
-    <mergeCell ref="A118:I118"/>
+    <mergeCell ref="A104:I104"/>
+    <mergeCell ref="A109:I109"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
-    <hyperlink ref="D8" r:id="rId2"/>
-[...112 lines deleted...]
-    <hyperlink ref="D139" r:id="rId115"/>
+    <hyperlink ref="D6" r:id="rId2"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D20" r:id="rId14"/>
+    <hyperlink ref="D21" r:id="rId15"/>
+    <hyperlink ref="D22" r:id="rId16"/>
+    <hyperlink ref="D23" r:id="rId17"/>
+    <hyperlink ref="D24" r:id="rId18"/>
+    <hyperlink ref="D25" r:id="rId19"/>
+    <hyperlink ref="D27" r:id="rId20"/>
+    <hyperlink ref="D28" r:id="rId21"/>
+    <hyperlink ref="D31" r:id="rId22"/>
+    <hyperlink ref="D32" r:id="rId23"/>
+    <hyperlink ref="D33" r:id="rId24"/>
+    <hyperlink ref="D34" r:id="rId25"/>
+    <hyperlink ref="D35" r:id="rId26"/>
+    <hyperlink ref="D36" r:id="rId27"/>
+    <hyperlink ref="D37" r:id="rId28"/>
+    <hyperlink ref="D38" r:id="rId29"/>
+    <hyperlink ref="D39" r:id="rId30"/>
+    <hyperlink ref="D40" r:id="rId31"/>
+    <hyperlink ref="D41" r:id="rId32"/>
+    <hyperlink ref="D42" r:id="rId33"/>
+    <hyperlink ref="D43" r:id="rId34"/>
+    <hyperlink ref="D44" r:id="rId35"/>
+    <hyperlink ref="D45" r:id="rId36"/>
+    <hyperlink ref="D46" r:id="rId37"/>
+    <hyperlink ref="D47" r:id="rId38"/>
+    <hyperlink ref="D48" r:id="rId39"/>
+    <hyperlink ref="D50" r:id="rId40"/>
+    <hyperlink ref="D51" r:id="rId41"/>
+    <hyperlink ref="D52" r:id="rId42"/>
+    <hyperlink ref="D53" r:id="rId43"/>
+    <hyperlink ref="D54" r:id="rId44"/>
+    <hyperlink ref="D55" r:id="rId45"/>
+    <hyperlink ref="D56" r:id="rId46"/>
+    <hyperlink ref="D57" r:id="rId47"/>
+    <hyperlink ref="D58" r:id="rId48"/>
+    <hyperlink ref="D59" r:id="rId49"/>
+    <hyperlink ref="D60" r:id="rId50"/>
+    <hyperlink ref="D61" r:id="rId51"/>
+    <hyperlink ref="D62" r:id="rId52"/>
+    <hyperlink ref="D63" r:id="rId53"/>
+    <hyperlink ref="D64" r:id="rId54"/>
+    <hyperlink ref="D65" r:id="rId55"/>
+    <hyperlink ref="D66" r:id="rId56"/>
+    <hyperlink ref="D67" r:id="rId57"/>
+    <hyperlink ref="D68" r:id="rId58"/>
+    <hyperlink ref="D69" r:id="rId59"/>
+    <hyperlink ref="D70" r:id="rId60"/>
+    <hyperlink ref="D72" r:id="rId61"/>
+    <hyperlink ref="D74" r:id="rId62"/>
+    <hyperlink ref="D75" r:id="rId63"/>
+    <hyperlink ref="D76" r:id="rId64"/>
+    <hyperlink ref="D77" r:id="rId65"/>
+    <hyperlink ref="D79" r:id="rId66"/>
+    <hyperlink ref="D80" r:id="rId67"/>
+    <hyperlink ref="D81" r:id="rId68"/>
+    <hyperlink ref="D82" r:id="rId69"/>
+    <hyperlink ref="D84" r:id="rId70"/>
+    <hyperlink ref="D85" r:id="rId71"/>
+    <hyperlink ref="D86" r:id="rId72"/>
+    <hyperlink ref="D87" r:id="rId73"/>
+    <hyperlink ref="D89" r:id="rId74"/>
+    <hyperlink ref="D90" r:id="rId75"/>
+    <hyperlink ref="D91" r:id="rId76"/>
+    <hyperlink ref="D92" r:id="rId77"/>
+    <hyperlink ref="D93" r:id="rId78"/>
+    <hyperlink ref="D94" r:id="rId79"/>
+    <hyperlink ref="D95" r:id="rId80"/>
+    <hyperlink ref="D96" r:id="rId81"/>
+    <hyperlink ref="D97" r:id="rId82"/>
+    <hyperlink ref="D98" r:id="rId83"/>
+    <hyperlink ref="D101" r:id="rId84"/>
+    <hyperlink ref="D103" r:id="rId85"/>
+    <hyperlink ref="D105" r:id="rId86"/>
+    <hyperlink ref="D106" r:id="rId87"/>
+    <hyperlink ref="D107" r:id="rId88"/>
+    <hyperlink ref="D108" r:id="rId89"/>
+    <hyperlink ref="D110" r:id="rId90"/>
+    <hyperlink ref="D111" r:id="rId91"/>
+    <hyperlink ref="D112" r:id="rId92"/>
+    <hyperlink ref="D113" r:id="rId93"/>
+    <hyperlink ref="D114" r:id="rId94"/>
+    <hyperlink ref="D115" r:id="rId95"/>
+    <hyperlink ref="D116" r:id="rId96"/>
+    <hyperlink ref="D117" r:id="rId97"/>
+    <hyperlink ref="D118" r:id="rId98"/>
+    <hyperlink ref="D119" r:id="rId99"/>
+    <hyperlink ref="D120" r:id="rId100"/>
+    <hyperlink ref="D121" r:id="rId101"/>
+    <hyperlink ref="D122" r:id="rId102"/>
+    <hyperlink ref="D123" r:id="rId103"/>
+    <hyperlink ref="D124" r:id="rId104"/>
+    <hyperlink ref="D125" r:id="rId105"/>
+    <hyperlink ref="D126" r:id="rId106"/>
+    <hyperlink ref="D127" r:id="rId107"/>
+    <hyperlink ref="D128" r:id="rId108"/>
+    <hyperlink ref="D129" r:id="rId109"/>
+    <hyperlink ref="D130" r:id="rId110"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>