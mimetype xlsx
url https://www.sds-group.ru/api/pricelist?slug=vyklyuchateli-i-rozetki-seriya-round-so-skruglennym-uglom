--- v0 (2025-10-14)
+++ v1 (2026-01-12)
@@ -8,538 +8,646 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="310" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="382" uniqueCount="198">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Выключатели и розетки серия ROUND со скругленным углом</t>
   </si>
   <si>
+    <t>KR-78-0701-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками 16А перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-78-0753-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 3-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0702-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками и крышкой 16А оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 2-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0728-2</t>
+  </si>
+  <si>
+    <t>Терморегулятор ROUND Wi-Fi с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0753-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 3-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0730-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND HDMI с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0702-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками и крышкой 16А титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл с подсветкой 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND TV с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0732-2</t>
+  </si>
+  <si>
+    <t>Светорегулятор ROUND (диммер) 300Вт с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл с подсветкой 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0714-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл с подсветкой 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) с подсветкой 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 5-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл с подсветкой 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0714-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл с подсветкой 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) с подсветкой 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 5-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND TV с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0727-1</t>
+  </si>
+  <si>
+    <t>Подсветка настенная ROUND для ног с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0727-2</t>
+  </si>
+  <si>
+    <t>Подсветка настенная ROUND для ног с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0732-1</t>
+  </si>
+  <si>
+    <t>Светорегулятор ROUND (диммер) 300Вт с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0732-3</t>
+  </si>
+  <si>
+    <t>Светорегулятор ROUND (диммер) 300Вт с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0712-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл возвратный 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0751-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 1-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0751-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 1-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0751-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 1-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0711-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл для жалюзи возвратный 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 + TV с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 2-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0711-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл для жалюзи возвратный 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 4-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0728-3</t>
+  </si>
+  <si>
+    <t>Терморегулятор ROUND Wi-Fi с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0730-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND HDMI с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0707-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 3 кл 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) 10А с/у титан KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0728-1</t>
   </si>
   <si>
     <t>Терморегулятор ROUND Wi-Fi с/у перламутр KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...62 lines deleted...]
-    <t>Светорегулятор ROUND (диммер) 300Вт с/у перламутр KRANZ</t>
+    <t>KR-78-0712-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл возвратный 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0712-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл возвратный 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл проходной (переключатель) 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл проходной (переключатель) 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл проходной (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0733-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл перекрестный (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0733-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл перекрестный (переключатель) 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0734-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND USB-A+Type-C 3А с функцией быстрой зарядки титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0735-1</t>
+  </si>
+  <si>
+    <t>Заглушка ROUND декоративная с суппортом перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0735-2</t>
+  </si>
+  <si>
+    <t>Заглушка ROUND декоративная с суппортом титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0707-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 3 кл 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0707-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 3 кл 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0725-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная двойная RJ45+RJ45 кат6 с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0725-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная двойная RJ45+RJ45 кат6 с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) с подсветкой 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками 16А титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 4-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0735-3</t>
+  </si>
+  <si>
+    <t>Заглушка ROUND декоративная с суппортом оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 4-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0753-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 3-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 5-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND TV с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0727-3</t>
+  </si>
+  <si>
+    <t>Подсветка настенная ROUND для ног с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0730-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND HDMI с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0702-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками и крышкой 16А перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0711-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл для жалюзи возвратный 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 + TV с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками 16А оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 + TV с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 2-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл 10А с/у перламутр KRANZ</t>
   </si>
   <si>
     <t>KR-78-0714-1</t>
   </si>
   <si>
     <t>Выключатель ROUND 2 кл с подсветкой 10А с/у перламутр KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0716-1</t>
-[...298 lines deleted...]
-  <si>
     <t>KR-78-0718-1</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у перламутр KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0705-2</t>
-[...68 lines deleted...]
-    <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у титан KRANZ</t>
+    <t>KR-78-0733-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл перекрестный (переключатель) 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0734-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND USB-A+Type-C 3А с функцией быстрой зарядки оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0734-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND USB-A+Type-C 3А с функцией быстрой зарядки перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0725-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная двойная RJ45+RJ45 кат6 с/у оникс KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -924,56 +1032,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-titan-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-titan-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-titan-kranz.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-titan-kranz.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-titan-kranz.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-titan-kranz.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-titan-kranz.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-titan-kranz.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-titan-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-oniks-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-titan-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-titan-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-titan-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-titan-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-titan-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-oniks-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-oniks-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-oniks-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-oniks-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-oniks-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I77"/>
+  <dimension ref="A1:I95"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -992,2214 +1100,2736 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>12618.39</v>
+        <v>690.69</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>292</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>15142.05</v>
+        <v>615.08</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>253</v>
+        <v>1596</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>604.8</v>
+        <v>1181.16</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1395.5</v>
+        <v>648</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>604.8</v>
+        <v>246.3</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1295.5</v>
+        <v>2824</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1905.12</v>
+        <v>15399.46</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>524</v>
+        <v>187</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1573.43</v>
+        <v>615.08</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>437</v>
+        <v>1557</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1905.12</v>
+        <v>2852.69</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>353</v>
+        <v>149</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>2324.44</v>
+        <v>5256.25</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>309</v>
+        <v>1315</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>4294</v>
+        <v>1177.42</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>232</v>
+        <v>1547</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>4294</v>
+        <v>1191.71</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>217</v>
+        <v>835</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>80</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>3873</v>
+        <v>959.79</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>329</v>
+        <v>806</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1214.79</v>
+        <v>1363.43</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>771</v>
+        <v>48</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>905</v>
+        <v>4367</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>675</v>
+        <v>159</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>943.75</v>
+        <v>808.49</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1156.5</v>
+        <v>1324</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1477.53</v>
+        <v>1502.65</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>354</v>
+        <v>584</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>1090.91</v>
+        <v>1109.46</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>595.5</v>
+        <v>483</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1075.55</v>
+        <v>1093.83</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1262</v>
+        <v>1147</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>953.97</v>
+        <v>970.19</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1045.5</v>
+        <v>374</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1477.53</v>
+        <v>1502.65</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>64</v>
+        <v>383</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1100.74</v>
+        <v>1119.45</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>352</v>
+        <v>131</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1075.55</v>
+        <v>1093.83</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1164</v>
+        <v>745</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>2235.74</v>
+        <v>1363.43</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>452</v>
+        <v>850</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1161.42</v>
+        <v>1600.18</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>520.5</v>
+        <v>3</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>1184.6</v>
+        <v>1937.51</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>549</v>
+        <v>445</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>837.19</v>
+        <v>2363.96</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>211.5</v>
+        <v>234</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>740.38</v>
+        <v>2836.76</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>5331.5</v>
+        <v>238</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>1137.43</v>
+        <v>3938.84</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>1586</v>
+        <v>134</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>168</v>
+        <v>4367</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>839</v>
+        <v>93</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>930.93</v>
+        <v>995.06</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>2661.5</v>
+        <v>345</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>1206.66</v>
+        <v>99.42</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>1604.5</v>
+        <v>1097</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>965.33</v>
+        <v>170.86</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>841</v>
+        <v>781</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>978.43</v>
+        <v>170.86</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>203</v>
+        <v>932</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>1157.74</v>
+        <v>4263.93</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>1629</v>
+        <v>1104</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>168</v>
+        <v>1227.17</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>1059</v>
+        <v>1131</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>873.6</v>
+        <v>1194.08</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>919.5</v>
+        <v>718</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>4192.65</v>
+        <v>2273.75</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>1584.5</v>
+        <v>1300</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>97.76</v>
+        <v>344.22</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>1188</v>
+        <v>2530</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>200</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>5122.66</v>
+        <v>1204.74</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>1125.5</v>
+        <v>483</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>1171.79</v>
+        <v>1044.81</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>364.5</v>
+        <v>1081</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>1174.12</v>
+        <v>888.45</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>808</v>
+        <v>576</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>2257.92</v>
+        <v>1937.51</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>536.5</v>
+        <v>320</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>346.45</v>
+        <v>15399.46</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>1478.5</v>
+        <v>209</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>487.51</v>
+        <v>752.97</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>2280.5</v>
+        <v>3950</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>1027.35</v>
+        <v>2852.69</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>737.5</v>
+        <v>151</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>1027.35</v>
+        <v>1275.32</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>1134.5</v>
+        <v>68</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>873.6</v>
+        <v>1492.6</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>1244.5</v>
+        <v>1099</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>242.18</v>
+        <v>12832.9</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>3222.5</v>
+        <v>257</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>794.98</v>
+        <v>1178.08</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>2345</v>
+        <v>458</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>100</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>640.3</v>
+        <v>1182.35</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>793</v>
+        <v>250</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>100</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>1454.54</v>
+        <v>1325.15</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>997</v>
+        <v>494</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>2789.34</v>
+        <v>1647.54</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>300</v>
+        <v>779</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>2789.34</v>
+        <v>1774.67</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>303</v>
+        <v>1241</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>100</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>1107.23</v>
+        <v>1619.06</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>431</v>
+        <v>507</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>1340.64</v>
+        <v>1793.99</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>519</v>
+        <v>1241</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>1340.64</v>
+        <v>2188.58</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>431</v>
+        <v>528</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>15142.05</v>
+        <v>2188.58</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>227</v>
+        <v>529</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>1467.65</v>
+        <v>5082.97</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>1185</v>
+        <v>175</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>100</v>
       </c>
       <c r="I59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>1158.39</v>
+        <v>302.05</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>332</v>
+        <v>203</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>1162.59</v>
+        <v>362.05</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>244</v>
+        <v>212</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>100</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>1620</v>
+        <v>1159.38</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>661</v>
+        <v>41</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>100</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>1592</v>
+        <v>1275.32</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>549</v>
+        <v>50</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>100</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>1764</v>
+        <v>3749.68</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>1267.5</v>
+        <v>139</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>1470</v>
+        <v>4492.09</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>1260.5</v>
+        <v>139</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>733.82</v>
+        <v>920.38</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>4465.5</v>
+        <v>477</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>1898.4</v>
+        <v>859.02</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>1014</v>
+        <v>1386</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>100</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>5168.39</v>
+        <v>851.42</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>1394.5</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>844.66</v>
+        <v>1156.77</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>2123.5</v>
+        <v>1496</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>100</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C70" s="3">
-        <v>338.47</v>
+        <v>495.8</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="3">
-        <v>2768</v>
+        <v>1447</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C71" s="3">
-        <v>679.14</v>
+        <v>362.05</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F71" s="3">
-        <v>3267</v>
+        <v>200</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>100</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C72" s="3">
-        <v>950.58</v>
+        <v>888.45</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F72" s="3">
-        <v>520.5</v>
+        <v>1317</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C73" s="3">
-        <v>829.79</v>
+        <v>352.34</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F73" s="3">
-        <v>3826.5</v>
+        <v>2230</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C74" s="3">
-        <v>600.6</v>
+        <v>651.19</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="3">
-        <v>5699</v>
+        <v>409</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>100</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C75" s="3">
-        <v>338.47</v>
+        <v>1479.27</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="3">
-        <v>1305</v>
+        <v>618</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C76" s="3">
-        <v>1303</v>
+        <v>1126.05</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="3">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>100</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C77" s="3">
-        <v>1745</v>
+        <v>2836.76</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="3">
-        <v>1276</v>
+        <v>235</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>100</v>
       </c>
       <c r="I77" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A78" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C78" s="3">
+        <v>2376.73</v>
+      </c>
+      <c r="D78" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F78" s="3">
+        <v>141</v>
+      </c>
+      <c r="G78" s="3">
+        <v>1</v>
+      </c>
+      <c r="H78" s="3">
+        <v>80</v>
+      </c>
+      <c r="I78" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A79" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="C79" s="3">
+        <v>966.74</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F79" s="3">
+        <v>878</v>
+      </c>
+      <c r="G79" s="3">
+        <v>1</v>
+      </c>
+      <c r="H79" s="3">
+        <v>80</v>
+      </c>
+      <c r="I79" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A80" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="C80" s="3">
+        <v>981.74</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F80" s="3">
+        <v>823</v>
+      </c>
+      <c r="G80" s="3">
+        <v>1</v>
+      </c>
+      <c r="H80" s="3">
+        <v>100</v>
+      </c>
+      <c r="I80" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A81" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C81" s="3">
+        <v>1930.67</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F81" s="3">
+        <v>921</v>
+      </c>
+      <c r="G81" s="3">
+        <v>1</v>
+      </c>
+      <c r="H81" s="3">
+        <v>100</v>
+      </c>
+      <c r="I81" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A82" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C82" s="3">
+        <v>746.29</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F82" s="3">
+        <v>3792</v>
+      </c>
+      <c r="G82" s="3">
+        <v>1</v>
+      </c>
+      <c r="H82" s="3">
+        <v>100</v>
+      </c>
+      <c r="I82" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="C83" s="3">
+        <v>843.9</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F83" s="3">
+        <v>878</v>
+      </c>
+      <c r="G83" s="3">
+        <v>1</v>
+      </c>
+      <c r="H83" s="3">
+        <v>100</v>
+      </c>
+      <c r="I83" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="C84" s="3">
+        <v>5209.75</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F84" s="3">
+        <v>926</v>
+      </c>
+      <c r="G84" s="3">
+        <v>1</v>
+      </c>
+      <c r="H84" s="3">
+        <v>80</v>
+      </c>
+      <c r="I84" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="C85" s="3">
+        <v>2296.3</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F85" s="3">
+        <v>974</v>
+      </c>
+      <c r="G85" s="3">
+        <v>1</v>
+      </c>
+      <c r="H85" s="3">
+        <v>100</v>
+      </c>
+      <c r="I85" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="C86" s="3">
+        <v>344.22</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F86" s="3">
+        <v>1992</v>
+      </c>
+      <c r="G86" s="3">
+        <v>1</v>
+      </c>
+      <c r="H86" s="3">
+        <v>200</v>
+      </c>
+      <c r="I86" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="C87" s="3">
+        <v>1044.81</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F87" s="3">
+        <v>768</v>
+      </c>
+      <c r="G87" s="3">
+        <v>1</v>
+      </c>
+      <c r="H87" s="3">
+        <v>100</v>
+      </c>
+      <c r="I87" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="C88" s="3">
+        <v>610.81</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F88" s="3">
+        <v>3604</v>
+      </c>
+      <c r="G88" s="3">
+        <v>1</v>
+      </c>
+      <c r="H88" s="3">
+        <v>100</v>
+      </c>
+      <c r="I88" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A89" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="C89" s="3">
+        <v>946.76</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F89" s="3">
+        <v>1709</v>
+      </c>
+      <c r="G89" s="3">
+        <v>1</v>
+      </c>
+      <c r="H89" s="3">
+        <v>100</v>
+      </c>
+      <c r="I89" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A90" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="C90" s="3">
+        <v>1235.44</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F90" s="3">
+        <v>633</v>
+      </c>
+      <c r="G90" s="3">
+        <v>1</v>
+      </c>
+      <c r="H90" s="3">
+        <v>100</v>
+      </c>
+      <c r="I90" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="C91" s="3">
+        <v>1494.99</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F91" s="3">
+        <v>1232</v>
+      </c>
+      <c r="G91" s="3">
+        <v>1</v>
+      </c>
+      <c r="H91" s="3">
+        <v>100</v>
+      </c>
+      <c r="I91" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A92" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="C92" s="3">
+        <v>1824.5</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F92" s="3">
+        <v>518</v>
+      </c>
+      <c r="G92" s="3">
+        <v>1</v>
+      </c>
+      <c r="H92" s="3">
+        <v>100</v>
+      </c>
+      <c r="I92" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A93" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C93" s="3">
+        <v>5082.97</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F93" s="3">
+        <v>175</v>
+      </c>
+      <c r="G93" s="3">
+        <v>1</v>
+      </c>
+      <c r="H93" s="3">
+        <v>100</v>
+      </c>
+      <c r="I93" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A94" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C94" s="3">
+        <v>4314.11</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F94" s="3">
+        <v>175</v>
+      </c>
+      <c r="G94" s="3">
+        <v>1</v>
+      </c>
+      <c r="H94" s="3">
+        <v>100</v>
+      </c>
+      <c r="I94" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A95" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="C95" s="3">
+        <v>4492.09</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F95" s="3">
+        <v>145</v>
+      </c>
+      <c r="G95" s="3">
+        <v>1</v>
+      </c>
+      <c r="H95" s="3">
+        <v>80</v>
+      </c>
+      <c r="I95" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
@@ -3239,50 +3869,68 @@
     <hyperlink ref="D53" r:id="rId51"/>
     <hyperlink ref="D54" r:id="rId52"/>
     <hyperlink ref="D55" r:id="rId53"/>
     <hyperlink ref="D56" r:id="rId54"/>
     <hyperlink ref="D57" r:id="rId55"/>
     <hyperlink ref="D58" r:id="rId56"/>
     <hyperlink ref="D59" r:id="rId57"/>
     <hyperlink ref="D60" r:id="rId58"/>
     <hyperlink ref="D61" r:id="rId59"/>
     <hyperlink ref="D62" r:id="rId60"/>
     <hyperlink ref="D63" r:id="rId61"/>
     <hyperlink ref="D64" r:id="rId62"/>
     <hyperlink ref="D65" r:id="rId63"/>
     <hyperlink ref="D66" r:id="rId64"/>
     <hyperlink ref="D67" r:id="rId65"/>
     <hyperlink ref="D68" r:id="rId66"/>
     <hyperlink ref="D69" r:id="rId67"/>
     <hyperlink ref="D70" r:id="rId68"/>
     <hyperlink ref="D71" r:id="rId69"/>
     <hyperlink ref="D72" r:id="rId70"/>
     <hyperlink ref="D73" r:id="rId71"/>
     <hyperlink ref="D74" r:id="rId72"/>
     <hyperlink ref="D75" r:id="rId73"/>
     <hyperlink ref="D76" r:id="rId74"/>
     <hyperlink ref="D77" r:id="rId75"/>
+    <hyperlink ref="D78" r:id="rId76"/>
+    <hyperlink ref="D79" r:id="rId77"/>
+    <hyperlink ref="D80" r:id="rId78"/>
+    <hyperlink ref="D81" r:id="rId79"/>
+    <hyperlink ref="D82" r:id="rId80"/>
+    <hyperlink ref="D83" r:id="rId81"/>
+    <hyperlink ref="D84" r:id="rId82"/>
+    <hyperlink ref="D85" r:id="rId83"/>
+    <hyperlink ref="D86" r:id="rId84"/>
+    <hyperlink ref="D87" r:id="rId85"/>
+    <hyperlink ref="D88" r:id="rId86"/>
+    <hyperlink ref="D89" r:id="rId87"/>
+    <hyperlink ref="D90" r:id="rId88"/>
+    <hyperlink ref="D91" r:id="rId89"/>
+    <hyperlink ref="D92" r:id="rId90"/>
+    <hyperlink ref="D93" r:id="rId91"/>
+    <hyperlink ref="D94" r:id="rId92"/>
+    <hyperlink ref="D95" r:id="rId93"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>