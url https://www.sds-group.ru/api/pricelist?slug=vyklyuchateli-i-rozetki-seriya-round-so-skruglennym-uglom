--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -42,612 +42,612 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Выключатели и розетки серия ROUND со скругленным углом</t>
   </si>
   <si>
+    <t>KR-78-0708-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-78-0722-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 + TV с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0753-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 3-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 4-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 5-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0728-3</t>
+  </si>
+  <si>
+    <t>Терморегулятор ROUND Wi-Fi с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0753-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 3-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0714-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл с подсветкой 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) с подсветкой 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл с подсветкой 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0732-3</t>
+  </si>
+  <si>
+    <t>Светорегулятор ROUND (диммер) 300Вт с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0725-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная двойная RJ45+RJ45 кат6 с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0725-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная двойная RJ45+RJ45 кат6 с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0730-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND HDMI с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0730-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND HDMI с/у титан KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0701-1</t>
   </si>
   <si>
     <t>Розетка ROUND 1-ая с/з с/у, со шторками 16А перламутр KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Рамка ROUND 3-постовая титан KRANZ</t>
+    <t>KR-78-0723-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND TV с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками 16А титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 2-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0711-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл для жалюзи возвратный 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками 16А оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 + TV с/у титан KRANZ</t>
   </si>
   <si>
     <t>KR-78-0702-3</t>
   </si>
   <si>
     <t>Розетка ROUND 1-ая с/з с/у, со шторками и крышкой 16А оникс KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0711-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл для жалюзи возвратный 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0752-1</t>
   </si>
   <si>
     <t>Рамка ROUND 2-постовая перламутр KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0753-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 3-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) с подсветкой 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 5-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0728-1</t>
+  </si>
+  <si>
+    <t>Терморегулятор ROUND Wi-Fi с/у перламутр KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0728-2</t>
   </si>
   <si>
     <t>Терморегулятор ROUND Wi-Fi с/у титан KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0753-3</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-78-0704-2</t>
   </si>
   <si>
     <t>Розетка ROUND 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А титан KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0709-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл проходной (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0706-2</t>
   </si>
   <si>
     <t>Выключатель ROUND 2 кл 10А с/у титан KRANZ</t>
   </si>
   <si>
     <t>KR-78-0702-2</t>
   </si>
   <si>
     <t>Розетка ROUND 1-ая с/з с/у, со шторками и крышкой 16А титан KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0733-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл перекрестный (переключатель) 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0735-1</t>
+  </si>
+  <si>
+    <t>Заглушка ROUND декоративная с суппортом перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0734-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND USB-A+Type-C 3А с функцией быстрой зарядки оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0735-2</t>
+  </si>
+  <si>
+    <t>Заглушка ROUND декоративная с суппортом титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0707-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 3 кл 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0713-2</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл с подсветкой 10А с/у титан KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0723-3</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0732-2</t>
   </si>
   <si>
     <t>Светорегулятор ROUND (диммер) 300Вт с/у титан KRANZ</t>
   </si>
   <si>
     <t>KR-78-0713-1</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл с подсветкой 10А с/у перламутр KRANZ</t>
   </si>
   <si>
     <t>KR-78-0714-2</t>
   </si>
   <si>
     <t>Выключатель ROUND 2 кл с подсветкой 10А с/у титан KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0716-2</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-78-0714-3</t>
   </si>
   <si>
     <t>Выключатель ROUND 2 кл с подсветкой 10А с/у оникс KRANZ</t>
   </si>
   <si>
     <t>KR-78-0716-3</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл проходной (переключатель) с подсветкой 10А с/у оникс KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0755-3</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0723-2</t>
   </si>
   <si>
     <t>Розетка ROUND TV с/у титан KRANZ</t>
   </si>
   <si>
     <t>KR-78-0724-1</t>
   </si>
   <si>
     <t>Розетка ROUND компьютерная RJ45 кат6 с/у перламутр KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0724-2</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0727-1</t>
   </si>
   <si>
     <t>Подсветка настенная ROUND для ног с/у перламутр KRANZ</t>
   </si>
   <si>
     <t>KR-78-0727-2</t>
   </si>
   <si>
     <t>Подсветка настенная ROUND для ног с/у титан KRANZ</t>
   </si>
   <si>
     <t>KR-78-0732-1</t>
   </si>
   <si>
     <t>Светорегулятор ROUND (диммер) 300Вт с/у перламутр KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0732-3</t>
-[...2 lines deleted...]
-    <t>Светорегулятор ROUND (диммер) 300Вт с/у оникс KRANZ</t>
+    <t>KR-78-0712-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл возвратный 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0712-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл возвратный 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл проходной (переключатель) 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл проходной (переключатель) 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0707-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 3 кл 10А с/у оникс KRANZ</t>
   </si>
   <si>
     <t>KR-78-0712-1</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл возвратный 10А с/у перламутр KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0710-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) 10А с/у титан KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0751-1</t>
   </si>
   <si>
     <t>Рамка ROUND 1-постовая перламутр KRANZ</t>
   </si>
   <si>
     <t>KR-78-0751-2</t>
   </si>
   <si>
     <t>Рамка ROUND 1-постовая титан KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0727-3</t>
+  </si>
+  <si>
+    <t>Подсветка настенная ROUND для ног с/у оникс KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0751-3</t>
   </si>
   <si>
     <t>Рамка ROUND 1-постовая оникс KRANZ</t>
   </si>
   <si>
     <t>KR-78-0704-1</t>
   </si>
   <si>
     <t>Розетка ROUND 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А перламутр KRANZ</t>
   </si>
   <si>
     <t>KR-78-0710-1</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл перекрестный (переключатель) 10А с/у перламутр KRANZ</t>
   </si>
   <si>
     <t>KR-78-0711-2</t>
   </si>
   <si>
     <t>Выключатель ROUND 2 кл для жалюзи возвратный 10А с/у титан KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0722-2</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0752-2</t>
   </si>
   <si>
     <t>Рамка ROUND 2-постовая титан KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0711-3</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0708-2</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл проходной (переключатель) 10А с/у титан KRANZ</t>
   </si>
   <si>
     <t>KR-78-0754-3</t>
   </si>
   <si>
     <t>Рамка ROUND 4-постовая оникс KRANZ</t>
   </si>
   <si>
     <t>KR-78-0724-3</t>
   </si>
   <si>
     <t>Розетка ROUND компьютерная RJ45 кат6 с/у оникс KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0728-3</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0705-3</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл 10А с/у оникс KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0730-3</t>
-[...44 lines deleted...]
-    <t>Выключатель ROUND 2 кл проходной (переключатель) 10А с/у титан KRANZ</t>
+    <t>KR-78-0707-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 3 кл 10А с/у титан KRANZ</t>
   </si>
   <si>
     <t>KR-78-0718-2</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у титан KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0709-3</t>
-[...8 lines deleted...]
-    <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у оникс KRANZ</t>
+    <t>KR-78-0725-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная двойная RJ45+RJ45 кат6 с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0735-3</t>
+  </si>
+  <si>
+    <t>Заглушка ROUND декоративная с суппортом оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 4-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0702-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками и крышкой 16А перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 5-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND TV с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0730-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND HDMI с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 + TV с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0734-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND USB-A+Type-C 3А с функцией быстрой зарядки перламутр KRANZ</t>
   </si>
   <si>
     <t>KR-78-0733-3</t>
   </si>
   <si>
-    <t>Выключатель ROUND 2 кл перекрестный (переключатель) 10А с/у оникс KRANZ</t>
-[...5 lines deleted...]
-    <t>Выключатель ROUND 2 кл перекрестный (переключатель) 10А с/у титан KRANZ</t>
+    <t>Выключатель ROUND 2 кл перекрестный (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0733-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл перекрестный (переключатель) 10А с/у перламутр KRANZ</t>
   </si>
   <si>
     <t>KR-78-0734-2</t>
   </si>
   <si>
-    <t>Розетка ROUND USB-A+Type-C 3А с функцией быстрой зарядки титан KRANZ</t>
-[...215 lines deleted...]
-    <t>Розетка ROUND компьютерная двойная RJ45+RJ45 кат6 с/у оникс KRANZ</t>
+    <t>Розетка ROUND USB-A+Type-C 3А с функцией быстрой зарядки титан KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1032,51 +1032,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-oniks-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-titan-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-titan-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-titan-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-titan-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-titan-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-oniks-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-oniks-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-oniks-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-oniks-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-oniks-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-su-titan-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-so-shtorkami-16a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-so-shtorkami-16a-titan-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-su-titan-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-so-shtorkami-16a-oniks-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-su-titan-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-so-shtorkami-i-kryshkoy-16a-oniks-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-su-titan-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-zsh-16a-s-usb-a-c-bystroy-zaryadki-5v3a-titan-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-so-shtorkami-i-kryshkoy-16a-titan-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-oniks-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-titan-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-su-titan-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-su-titan-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-su-titan-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-zsh-16a-s-usb-a-c-bystroy-zaryadki-5v3a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-su-titan-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-oniks-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-so-shtorkami-i-kryshkoy-16a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-zsh-16a-s-usb-a-c-bystroy-zaryadki-5v3a-oniks-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-titan-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I95"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1100,2734 +1100,2734 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>690.69</v>
+        <v>859.02</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>1181</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>615.08</v>
+        <v>2296.3</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1596</v>
+        <v>902</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1181.16</v>
+        <v>352.34</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>648</v>
+        <v>3407</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>246.3</v>
+        <v>495.8</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>2824</v>
+        <v>1176</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>15399.46</v>
+        <v>1093.83</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>187</v>
+        <v>753</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>615.08</v>
+        <v>15399.46</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1557</v>
+        <v>191</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>2852.69</v>
+        <v>615.08</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>149</v>
+        <v>2221</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>5256.25</v>
+        <v>1235.44</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1315</v>
+        <v>953</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1177.42</v>
+        <v>920.38</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1547</v>
+        <v>482</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1191.71</v>
+        <v>970.19</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>835</v>
+        <v>1175</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>959.79</v>
+        <v>4367</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>806</v>
+        <v>95</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1363.43</v>
+        <v>3749.68</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>48</v>
+        <v>221</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>4367</v>
+        <v>4492.09</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>159</v>
+        <v>122</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>80</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>808.49</v>
+        <v>2852.69</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1324</v>
+        <v>136</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1502.65</v>
+        <v>2852.69</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>584</v>
+        <v>336</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>1109.46</v>
+        <v>690.69</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>483</v>
+        <v>9184</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1093.83</v>
+        <v>1363.43</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1147</v>
+        <v>448</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>970.19</v>
+        <v>746.29</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>374</v>
+        <v>3258</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1502.65</v>
+        <v>851.42</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>383</v>
+        <v>8948</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1119.45</v>
+        <v>344.22</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>131</v>
+        <v>3189</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1093.83</v>
+        <v>1937.51</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>745</v>
+        <v>572</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1363.43</v>
+        <v>1044.81</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>850</v>
+        <v>1100</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1600.18</v>
+        <v>610.81</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>3</v>
+        <v>3958</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>1937.51</v>
+        <v>946.76</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>445</v>
+        <v>2779</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>2363.96</v>
+        <v>981.74</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>234</v>
+        <v>804</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>2836.76</v>
+        <v>843.9</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>238</v>
+        <v>8325</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>3938.84</v>
+        <v>2273.75</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>134</v>
+        <v>1250</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>4367</v>
+        <v>1181.16</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>93</v>
+        <v>586</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>80</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>995.06</v>
+        <v>1204.74</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>345</v>
+        <v>463</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>99.42</v>
+        <v>246.3</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>1097</v>
+        <v>5447</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>200</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>170.86</v>
+        <v>615.08</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>781</v>
+        <v>2636</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>170.86</v>
+        <v>1109.46</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>932</v>
+        <v>443</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>4263.93</v>
+        <v>1093.83</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>1104</v>
+        <v>1171</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>1227.17</v>
+        <v>1156.77</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>1131</v>
+        <v>2143</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>1194.08</v>
+        <v>12832.9</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>718</v>
+        <v>221</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>2273.75</v>
+        <v>15399.46</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>1300</v>
+        <v>144</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>344.22</v>
+        <v>5256.25</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>2530</v>
+        <v>1183</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>1204.74</v>
+        <v>1619.06</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>483</v>
+        <v>1132</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>1044.81</v>
+        <v>1793.99</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>1081</v>
+        <v>1238</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>888.45</v>
+        <v>1177.42</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>576</v>
+        <v>2358</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>1937.51</v>
+        <v>1191.71</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>320</v>
+        <v>687</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>15399.46</v>
+        <v>2188.58</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>209</v>
+        <v>1182</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>752.97</v>
+        <v>302.05</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>3950</v>
+        <v>164</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>2852.69</v>
+        <v>5082.97</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>1275.32</v>
+        <v>362.05</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>68</v>
+        <v>175</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>1492.6</v>
+        <v>1159.38</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>1099</v>
+        <v>84</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>12832.9</v>
+        <v>959.79</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>257</v>
+        <v>1099</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>1178.08</v>
+        <v>4367</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>458</v>
+        <v>166</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>1182.35</v>
+        <v>808.49</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>250</v>
+        <v>1346</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>100</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>1325.15</v>
+        <v>1502.65</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>494</v>
+        <v>932</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>1647.54</v>
+        <v>1502.65</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>779</v>
+        <v>679</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>1774.67</v>
+        <v>1119.45</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>1241</v>
+        <v>435</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>100</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>1619.06</v>
+        <v>1363.43</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>507</v>
+        <v>829</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>1793.99</v>
+        <v>1600.18</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>1241</v>
+        <v>624</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>2188.58</v>
+        <v>2363.96</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>528</v>
+        <v>246</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>2188.58</v>
+        <v>2836.76</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>529</v>
+        <v>255</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>100</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>5082.97</v>
+        <v>3938.84</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>175</v>
+        <v>148</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>302.05</v>
+        <v>1178.08</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>203</v>
+        <v>470</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>362.05</v>
+        <v>1182.35</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>212</v>
+        <v>287</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>100</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>1159.38</v>
+        <v>1325.15</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>41</v>
+        <v>1130</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>100</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>1275.32</v>
+        <v>1647.54</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>50</v>
+        <v>1265</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>100</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>3749.68</v>
+        <v>1275.32</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>139</v>
+        <v>113</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>4492.09</v>
+        <v>995.06</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>139</v>
+        <v>387</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>920.38</v>
+        <v>1492.6</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>477</v>
+        <v>1102</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>859.02</v>
+        <v>99.42</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>1386</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>851.42</v>
+        <v>170.86</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3">
         <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>1156.77</v>
+        <v>2836.76</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>1496</v>
+        <v>273</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>100</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C70" s="3">
-        <v>495.8</v>
+        <v>170.86</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="3">
-        <v>1447</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C71" s="3">
-        <v>362.05</v>
+        <v>4263.93</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F71" s="3">
-        <v>200</v>
+        <v>1171</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C72" s="3">
-        <v>888.45</v>
+        <v>1227.17</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F72" s="3">
-        <v>1317</v>
+        <v>1119</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C73" s="3">
-        <v>352.34</v>
+        <v>1194.08</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F73" s="3">
-        <v>2230</v>
+        <v>682</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C74" s="3">
-        <v>651.19</v>
+        <v>344.22</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="3">
-        <v>409</v>
+        <v>4582</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C75" s="3">
-        <v>1479.27</v>
+        <v>1044.81</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="3">
-        <v>618</v>
+        <v>1255</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C76" s="3">
-        <v>1126.05</v>
+        <v>888.45</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="3">
-        <v>586</v>
+        <v>1188</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>100</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C77" s="3">
-        <v>2836.76</v>
+        <v>1937.51</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="3">
-        <v>235</v>
+        <v>285</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>100</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C78" s="3">
-        <v>2376.73</v>
+        <v>752.97</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F78" s="3">
-        <v>141</v>
+        <v>3219</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C79" s="3">
-        <v>966.74</v>
+        <v>1275.32</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F79" s="3">
-        <v>878</v>
+        <v>92</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C80" s="3">
-        <v>981.74</v>
+        <v>1774.67</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F80" s="3">
-        <v>823</v>
+        <v>1236</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>100</v>
       </c>
       <c r="I80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C81" s="3">
-        <v>1930.67</v>
+        <v>4492.09</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F81" s="3">
-        <v>921</v>
+        <v>207</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C82" s="3">
-        <v>746.29</v>
+        <v>362.05</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F82" s="3">
-        <v>3792</v>
+        <v>166</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>100</v>
       </c>
       <c r="I82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C83" s="3">
-        <v>843.9</v>
+        <v>888.45</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F83" s="3">
-        <v>878</v>
+        <v>1847</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>100</v>
       </c>
       <c r="I83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C84" s="3">
-        <v>5209.75</v>
+        <v>966.74</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F84" s="3">
-        <v>926</v>
+        <v>1060</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>80</v>
       </c>
       <c r="I84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C85" s="3">
-        <v>2296.3</v>
+        <v>651.19</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F85" s="3">
-        <v>974</v>
+        <v>617</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>100</v>
       </c>
       <c r="I85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C86" s="3">
-        <v>344.22</v>
+        <v>1479.27</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F86" s="3">
-        <v>1992</v>
+        <v>639</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C87" s="3">
-        <v>1044.81</v>
+        <v>1126.05</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F87" s="3">
-        <v>768</v>
+        <v>622</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>100</v>
       </c>
       <c r="I87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C88" s="3">
-        <v>610.81</v>
+        <v>2376.73</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F88" s="3">
-        <v>3604</v>
+        <v>126</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>100</v>
       </c>
       <c r="I88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C89" s="3">
-        <v>946.76</v>
+        <v>1930.67</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F89" s="3">
-        <v>1709</v>
+        <v>936</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>100</v>
       </c>
       <c r="I89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C90" s="3">
-        <v>1235.44</v>
+        <v>5209.75</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F90" s="3">
-        <v>633</v>
+        <v>891</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I90" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C91" s="3">
         <v>1494.99</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F91" s="3">
-        <v>1232</v>
+        <v>1230</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>100</v>
       </c>
       <c r="I91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C92" s="3">
-        <v>1824.5</v>
+        <v>4314.11</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F92" s="3">
-        <v>518</v>
+        <v>348</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>100</v>
       </c>
       <c r="I92" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C93" s="3">
-        <v>5082.97</v>
+        <v>2188.58</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F93" s="3">
-        <v>175</v>
+        <v>498</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>100</v>
       </c>
       <c r="I93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C94" s="3">
-        <v>4314.11</v>
+        <v>1824.5</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F94" s="3">
-        <v>175</v>
+        <v>1188</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>100</v>
       </c>
       <c r="I94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C95" s="3">
-        <v>4492.09</v>
+        <v>5082.97</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F95" s="3">
-        <v>145</v>
+        <v>362</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I95" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>