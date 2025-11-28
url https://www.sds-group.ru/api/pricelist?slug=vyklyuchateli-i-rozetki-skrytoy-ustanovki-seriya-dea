--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,528 +42,528 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Выключатели и розетки скрытой установки серия DEA</t>
   </si>
   <si>
+    <t>KR-78-0331</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Черный Металлик KRANZ  </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-78-0250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая керамика с/з с/у 16А Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0228</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0271</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Серебряный металлик KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0259</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0252</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Телефон RJ11 с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
     <t>KR-78-0288</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 4-я горизонтальная Серебряный металлик KRANZ </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>KR-78-0348</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0227</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0236</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. (инд) с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0320</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0235</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0212</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з з/ш с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0258</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0223</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Компьютер RJ45 с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0229</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0238</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл перекрест. с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0256</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0316</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0319</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0224</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Светорегулятор 300Вт с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0287</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0318</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0204</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 3кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая керамика с/з с/у 16А Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0231</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл (инд) с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0240</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая б/з с/у 10А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0242</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з з/ш с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0217</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая б/з с/у 10А  Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0245</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0241</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0239</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель для жалюзи 2кл с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0246</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с крышкой с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0232</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0247</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая б/з с/у 10А Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0248</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая с/з с/у 16А Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0253</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Компьютер RJ45 с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0216</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с крышкой с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0243</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с крышкой с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0218</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая с/з с/у 16А Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл (инд) с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл (инд) с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0210</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая б/з с/у 10А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0214</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика б/з с/у 10А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0219</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая керамика б/з с/у 10А Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0221</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка TV Проходная с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0230</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0233</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл (инд) с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0234</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 3кл с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0244</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика б/з с/у 10А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0249</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая керамика б/з с/у 10А Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка TV Проходная с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0209</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель для жалюзи 2кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0213</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с крышкой с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0222</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Телефон RJ11 с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0206</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. (инд) с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0225</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0208</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл перекрест. с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0226</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0237</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 2кл прох. с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0254</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Светорегулятор 300Вт с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0255</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0257</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0285</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0286</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0289</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Золотой Металлик KRANZ </t>
   </si>
   <si>
     <t>KR-78-0317</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 3-я горизонтальная Золотой Металлик KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0318</t>
-[...34 lines deleted...]
-  <si>
     <t>KR-78-0345</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 1-я горизонтальная Черный Металлик KRANZ </t>
   </si>
   <si>
+    <t>KR-78-0346</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Черный Металлик KRANZ </t>
+  </si>
+  <si>
     <t>KR-78-0347</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 3-я горизонтальная Черный Металлик KRANZ </t>
   </si>
   <si>
     <t>KR-78-0349</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 5-я горизонтальная Черный Металлик KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0331</t>
-[...164 lines deleted...]
-    <t xml:space="preserve">DEA Розетка Телефон RJ11 с/у мех. Бел KRANZ </t>
+    <t>KR-78-0205</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0207</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 2кл прох. с/у 10А мех. белый KRANZ</t>
   </si>
   <si>
     <t>KR-78-0260</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Серебряный металлик KRANZ </t>
-  </si>
-[...232 lines deleted...]
-    <t>DEA Выключатель (переключатель) 1кл перекрест. с/у 10А мех. бежевый KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -948,51 +948,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-serebryanyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-zolotoy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-zolotoy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-serebryanyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-zolotoy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-zolotoy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-zolotoy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-chernyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-chernyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-chernyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-chernyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-chernyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-s-u-10a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-ind-s-u-10a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-3kl-s-u-10a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-ind-s-u-10a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bel-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-ind-s-u-10a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-s-u-10a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-ind-s-u-10a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-3kl-s-u-10a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-dlya-zhalyuzi-2kl-s-u-10a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-dlya-zhalyuzi-2kl-s-u-10a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-kryshkoy-s-u-16a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-serebryanyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bel-kranz.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bel-kranz.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-2kl-proh-s-u-10a-meh-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bel-kranz.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-s-u-10a-meh-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bel-kranz.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bel-kranz.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-s-u-10a-meh-bezhevyy-kranz.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-2kl-proh-s-u-10a-meh-bezhevyy-kranz.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-serebryanyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-serebryanyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bel-kranz.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bel-kranz.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bel-kranz.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-kryshkoy-s-u-16a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-kryshkoy-s-u-16a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-kryshkoy-s-u-16a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-chernyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-serebryanyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-perekrest-s-u-10a-meh-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-chernyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-bezhevyy-kranz.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-serebryanyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-perekrest-s-u-10a-meh-bezhevyy-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-cherniy-metallik-kranz-30558" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bej-kranz-29188" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bel-kranz-29164" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-serebryaniy-metallik-kranz-30556" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bej-kranz-29197" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bej-kranz-29190" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-serebryaniy-metallik-kranz-29201" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-cherniy-metallik-kranz-29211" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bel-kranz-29163" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-bej-kranz-29172" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-s-u-10a-meh-cherniy-metallik-kranz-30557" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-proh-s-u-10a-meh-bej-kranz-29171" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bel-kranz-29152" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bej-kranz-29196" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bel-kranz-29440" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bel-kranz-29165" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-perekrest-s-u-10a-meh-bej-kranz-29174" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bej-kranz-29194" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-zolotoy-metallik-kranz-29204" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-zolotoy-metallik-kranz-29207" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bel-kranz-29160" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-serebryaniy-metallik-kranz-29200" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-zolotoy-metallik-kranz-29206" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-3kl-s-u-10a-meh-bel-kranz-29146" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bel-kranz-29151" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bel-kranz-29158" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-ind-s-u-10a-meh-bej-kranz-29167" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bej-kranz-29175" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bej-kranz-29177" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bel-kranz-29155" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bej-kranz-29179" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bej-kranz-29176" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-dlya-jalyuzi-2kl-s-u-10a-meh-bej-kranz-29431" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-krishkoy-s-u-16a-meh-bej-kranz-29433" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-2kl-s-u-10a-meh-bel-kranz-29182" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bel-kranz-29154" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-2kl-s-u-10a-meh-bej-kranz-29168" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bej-kranz-29185" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bej-kranz-29186" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bej-kranz-29191" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-krishkoy-s-u-16a-meh-bel-kranz-29438" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-krishkoy-s-u-16a-meh-bej-kranz-29432" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bel-kranz-29156" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-ind-s-u-10a-meh-bel-kranz-29181" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-2kl-ind-s-u-10a-meh-bel-kranz-29183" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bel-kranz-29150" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bel-kranz-29153" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bel-kranz-29157" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bel-kranz-29159" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-s-u-10a-meh-bej-kranz-29166" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-2kl-ind-s-u-10a-meh-bej-kranz-29169" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-3kl-s-u-10a-meh-bej-kranz-29170" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bej-kranz-29178" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bej-kranz-29187" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bej-kranz-29189" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-dlya-jalyuzi-2kl-s-u-10a-meh-bel-kranz-29436" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-krishkoy-s-u-16a-meh-bel-kranz-29437" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bel-kranz-29439" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-s-u-10a-meh-bel-kranz-29180" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-bel-kranz-29147" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bel-kranz-29161" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-perekrest-s-u-10a-meh-bel-kranz-29149" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bel-kranz-29162" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-2kl-proh-s-u-10a-meh-bej-kranz-29173" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bej-kranz-29192" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bej-kranz-29193" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bej-kranz-29195" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-serebryaniy-metallik-kranz-29198" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-serebryaniy-metallik-kranz-29199" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-serebryaniy-metallik-kranz-29202" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-zolotoy-metallik-kranz-29203" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-zolotoy-metallik-kranz-29205" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-cherniy-metallik-kranz-29208" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-cherniy-metallik-kranz-29209" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-cherniy-metallik-kranz-29210" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-cherniy-metallik-kranz-29212" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-proh-s-u-10a-meh-bel-kranz-29435" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-2kl-proh-s-u-10a-meh-bel-kranz-29148" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-s-u-10a-meh-serebryaniy-metallik-kranz-30555" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I81"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1016,2322 +1016,2322 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>302.4</v>
+        <v>188.76</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1113</v>
+        <v>1301</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>191.37</v>
+        <v>298.44</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>243</v>
+        <v>9390</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>241.91</v>
+        <v>160.44</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>207</v>
+        <v>353</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>90</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>336.82</v>
+        <v>178.81</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>993</v>
+        <v>1593</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>88.29</v>
+        <v>149.34</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1567</v>
+        <v>1463</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>240</v>
+        <v>90</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>173.95</v>
+        <v>148.68</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>674</v>
+        <v>1858</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>342.94</v>
+        <v>272.16</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>200</v>
+        <v>1113</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>90</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>278.68</v>
+        <v>250.81</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
         <v>1105</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>90</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>85.84</v>
+        <v>113.24</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1438</v>
+        <v>1401</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>215.41</v>
+        <v>177.29</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>930</v>
+        <v>302</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>120</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>365.95</v>
+        <v>150.71</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>531</v>
+        <v>1505</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>209.73</v>
+        <v>130.93</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1402</v>
+        <v>990</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>120</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>137.41</v>
+        <v>158.8</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>23852</v>
+        <v>2461</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>120</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>157.5</v>
+        <v>139.56</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1129</v>
+        <v>1187</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>241.15</v>
+        <v>279.56</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>276</v>
+        <v>1570</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>120</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>163.54</v>
+        <v>139.37</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>260</v>
+        <v>1045</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>167.19</v>
+        <v>186.16</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>720</v>
+        <v>241</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>120</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>134.75</v>
+        <v>85.48</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>13711</v>
+        <v>6600</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>105.04</v>
+        <v>156.56</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>6626</v>
+        <v>673</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>238.43</v>
+        <v>308.65</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>12192</v>
+        <v>200</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>110.33</v>
+        <v>789.02</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>11056</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>133.97</v>
+        <v>193.87</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1843</v>
+        <v>984</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>120</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>124.66</v>
+        <v>217.72</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1968</v>
+        <v>207</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>186.03</v>
+        <v>163.54</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1009</v>
+        <v>230</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>120</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>176.96</v>
+        <v>121.28</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>5563</v>
+        <v>12919</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>120</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>332.8</v>
+        <v>294.26</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>2544</v>
+        <v>3713</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>265</v>
+        <v>120.57</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>2493</v>
+        <v>1826</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>120</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>165.2</v>
+        <v>102.07</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>1858</v>
+        <v>11664</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>120</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>157.09</v>
+        <v>137.98</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>9382</v>
+        <v>7216</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>120</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>163.54</v>
+        <v>207.02</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>829</v>
+        <v>802</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>120</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>113.41</v>
+        <v>146.61</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>11758</v>
+        <v>14908</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>120</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>162.9</v>
+        <v>123.67</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>15039</v>
+        <v>23623</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>120</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>268.23</v>
+        <v>244.73</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>2465</v>
+        <v>709</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>120</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>331.6</v>
+        <v>172.94</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>9506</v>
+        <v>1413</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>244.03</v>
+        <v>157.5</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>556</v>
+        <v>837</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>120</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>310.62</v>
+        <v>141.38</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>1656</v>
+        <v>8811</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>120</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>271.92</v>
+        <v>112.19</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>716</v>
+        <v>1827</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>120</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>237.81</v>
+        <v>159.26</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>117</v>
+        <v>5115</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>120</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>165.2</v>
+        <v>214.59</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>1253</v>
+        <v>16068</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>120</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>167.46</v>
+        <v>299.52</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>1652</v>
+        <v>2532</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>120</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>119.2</v>
+        <v>237.23</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>1568</v>
+        <v>136</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>120</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>160.44</v>
+        <v>160.7</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>389</v>
+        <v>950</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>206.84</v>
+        <v>214.59</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>289</v>
+        <v>11937</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>789.02</v>
+        <v>167.19</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>115</v>
+        <v>552</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>47.28</v>
+        <v>241.15</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>12147</v>
+        <v>171</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>206.84</v>
+        <v>94.09</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>247</v>
+        <v>7701</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>120</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>177.89</v>
+        <v>100.88</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>94</v>
+        <v>11638</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>120</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>113.85</v>
+        <v>370.26</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>1639</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>154.85</v>
+        <v>227.99</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>1071</v>
+        <v>1406</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>145.48</v>
+        <v>99.3</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>994</v>
+        <v>10899</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>120</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>206.84</v>
+        <v>167.43</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>309</v>
+        <v>994</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>120</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>684.76</v>
+        <v>147.19</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>718</v>
+        <v>817</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>56.26</v>
+        <v>104.62</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>26473</v>
+        <v>16472</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>94.98</v>
+        <v>241.41</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>6847</v>
+        <v>2449</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>165.93</v>
+        <v>238.5</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>1464</v>
+        <v>2487</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>96.82</v>
+        <v>219.63</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>1153</v>
+        <v>532</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>116.62</v>
+        <v>237.81</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>3919</v>
+        <v>98</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>120</v>
       </c>
       <c r="I59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>155.07</v>
+        <v>148.68</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>1190</v>
+        <v>1249</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>159.81</v>
+        <v>94.54</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>1105</v>
+        <v>6170</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>112.09</v>
+        <v>186.16</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>12054</v>
+        <v>234</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>120</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>153.31</v>
+        <v>44.92</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>7225</v>
+        <v>10133</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>158.8</v>
+        <v>186.16</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>2754</v>
+        <v>248</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>120</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>253.32</v>
+        <v>113.85</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>1487</v>
+        <v>1253</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>104.54</v>
+        <v>186.16</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>8063</v>
+        <v>298</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>120</v>
       </c>
       <c r="I66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>207.02</v>
+        <v>616.28</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>1996</v>
+        <v>715</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>370.26</v>
+        <v>50.63</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>0</v>
+        <v>26116</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>326.95</v>
+        <v>104.96</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>5037</v>
+        <v>3860</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C70" s="3">
-        <v>116.24</v>
+        <v>87.14</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="3">
-        <v>16595</v>
+        <v>1063</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C71" s="3">
-        <v>237.23</v>
+        <v>143.83</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F71" s="3">
-        <v>262</v>
+        <v>1103</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C72" s="3">
-        <v>238.43</v>
+        <v>303.14</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F72" s="3">
-        <v>16126</v>
+        <v>993</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C73" s="3">
-        <v>192.16</v>
+        <v>79.46</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F73" s="3">
-        <v>1415</v>
+        <v>1531</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C74" s="3">
-        <v>178.56</v>
+        <v>172.23</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="3">
-        <v>955</v>
+        <v>243</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>120</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C75" s="3">
-        <v>167.46</v>
+        <v>77.26</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="3">
-        <v>1515</v>
+        <v>1344</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C76" s="3">
-        <v>198.68</v>
+        <v>151.83</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="3">
-        <v>1758</v>
+        <v>991</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>120</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C77" s="3">
-        <v>206.84</v>
+        <v>193.87</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="3">
-        <v>268</v>
+        <v>929</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>120</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C78" s="3">
-        <v>168.7</v>
+        <v>329.36</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F78" s="3">
-        <v>992</v>
+        <v>531</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C79" s="3">
-        <v>196.99</v>
+        <v>177.89</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F79" s="3">
-        <v>302</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>120</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C80" s="3">
-        <v>215.41</v>
+        <v>186.16</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F80" s="3">
-        <v>984</v>
+        <v>276</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>120</v>
       </c>
       <c r="I80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C81" s="3">
-        <v>206.84</v>
+        <v>150.71</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F81" s="3">
-        <v>245</v>
+        <v>1632</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>120</v>
       </c>
       <c r="I81" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>