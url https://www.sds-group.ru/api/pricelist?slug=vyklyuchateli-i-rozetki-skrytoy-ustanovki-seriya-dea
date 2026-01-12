--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -42,528 +42,528 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Выключатели и розетки скрытой установки серия DEA</t>
   </si>
   <si>
+    <t>KR-78-0229</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-78-0235</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0255</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0289</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0319</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0345</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0347</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0348</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0271</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Серебряный металлик KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0320</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0346</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0249</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая керамика б/з с/у 10А Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0214</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика б/з с/у 10А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0254</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Светорегулятор 300Вт с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0256</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0234</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 3кл с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл (инд) с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0218</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая с/з с/у 16А Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0230</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0245</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0216</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с крышкой с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0222</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Телефон RJ11 с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая керамика с/з с/у 16А Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0252</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Телефон RJ11 с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0253</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Компьютер RJ45 с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0207</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 2кл прох. с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0227</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0237</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 2кл прох. с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0288</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0287</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0226</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0317</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
     <t>KR-78-0331</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Черный Металлик KRANZ  </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">DEA Розетка 2-ая керамика с/з с/у 16А Беж KRANZ </t>
+    <t>KR-78-0316</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл (инд) с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0219</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая керамика б/з с/у 10А Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0210</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая б/з с/у 10А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0244</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика б/з с/у 10А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0242</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з з/ш с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка TV Проходная с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0206</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. (инд) с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0208</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл перекрест. с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0236</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. (инд) с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0285</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0231</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл (инд) с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0209</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель для жалюзи 2кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0205</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0224</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Светорегулятор 300Вт с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0238</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл перекрест. с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0258</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0259</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0286</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0318</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0349</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0233</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл (инд) с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0240</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая б/з с/у 10А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0241</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0225</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Бел KRANZ </t>
   </si>
   <si>
     <t>KR-78-0228</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 4-я горизонтальная Бел KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0271</t>
-[...50 lines deleted...]
-    <t>DEA Выключатель (переключатель) 1кл прох. с/у 10А мех. бежевый KRANZ</t>
+    <t>KR-78-0257</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0213</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с крышкой с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0204</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 3кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0246</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с крышкой с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0223</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Компьютер RJ45 с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0239</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель для жалюзи 2кл с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0243</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с крышкой с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0247</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая б/з с/у 10А Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0248</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая с/з с/у 16А Беж KRANZ </t>
   </si>
   <si>
     <t>KR-78-0212</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая с/з з/ш с/у 16А мех. Бел KRANZ  </t>
   </si>
   <si>
-    <t>KR-78-0258</t>
-[...68 lines deleted...]
-    <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Бел KRANZ  </t>
+    <t>KR-78-0215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0217</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая б/з с/у 10А  Бел KRANZ  </t>
   </si>
   <si>
     <t>KR-78-0220</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 2-ая керамика с/з с/у 16А Бел KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0231</t>
-[...56 lines deleted...]
-    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с/у 16А мех. Бел KRANZ  </t>
+    <t>KR-78-0221</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка TV Проходная с/у мех. Бел KRANZ </t>
   </si>
   <si>
     <t>KR-78-0232</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Выключатель 2кл с/у 10А мех. Беж KRANZ </t>
-  </si>
-[...250 lines deleted...]
-    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Серебряный металлик KRANZ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -948,51 +948,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-cherniy-metallik-kranz-30558" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bej-kranz-29188" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bel-kranz-29164" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-serebryaniy-metallik-kranz-30556" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bej-kranz-29197" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bej-kranz-29190" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-serebryaniy-metallik-kranz-29201" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-cherniy-metallik-kranz-29211" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bel-kranz-29163" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-bej-kranz-29172" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-s-u-10a-meh-cherniy-metallik-kranz-30557" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-proh-s-u-10a-meh-bej-kranz-29171" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bel-kranz-29152" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bej-kranz-29196" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bel-kranz-29440" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bel-kranz-29165" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-perekrest-s-u-10a-meh-bej-kranz-29174" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bej-kranz-29194" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-zolotoy-metallik-kranz-29204" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-zolotoy-metallik-kranz-29207" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bel-kranz-29160" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-serebryaniy-metallik-kranz-29200" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-zolotoy-metallik-kranz-29206" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-3kl-s-u-10a-meh-bel-kranz-29146" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bel-kranz-29151" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bel-kranz-29158" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-ind-s-u-10a-meh-bej-kranz-29167" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bej-kranz-29175" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bej-kranz-29177" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bel-kranz-29155" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bej-kranz-29179" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bej-kranz-29176" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-dlya-jalyuzi-2kl-s-u-10a-meh-bej-kranz-29431" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-krishkoy-s-u-16a-meh-bej-kranz-29433" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-2kl-s-u-10a-meh-bel-kranz-29182" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bel-kranz-29154" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-2kl-s-u-10a-meh-bej-kranz-29168" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bej-kranz-29185" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bej-kranz-29186" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bej-kranz-29191" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-krishkoy-s-u-16a-meh-bel-kranz-29438" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-krishkoy-s-u-16a-meh-bej-kranz-29432" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bel-kranz-29156" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-ind-s-u-10a-meh-bel-kranz-29181" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-2kl-ind-s-u-10a-meh-bel-kranz-29183" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bel-kranz-29150" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bel-kranz-29153" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bel-kranz-29157" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bel-kranz-29159" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-s-u-10a-meh-bej-kranz-29166" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-2kl-ind-s-u-10a-meh-bej-kranz-29169" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-3kl-s-u-10a-meh-bej-kranz-29170" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bej-kranz-29178" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bej-kranz-29187" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bej-kranz-29189" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-dlya-jalyuzi-2kl-s-u-10a-meh-bel-kranz-29436" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-krishkoy-s-u-16a-meh-bel-kranz-29437" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bel-kranz-29439" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-s-u-10a-meh-bel-kranz-29180" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-bel-kranz-29147" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bel-kranz-29161" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-perekrest-s-u-10a-meh-bel-kranz-29149" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bel-kranz-29162" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-2kl-proh-s-u-10a-meh-bej-kranz-29173" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bej-kranz-29192" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bej-kranz-29193" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bej-kranz-29195" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-serebryaniy-metallik-kranz-29198" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-serebryaniy-metallik-kranz-29199" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-serebryaniy-metallik-kranz-29202" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-zolotoy-metallik-kranz-29203" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-zolotoy-metallik-kranz-29205" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-cherniy-metallik-kranz-29208" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-cherniy-metallik-kranz-29209" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-cherniy-metallik-kranz-29210" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-cherniy-metallik-kranz-29212" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-proh-s-u-10a-meh-bel-kranz-29435" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-2kl-proh-s-u-10a-meh-bel-kranz-29148" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-s-u-10a-meh-serebryaniy-metallik-kranz-30555" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-s-u-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bezh-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-3kl-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-ind-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bel-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-kryshkoy-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bezh-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-2kl-proh-s-u-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-2kl-proh-s-u-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-ind-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bel-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-perekrest-s-u-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-ind-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-dlya-zhalyuzi-2kl-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-s-u-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-perekrest-s-u-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-ind-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-kryshkoy-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-3kl-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-kryshkoy-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-dlya-zhalyuzi-2kl-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-kryshkoy-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bezh-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bezh-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bel-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bel-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-s-u-10a-meh-bezh-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I81"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1016,2322 +1016,2322 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>188.76</v>
+        <v>127.57</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1301</v>
+        <v>1053</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>298.44</v>
+        <v>119.84</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>9390</v>
+        <v>987</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>160.44</v>
+        <v>46.34</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>353</v>
+        <v>25554</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>90</v>
+        <v>240</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>178.81</v>
+        <v>277.46</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1593</v>
+        <v>993</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>149.34</v>
+        <v>282.51</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1463</v>
+        <v>199</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>90</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>148.68</v>
+        <v>74.64</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1858</v>
+        <v>1344</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>272.16</v>
+        <v>177.45</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1113</v>
+        <v>929</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>250.81</v>
+        <v>229.57</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
         <v>1105</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>90</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>113.24</v>
+        <v>172.76</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1401</v>
+        <v>1579</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>120</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>177.29</v>
+        <v>137.94</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>302</v>
+        <v>1502</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>120</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>150.71</v>
+        <v>138.97</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1505</v>
+        <v>991</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>120</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>130.93</v>
+        <v>220.96</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>990</v>
+        <v>2449</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>120</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>158.8</v>
+        <v>92.34</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>2461</v>
+        <v>11399</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>120</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>139.56</v>
+        <v>564.08</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1187</v>
+        <v>714</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>279.56</v>
+        <v>78.24</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1570</v>
+        <v>6405</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>139.37</v>
+        <v>134.72</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1045</v>
+        <v>816</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>186.16</v>
+        <v>170.03</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>241</v>
+        <v>542</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>120</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>85.48</v>
+        <v>111.01</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>6600</v>
+        <v>12425</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>156.56</v>
+        <v>196.41</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>673</v>
+        <v>11730</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>180</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>308.65</v>
+        <v>90.89</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>200</v>
+        <v>10767</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>789.02</v>
+        <v>134.19</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>14662</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>193.87</v>
+        <v>241.26</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>984</v>
+        <v>136</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>120</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>217.72</v>
+        <v>136.09</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>207</v>
+        <v>1246</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>163.54</v>
+        <v>273.16</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>230</v>
+        <v>9390</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>121.28</v>
+        <v>86.53</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>12919</v>
+        <v>5881</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>120</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>294.26</v>
+        <v>136.09</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>3713</v>
+        <v>1858</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>120.57</v>
+        <v>274.15</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>1826</v>
+        <v>2532</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>120</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>102.07</v>
+        <v>170.39</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>11664</v>
+        <v>270</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>120</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>137.98</v>
+        <v>115.17</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>7216</v>
+        <v>1289</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>120</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>207.02</v>
+        <v>170.39</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>802</v>
+        <v>298</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>120</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>146.61</v>
+        <v>249.11</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>14908</v>
+        <v>1113</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>123.67</v>
+        <v>177.45</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>23623</v>
+        <v>983</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>120</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>244.73</v>
+        <v>115.79</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>709</v>
+        <v>978</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>172.94</v>
+        <v>72.73</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>1413</v>
+        <v>1522</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>157.5</v>
+        <v>157.64</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>837</v>
+        <v>243</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>120</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>141.38</v>
+        <v>191.97</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>8811</v>
+        <v>1300</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>120</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>112.19</v>
+        <v>143.3</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>1827</v>
+        <v>673</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>159.26</v>
+        <v>245.25</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>5115</v>
+        <v>176</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>120</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>214.59</v>
+        <v>376.55</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>16068</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>120</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>299.52</v>
+        <v>86.12</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>2532</v>
+        <v>7566</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>120</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>237.23</v>
+        <v>95.76</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>136</v>
+        <v>16352</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>120</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>160.7</v>
+        <v>126.29</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>950</v>
+        <v>7172</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>120</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>214.59</v>
+        <v>218.3</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>11937</v>
+        <v>2487</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>167.19</v>
+        <v>160.18</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>552</v>
+        <v>683</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>120</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>241.15</v>
+        <v>170.39</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>171</v>
+        <v>234</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>120</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>94.09</v>
+        <v>170.39</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>7701</v>
+        <v>249</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>120</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>100.88</v>
+        <v>162.27</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>11638</v>
+        <v>302</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>120</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>370.26</v>
+        <v>79.76</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>1047</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>227.99</v>
+        <v>110.36</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>1406</v>
+        <v>1829</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>120</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>99.3</v>
+        <v>137.94</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>10899</v>
+        <v>1622</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>120</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>167.43</v>
+        <v>201.03</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>994</v>
+        <v>525</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>120</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>147.19</v>
+        <v>180.91</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>817</v>
+        <v>69</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>120</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>104.62</v>
+        <v>802.43</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>16472</v>
+        <v>111</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>241.41</v>
+        <v>170.39</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>2449</v>
+        <v>241</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>120</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>238.5</v>
+        <v>127.74</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>2487</v>
+        <v>1187</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>219.63</v>
+        <v>136.69</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>532</v>
+        <v>1463</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>237.81</v>
+        <v>131.65</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>98</v>
+        <v>1093</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>148.68</v>
+        <v>199.28</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>1249</v>
+        <v>207</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>94.54</v>
+        <v>301.46</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>6170</v>
+        <v>531</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>186.16</v>
+        <v>153.25</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>234</v>
+        <v>998</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>120</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>44.92</v>
+        <v>93.42</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>10133</v>
+        <v>11655</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>186.16</v>
+        <v>113.2</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>248</v>
+        <v>23575</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>120</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>113.85</v>
+        <v>45.68</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>1253</v>
+        <v>8958</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>180</v>
+        <v>240</v>
       </c>
       <c r="I65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>186.16</v>
+        <v>163.17</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>298</v>
+        <v>348</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>616.28</v>
+        <v>96.07</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>715</v>
+        <v>3853</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>50.63</v>
+        <v>241.85</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>26116</v>
+        <v>97</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>104.96</v>
+        <v>166.32</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>3860</v>
+        <v>228</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>120</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C70" s="3">
-        <v>87.14</v>
+        <v>158.29</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="3">
-        <v>1063</v>
+        <v>1413</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C71" s="3">
-        <v>143.83</v>
+        <v>255.88</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F71" s="3">
-        <v>1103</v>
+        <v>1568</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C72" s="3">
-        <v>303.14</v>
+        <v>224</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F72" s="3">
-        <v>993</v>
+        <v>708</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C73" s="3">
-        <v>79.46</v>
+        <v>147.09</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F73" s="3">
-        <v>1531</v>
+        <v>952</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C74" s="3">
-        <v>172.23</v>
+        <v>145.77</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="3">
-        <v>243</v>
+        <v>4679</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>120</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C75" s="3">
-        <v>77.26</v>
+        <v>196.41</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="3">
-        <v>1344</v>
+        <v>16040</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C76" s="3">
-        <v>151.83</v>
+        <v>161.5</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="3">
-        <v>991</v>
+        <v>2344</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>120</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C77" s="3">
-        <v>193.87</v>
+        <v>129.41</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="3">
-        <v>929</v>
+        <v>8470</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>120</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C78" s="3">
-        <v>329.36</v>
+        <v>210.54</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F78" s="3">
-        <v>531</v>
+        <v>1607</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C79" s="3">
-        <v>177.89</v>
+        <v>284.3</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F79" s="3">
-        <v>0</v>
+        <v>4548</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C80" s="3">
-        <v>186.16</v>
+        <v>208.68</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F80" s="3">
-        <v>276</v>
+        <v>1396</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>120</v>
       </c>
       <c r="I80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C81" s="3">
-        <v>150.71</v>
+        <v>102.69</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F81" s="3">
-        <v>1632</v>
+        <v>1706</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>120</v>
       </c>
       <c r="I81" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>