--- v2 (2026-01-12)
+++ v3 (2026-02-27)
@@ -8,562 +8,556 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="326" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="322" uniqueCount="168">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Выключатели и розетки скрытой установки серия DEA</t>
   </si>
   <si>
+    <t>KR-78-0247</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая б/з с/у 10А Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-78-0225</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0228</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0289</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0348</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0320</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл (инд) с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0204</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 3кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0212</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з з/ш с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0217</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая б/з с/у 10А  Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая керамика с/з с/у 16А Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0221</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка TV Проходная с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0231</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл (инд) с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0232</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0233</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл (инд) с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0241</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0244</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика б/з с/у 10А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0209</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель для жалюзи 2кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0223</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Компьютер RJ45 с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0243</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с крышкой с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0246</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с крышкой с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0206</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. (инд) с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0237</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 2кл прох. с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0254</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Светорегулятор 300Вт с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
     <t>KR-78-0229</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 5-я горизонтальная Бел KRANZ </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>KR-78-0255</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл (инд) с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0205</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0208</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл перекрест. с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0224</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Светорегулятор 300Вт с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0227</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Бел KRANZ </t>
   </si>
   <si>
     <t>KR-78-0235</t>
   </si>
   <si>
     <t>DEA Выключатель (переключатель) 1кл прох. с/у 10А мех. бежевый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0255</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Серебряный металлик KRANZ </t>
+    <t>KR-78-0236</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. (инд) с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0238</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл перекрест. с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0256</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0257</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0258</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0259</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0286</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0287</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0316</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0317</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0318</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Золотой Металлик KRANZ </t>
   </si>
   <si>
     <t>KR-78-0319</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 5-я горизонтальная Золотой Металлик KRANZ </t>
   </si>
   <si>
     <t>KR-78-0345</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 1-я горизонтальная Черный Металлик KRANZ </t>
   </si>
   <si>
     <t>KR-78-0347</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 3-я горизонтальная Черный Металлик KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0348</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Черный Металлик KRANZ </t>
+    <t>KR-78-0349</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Черный Металлик KRANZ </t>
   </si>
   <si>
     <t>KR-78-0271</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Серебряный металлик KRANZ  </t>
   </si>
   <si>
-    <t>KR-78-0320</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0346</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 2-я горизонтальная Черный Металлик KRANZ </t>
   </si>
   <si>
     <t>KR-78-0249</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 2-ая керамика б/з с/у 10А Беж KRANZ  </t>
   </si>
   <si>
     <t>KR-78-0214</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая керамика б/з с/у 10А мех. Бел KRANZ  </t>
   </si>
   <si>
-    <t>KR-78-0254</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-78-0234</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Выключатель 3кл с/у 10А мех. Беж KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0201</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0211</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Бел KRANZ  </t>
   </si>
   <si>
     <t>KR-78-0218</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 2-ая с/з с/у 16А Бел KRANZ </t>
   </si>
   <si>
     <t>KR-78-0230</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Беж KRANZ </t>
   </si>
   <si>
     <t>KR-78-0245</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с/у 16А мех. Беж KRANZ  </t>
   </si>
   <si>
     <t>KR-78-0216</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с крышкой с/у 16А мех. Бел KRANZ  </t>
   </si>
   <si>
     <t>KR-78-0222</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка Телефон RJ11 с/у мех. Бел KRANZ </t>
   </si>
   <si>
     <t>KR-78-0250</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 2-ая керамика с/з с/у 16А Беж KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0200</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Бел KRANZ </t>
+    <t>KR-78-0285</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Серебряный металлик KRANZ </t>
   </si>
   <si>
     <t>KR-78-0252</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка Телефон RJ11 с/у мех. Беж KRANZ </t>
   </si>
   <si>
     <t>KR-78-0253</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка Компьютер RJ45 с/у мех. Беж KRANZ </t>
   </si>
   <si>
     <t>KR-78-0207</t>
   </si>
   <si>
     <t>DEA Выключатель (переключатель) 2кл прох. с/у 10А мех. белый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0227</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-78-0288</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 4-я горизонтальная Серебряный металлик KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0287</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0226</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 2-я горизонтальная Бел KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0315</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Золотой Металлик KRANZ </t>
+    <t>KR-78-0210</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая б/з с/у 10А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0242</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з з/ш с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка TV Проходная с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Серебряный металлик KRANZ </t>
   </si>
   <si>
     <t>KR-78-0331</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Черный Металлик KRANZ  </t>
   </si>
   <si>
-    <t>KR-78-0316</t>
-[...142 lines deleted...]
-  <si>
     <t>KR-78-0240</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая б/з с/у 10А мех. Беж KRANZ  </t>
   </si>
   <si>
-    <t>KR-78-0241</t>
-[...22 lines deleted...]
-  <si>
     <t>KR-78-0213</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая с/з с крышкой с/у 16А мех. Бел KRANZ  </t>
   </si>
   <si>
-    <t>KR-78-0204</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-78-0239</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Выключатель для жалюзи 2кл с/у 10А мех. Беж KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0243</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-78-0248</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 2-ая с/з с/у 16А Беж KRANZ </t>
-  </si>
-[...34 lines deleted...]
-    <t xml:space="preserve">DEA Выключатель 2кл с/у 10А мех. Беж KRANZ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -948,56 +942,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-s-u-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bezh-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-3kl-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-ind-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bel-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-kryshkoy-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bezh-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-2kl-proh-s-u-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-2kl-proh-s-u-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-ind-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bel-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-perekrest-s-u-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-ind-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-dlya-zhalyuzi-2kl-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-s-u-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-perekrest-s-u-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-ind-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-kryshkoy-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-3kl-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-kryshkoy-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-dlya-zhalyuzi-2kl-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-kryshkoy-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bezh-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bezh-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bel-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bel-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-s-u-10a-meh-bezh-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-bz-su-10a-bezh-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-su-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-ind-su-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-3kl-su-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-sz-zsh-su-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-bz-su-10a-bel-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-sz-su-16a-bel-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-su-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-ind-su-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-su-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-ind-su-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-sz-su-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-bz-su-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-dlya-zhalyuzi-2kl-su-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-su-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-sz-s-kryshkoy-su-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-sz-s-kryshkoy-su-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-ind-su-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-2kl-proh-su-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-su-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-ind-su-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-sz-su-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-su-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-su-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-perekrest-su-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-su-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-su-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-ind-su-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-perekrest-su-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-bz-su-10a-bezh-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-bz-su-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-3kl-su-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-sz-su-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-sz-su-16a-bel-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-su-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-sz-su-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-sz-s-kryshkoy-su-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-su-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-sz-su-16a-bezh-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-su-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-su-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-2kl-proh-su-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-bz-su-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-sz-zsh-su-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-su-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-bz-su-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-sz-s-kryshkoy-su-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-dlya-zhalyuzi-2kl-su-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-sz-su-16a-bezh-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I81"/>
+  <dimension ref="A1:I80"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1016,2330 +1010,2301 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>127.57</v>
+        <v>145.77</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1053</v>
+        <v>4602</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>119.84</v>
+        <v>45.68</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>987</v>
+        <v>6291</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>46.34</v>
+        <v>163.17</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>25554</v>
+        <v>274</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>240</v>
+        <v>90</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
         <v>277.46</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>993</v>
+        <v>992</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>90</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>282.51</v>
+        <v>72.73</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>199</v>
+        <v>1514</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>90</v>
+        <v>240</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>74.64</v>
+        <v>229.57</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1344</v>
+        <v>1105</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>240</v>
+        <v>90</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>177.45</v>
+        <v>160.18</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>929</v>
+        <v>244</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>120</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>229.57</v>
+        <v>137.94</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1105</v>
+        <v>1400</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>172.76</v>
+        <v>170.03</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1579</v>
+        <v>279</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>120</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>137.94</v>
+        <v>166.32</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1502</v>
+        <v>147</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>120</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>138.97</v>
+        <v>161.5</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>991</v>
+        <v>1522</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>120</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>220.96</v>
+        <v>210.54</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>2449</v>
+        <v>1009</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>120</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>92.34</v>
+        <v>284.3</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>11399</v>
+        <v>3846</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>564.08</v>
+        <v>208.68</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>714</v>
+        <v>1259</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>78.24</v>
+        <v>110.36</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>6405</v>
+        <v>1820</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>134.72</v>
+        <v>102.69</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>816</v>
+        <v>1677</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>120</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>170.03</v>
+        <v>153.25</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>542</v>
+        <v>987</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>120</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>111.01</v>
+        <v>113.2</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>12425</v>
+        <v>23509</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>120</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>196.41</v>
+        <v>95.76</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>11730</v>
+        <v>16321</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>90.89</v>
+        <v>201.03</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>10767</v>
+        <v>524</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>120</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>134.19</v>
+        <v>255.88</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>14662</v>
+        <v>1450</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>120</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>241.26</v>
+        <v>147.09</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>136</v>
+        <v>949</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>120</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>136.09</v>
+        <v>158.29</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1246</v>
+        <v>1415</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>120</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>273.16</v>
+        <v>170.39</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>9390</v>
+        <v>225</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>86.53</v>
+        <v>170.39</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>5881</v>
+        <v>299</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>120</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>136.09</v>
+        <v>564.08</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>1858</v>
+        <v>713</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>274.15</v>
+        <v>127.57</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>2532</v>
+        <v>1053</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>170.39</v>
+        <v>46.34</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>270</v>
+        <v>25445</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>115.17</v>
+        <v>245.25</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>1289</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>120</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>170.39</v>
+        <v>129.41</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>298</v>
+        <v>7568</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>120</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>249.11</v>
+        <v>86.53</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>1113</v>
+        <v>5137</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>177.45</v>
+        <v>180.91</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>983</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>120</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>115.79</v>
+        <v>170.39</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>978</v>
+        <v>249</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>72.73</v>
+        <v>802.43</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>1522</v>
+        <v>58</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>157.64</v>
+        <v>115.17</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>243</v>
+        <v>951</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>120</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>191.97</v>
+        <v>119.84</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>1300</v>
+        <v>983</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>120</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>143.3</v>
+        <v>162.27</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>673</v>
+        <v>295</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>245.25</v>
+        <v>170.39</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>176</v>
+        <v>231</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>120</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>376.55</v>
+        <v>78.24</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>6369</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>86.12</v>
+        <v>96.07</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>7566</v>
+        <v>3849</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>120</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>95.76</v>
+        <v>127.74</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>16352</v>
+        <v>1178</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>126.29</v>
+        <v>136.69</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>7172</v>
+        <v>1464</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>218.3</v>
+        <v>131.65</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>2487</v>
+        <v>1095</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>160.18</v>
+        <v>177.45</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>683</v>
+        <v>983</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>120</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>170.39</v>
+        <v>143.3</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>234</v>
+        <v>678</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>170.39</v>
+        <v>157.64</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>120</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>162.27</v>
+        <v>199.28</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>302</v>
+        <v>207</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>79.76</v>
+        <v>282.51</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>1047</v>
+        <v>199</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>240</v>
+        <v>90</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>110.36</v>
+        <v>74.64</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>1829</v>
+        <v>1101</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>137.94</v>
+        <v>177.45</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>1622</v>
+        <v>905</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>120</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>201.03</v>
+        <v>301.46</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>180.91</v>
+        <v>172.76</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>69</v>
+        <v>1566</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>120</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>802.43</v>
+        <v>138.97</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>111</v>
+        <v>928</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>170.39</v>
+        <v>220.96</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>241</v>
+        <v>2447</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>120</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>127.74</v>
+        <v>92.34</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>1187</v>
+        <v>10714</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>136.69</v>
+        <v>134.72</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>1463</v>
+        <v>810</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>131.65</v>
+        <v>111.01</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>1093</v>
+        <v>11108</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>199.28</v>
+        <v>196.41</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>207</v>
+        <v>11032</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>301.46</v>
+        <v>90.89</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>531</v>
+        <v>10738</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>153.25</v>
+        <v>134.19</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>998</v>
+        <v>14668</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>120</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>93.42</v>
+        <v>241.26</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>11655</v>
+        <v>88</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>120</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>113.2</v>
+        <v>136.09</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>23575</v>
+        <v>1249</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>120</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>45.68</v>
+        <v>273.16</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>8958</v>
+        <v>9390</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>163.17</v>
+        <v>79.76</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>348</v>
+        <v>1047</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>90</v>
+        <v>240</v>
       </c>
       <c r="I66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>96.07</v>
+        <v>136.09</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>3853</v>
+        <v>1858</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>120</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>241.85</v>
+        <v>274.15</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>97</v>
+        <v>2528</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>120</v>
       </c>
       <c r="I68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>166.32</v>
+        <v>170.39</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>228</v>
+        <v>244</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>120</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C70" s="3">
-        <v>158.29</v>
+        <v>249.11</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="3">
-        <v>1413</v>
+        <v>1113</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C71" s="3">
-        <v>255.88</v>
+        <v>115.79</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F71" s="3">
-        <v>1568</v>
+        <v>374</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C72" s="3">
-        <v>224</v>
+        <v>86.12</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F72" s="3">
-        <v>708</v>
+        <v>6722</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>120</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C73" s="3">
-        <v>147.09</v>
+        <v>126.29</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F73" s="3">
-        <v>952</v>
+        <v>7174</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>120</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C74" s="3">
-        <v>145.77</v>
+        <v>218.3</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="3">
-        <v>4679</v>
+        <v>2490</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>120</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C75" s="3">
-        <v>196.41</v>
+        <v>137.94</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="3">
-        <v>16040</v>
+        <v>1617</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>120</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C76" s="3">
-        <v>161.5</v>
+        <v>191.97</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="3">
-        <v>2344</v>
+        <v>919</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>120</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C77" s="3">
-        <v>129.41</v>
+        <v>93.42</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="3">
-        <v>8470</v>
+        <v>11650</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>120</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C78" s="3">
-        <v>210.54</v>
+        <v>241.85</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F78" s="3">
-        <v>1607</v>
+        <v>10</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>120</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C79" s="3">
-        <v>284.3</v>
+        <v>224</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F79" s="3">
-        <v>4548</v>
+        <v>704</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C80" s="3">
-        <v>208.68</v>
+        <v>196.41</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F80" s="3">
-        <v>1396</v>
+        <v>15987</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>120</v>
       </c>
       <c r="I80" s="3">
-        <v>0</v>
-[...27 lines deleted...]
-      <c r="I81" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
@@ -3382,51 +3347,50 @@
     <hyperlink ref="D56" r:id="rId54"/>
     <hyperlink ref="D57" r:id="rId55"/>
     <hyperlink ref="D58" r:id="rId56"/>
     <hyperlink ref="D59" r:id="rId57"/>
     <hyperlink ref="D60" r:id="rId58"/>
     <hyperlink ref="D61" r:id="rId59"/>
     <hyperlink ref="D62" r:id="rId60"/>
     <hyperlink ref="D63" r:id="rId61"/>
     <hyperlink ref="D64" r:id="rId62"/>
     <hyperlink ref="D65" r:id="rId63"/>
     <hyperlink ref="D66" r:id="rId64"/>
     <hyperlink ref="D67" r:id="rId65"/>
     <hyperlink ref="D68" r:id="rId66"/>
     <hyperlink ref="D69" r:id="rId67"/>
     <hyperlink ref="D70" r:id="rId68"/>
     <hyperlink ref="D71" r:id="rId69"/>
     <hyperlink ref="D72" r:id="rId70"/>
     <hyperlink ref="D73" r:id="rId71"/>
     <hyperlink ref="D74" r:id="rId72"/>
     <hyperlink ref="D75" r:id="rId73"/>
     <hyperlink ref="D76" r:id="rId74"/>
     <hyperlink ref="D77" r:id="rId75"/>
     <hyperlink ref="D78" r:id="rId76"/>
     <hyperlink ref="D79" r:id="rId77"/>
     <hyperlink ref="D80" r:id="rId78"/>
-    <hyperlink ref="D81" r:id="rId79"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>