--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -42,375 +42,375 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Замки</t>
   </si>
   <si>
-    <t>1.1 Навесные замки</t>
+    <t>1.1 Почтовые замки</t>
+  </si>
+  <si>
+    <t>79-1111</t>
+  </si>
+  <si>
+    <t>Замок почтовый 18-20/40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>79-1110</t>
+  </si>
+  <si>
+    <t>Замок почтовый 18-18/40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1113</t>
+  </si>
+  <si>
+    <t>Замок почтовый 18-30/40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.2 Тросовые замки</t>
+  </si>
+  <si>
+    <t>79-0303</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0266</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0306</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0366</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0400</t>
+  </si>
+  <si>
+    <t>Замок-скоба U-образазный 15х21см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0313</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0363</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0206</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0216</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0364</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0214</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0264</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0203</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0213</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0304</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0314</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0263</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0204</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0316</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.3 Навесные замки</t>
+  </si>
+  <si>
+    <t>79-0113</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-30 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0035</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 50мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0034</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 40мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0045</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 50мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0123</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-30 ДД ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0124</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-40 ДД ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0037</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 70мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0033</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 30мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0134</t>
+  </si>
+  <si>
+    <t>Замок навесной ССН-40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0004</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 40мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0005</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 50мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0044</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 40мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0043</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 30мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0145</t>
+  </si>
+  <si>
+    <t>Замок навесной БР-55 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0006</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 60мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0027</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 75мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0024</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 40мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0003</t>
   </si>
   <si>
     <t>Замок навесной серия Чугун 32мм ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>79-0007</t>
   </si>
   <si>
     <t>Замок навесной серия Чугун 75мм ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
+    <t>79-0002</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун СЧ-25 Багажный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0023</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 32мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0025</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 50мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0026</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 60мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0046</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 60мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0047</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 70мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0036</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 60мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0114</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>79-0115</t>
   </si>
   <si>
     <t>Замок навесной ВЗ-50 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0037</t>
-[...136 lines deleted...]
-  <si>
     <t>79-0133</t>
   </si>
   <si>
     <t>Замок навесной ССН-30 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0155</t>
   </si>
   <si>
     <t>Замок навесной БР-50 ДД ЧЕТЫРЕ СЕЗОНА</t>
-  </si>
-[...142 lines deleted...]
-    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см зеленый ЧЕТЫРЕ СЕЗОНА</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -795,51 +795,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-50-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-40-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-dd-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-dd-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-55-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-sch-25-bagazhnyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-30-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-50-dd-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-18-40-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-30-40-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-20-40-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-chernyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-chernyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-zelenyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-skoba-u-obrazaznyy-15h21sm-chernyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-chernyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-zelenyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-rozovyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-zelenyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-rozovyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-chernyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-zelenyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-rozovyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-chernyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-rozovyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-zelenyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-chernyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-rozovyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-rozovyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-zelenyy-chetyre-sezona.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pochtoviy-zamok-18-20-40-chetire-sezona-19880" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pochtoviy-zamok-18-18-40-chetire-sezona-19883" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pochtoviy-zamok-18-30-40-chetire-sezona-19882" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100-sm-zeleniy-21116" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65-sm-cherniy-21103" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100-sm-cherniy-21115" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65-sm-cherniy-21112" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-skoba-u-obrazazniy-15h21-sm-cherniy-21121" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150-sm-zeleniy-21119" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65-sm-zeleniy-21113" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100-sm-cherniy-21106" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150-sm-cherniy-21109" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65-sm-rozoviy-21114" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150-sm-rozoviy-21111" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65-sm-rozoviy-21105" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100-sm-zeleniy-21107" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150-sm-zeleniy-21110" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100-sm-rozoviy-21117" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150-sm-rozoviy-21120" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65-sm-zeleniy-21104" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100-sm-rozoviy-21108" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150-sm-cherniy-21118" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-chetire-sezona-17691" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50-mm-chetire-sezona-12301" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40-mm-chetire-sezona-12300" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50-mm-dlinnaya-dujka-chetire-sezona-15464" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-dd-chetire-sezona-19364" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-dd-chetire-sezona-19360" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70-mm-chetire-sezona-12303" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30-mm-chetire-sezona-12609" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-40-chetire-sezona-19362" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40-mm-chetire-sezona-12296" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50-mm-chetire-sezona-12297" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40-mm-dlinnaya-dujka-chetire-sezona-15466" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30-mm-dlinnaya-dujka-chetire-sezona-15463" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-55-chetire-sezona-23686" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60-mm-chetire-sezona-12298" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75-mm-dlinnaya-dujka-chetire-sezona-15465" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40-mm-dlinnaya-dujka-chetire-sezona-15469" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32-mm-chetire-sezona-12295" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75-mm-chetire-sezona-12299" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-sch-25-bagajniy-chetire-sezona-20821" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32-mm-dlinnaya-dujka-chetire-sezona-15467" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50-mm-dlinnaya-dujka-chetire-sezona-15470" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60-mm-dlinnaya-dujka-chetire-sezona-15472" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60-mm-dlinnaya-dujka-chetire-sezona-15471" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70-mm-dlinnaya-dujka-chetire-sezona-15468" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60-mm-chetire-sezona-12302" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-chetire-sezona-17688" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-50-chetire-sezona-17687" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-30-chetire-sezona-19363" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-50-dd-chetire-sezona-23685" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I57"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -876,1617 +876,1617 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>135</v>
+        <v>120</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>2676</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>144</v>
+        <v>240</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>170</v>
+        <v>104</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1068</v>
+        <v>4530</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>144</v>
+        <v>240</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>510</v>
+        <v>178</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>2058</v>
+        <v>7839</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>48</v>
+        <v>240</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="3" t="s">
+      <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>495</v>
+        <v>600</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1510</v>
+        <v>501</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>260</v>
+        <v>650</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>2695</v>
+        <v>307</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>175</v>
+        <v>610</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>7881</v>
+        <v>219</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>144</v>
+        <v>60</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>400</v>
+        <v>530</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>5275</v>
+        <v>459</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>154</v>
+        <v>1050</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>145</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>190</v>
+        <v>710</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>4008</v>
+        <v>681</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>340</v>
+        <v>520</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>2643</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>520</v>
+        <v>720</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1082</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>270</v>
+        <v>850</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>2639</v>
+        <v>447</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>540</v>
+        <v>520</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1086</v>
+        <v>548</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>425</v>
+        <v>810</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1035</v>
+        <v>352</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>245</v>
+        <v>620</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>7161</v>
+        <v>640</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>235</v>
+        <v>700</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>2714</v>
+        <v>658</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>310</v>
+        <v>810</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>5964</v>
+        <v>568</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>440</v>
+        <v>600</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1512</v>
+        <v>1344</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>250</v>
+        <v>710</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>7799</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>430</v>
+        <v>620</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1130</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>310</v>
+        <v>700</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>751</v>
+        <v>151</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="C26" s="3">
+        <v>730</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" s="3">
+        <v>1005</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
+        <v>40</v>
+      </c>
+      <c r="I26" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="C26" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B27" s="2"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>395</v>
+        <v>304.82</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>2787</v>
+        <v>2668</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>36</v>
+        <v>120</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>304.82</v>
+        <v>310</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>3504</v>
+        <v>4578</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>350</v>
+        <v>235</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>418</v>
+        <v>1987</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>72</v>
+        <v>144</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>200</v>
+        <v>340</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>977</v>
+        <v>2325</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
         <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C33" s="3">
+        <v>425</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="3">
+        <v>250</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
+        <v>72</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B33" s="3" t="s">
+      <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="C33" s="3">
-[...32 lines deleted...]
-      <c r="I34" s="2"/>
+      <c r="C34" s="3">
+        <v>495</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" s="3">
+        <v>1035</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
+        <v>72</v>
+      </c>
+      <c r="I34" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>104</v>
+        <v>170</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>2047</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>240</v>
+        <v>144</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>178</v>
+        <v>260</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>2772</v>
+        <v>2283</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>240</v>
+        <v>72</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B37" s="3" t="s">
+      <c r="C37" s="3">
+        <v>175</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F37" s="3">
+        <v>5609</v>
+      </c>
+      <c r="G37" s="3">
+        <v>1</v>
+      </c>
+      <c r="H37" s="3">
+        <v>144</v>
+      </c>
+      <c r="I37" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="C37" s="3">
-[...22 lines deleted...]
-      <c r="A38" s="2" t="s">
+      <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B38" s="2"/>
-[...6 lines deleted...]
-      <c r="I38" s="2"/>
+      <c r="C38" s="3">
+        <v>245</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F38" s="3">
+        <v>6171</v>
+      </c>
+      <c r="G38" s="3">
+        <v>1</v>
+      </c>
+      <c r="H38" s="3">
+        <v>72</v>
+      </c>
+      <c r="I38" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>530</v>
+        <v>250</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>624</v>
+        <v>6525</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>610</v>
+        <v>180</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>435</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>60</v>
+        <v>144</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>520</v>
+        <v>274</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
         <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>1050</v>
+        <v>400</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>297</v>
+        <v>4785</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>650</v>
+        <v>540</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>386</v>
+        <v>954</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>710</v>
+        <v>190</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>658</v>
+        <v>3209</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>620</v>
+        <v>135</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>712</v>
+        <v>1217</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>60</v>
+        <v>144</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>810</v>
+        <v>510</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>552</v>
+        <v>1669</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>810</v>
+        <v>100</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>335</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>40</v>
+        <v>216</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>850</v>
+        <v>154</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>525</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>700</v>
+        <v>270</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>669</v>
+        <v>1908</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>600</v>
+        <v>440</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>1345</v>
+        <v>1051</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>730</v>
+        <v>430</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>1025</v>
+        <v>755</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>710</v>
+        <v>520</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>842</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>620</v>
+        <v>395</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>0</v>
+        <v>2320</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>720</v>
+        <v>350</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>700</v>
+        <v>500</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>175</v>
+        <v>314</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>520</v>
+        <v>200</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>524</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>600</v>
+        <v>305</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>539</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A34:I34"/>
-    <mergeCell ref="A38:I38"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A27:I27"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
-    <hyperlink ref="D7" r:id="rId4"/>
-[...28 lines deleted...]
-    <hyperlink ref="D37" r:id="rId33"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
     <hyperlink ref="D51" r:id="rId46"/>
     <hyperlink ref="D52" r:id="rId47"/>
     <hyperlink ref="D53" r:id="rId48"/>
     <hyperlink ref="D54" r:id="rId49"/>
     <hyperlink ref="D55" r:id="rId50"/>
     <hyperlink ref="D56" r:id="rId51"/>
     <hyperlink ref="D57" r:id="rId52"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 