--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,375 +42,375 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Замки</t>
   </si>
   <si>
-    <t>1.1 Почтовые замки</t>
+    <t>1.1 Тросовые замки</t>
+  </si>
+  <si>
+    <t>79-0303</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>79-0316</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0314</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0266</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0366</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0363</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0400</t>
+  </si>
+  <si>
+    <t>Замок-скоба U-образазный 15х21см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0206</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0203</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0304</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0306</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0364</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0204</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0213</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0313</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0263</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0264</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0216</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0214</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.2 Почтовые замки</t>
   </si>
   <si>
     <t>79-1111</t>
   </si>
   <si>
     <t>Замок почтовый 18-20/40 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>79-1113</t>
+  </si>
+  <si>
+    <t>Замок почтовый 18-30/40 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-1110</t>
   </si>
   <si>
     <t>Замок почтовый 18-18/40 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-1113</t>
-[...121 lines deleted...]
-  <si>
     <t>1.3 Навесные замки</t>
   </si>
   <si>
+    <t>79-0003</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 32мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0004</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 40мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0005</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 50мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0006</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 60мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0133</t>
+  </si>
+  <si>
+    <t>Замок навесной ССН-30 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0007</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 75мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0155</t>
+  </si>
+  <si>
+    <t>Замок навесной БР-50 ДД ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0036</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 60мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0037</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 70мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0033</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 30мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0043</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 30мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0027</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 75мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0024</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 40мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0114</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0035</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 50мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0026</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 60мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0002</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун СЧ-25 Багажный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0023</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 32мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0025</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 50мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0044</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 40мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0045</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 50мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0046</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 60мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0047</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 70мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>79-0113</t>
   </si>
   <si>
     <t>Замок навесной ВЗ-30 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0035</t>
-[...2 lines deleted...]
-    <t>Замок навесной серия Сталь 50мм ЧЕТЫРЕ СЕЗОНА</t>
+    <t>79-0115</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-50 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0034</t>
   </si>
   <si>
     <t>Замок навесной серия Сталь 40мм ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0045</t>
-[...2 lines deleted...]
-    <t>Замок навесной серия Сталь 50мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+    <t>79-0134</t>
+  </si>
+  <si>
+    <t>Замок навесной ССН-40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0145</t>
+  </si>
+  <si>
+    <t>Замок навесной БР-55 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0123</t>
   </si>
   <si>
     <t>Замок навесной ВЗ-30 ДД ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0124</t>
   </si>
   <si>
     <t>Замок навесной ВЗ-40 ДД ЧЕТЫРЕ СЕЗОНА</t>
-  </si>
-[...142 lines deleted...]
-    <t>Замок навесной БР-50 ДД ЧЕТЫРЕ СЕЗОНА</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -795,51 +795,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pochtoviy-zamok-18-20-40-chetire-sezona-19880" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pochtoviy-zamok-18-18-40-chetire-sezona-19883" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pochtoviy-zamok-18-30-40-chetire-sezona-19882" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100-sm-zeleniy-21116" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65-sm-cherniy-21103" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100-sm-cherniy-21115" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65-sm-cherniy-21112" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-skoba-u-obrazazniy-15h21-sm-cherniy-21121" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150-sm-zeleniy-21119" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65-sm-zeleniy-21113" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100-sm-cherniy-21106" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150-sm-cherniy-21109" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65-sm-rozoviy-21114" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150-sm-rozoviy-21111" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65-sm-rozoviy-21105" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100-sm-zeleniy-21107" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150-sm-zeleniy-21110" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100-sm-rozoviy-21117" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150-sm-rozoviy-21120" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65-sm-zeleniy-21104" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100-sm-rozoviy-21108" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150-sm-cherniy-21118" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-chetire-sezona-17691" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50-mm-chetire-sezona-12301" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40-mm-chetire-sezona-12300" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50-mm-dlinnaya-dujka-chetire-sezona-15464" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-dd-chetire-sezona-19364" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-dd-chetire-sezona-19360" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70-mm-chetire-sezona-12303" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30-mm-chetire-sezona-12609" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-40-chetire-sezona-19362" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40-mm-chetire-sezona-12296" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50-mm-chetire-sezona-12297" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40-mm-dlinnaya-dujka-chetire-sezona-15466" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30-mm-dlinnaya-dujka-chetire-sezona-15463" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-55-chetire-sezona-23686" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60-mm-chetire-sezona-12298" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75-mm-dlinnaya-dujka-chetire-sezona-15465" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40-mm-dlinnaya-dujka-chetire-sezona-15469" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32-mm-chetire-sezona-12295" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75-mm-chetire-sezona-12299" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-sch-25-bagajniy-chetire-sezona-20821" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32-mm-dlinnaya-dujka-chetire-sezona-15467" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50-mm-dlinnaya-dujka-chetire-sezona-15470" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60-mm-dlinnaya-dujka-chetire-sezona-15472" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60-mm-dlinnaya-dujka-chetire-sezona-15471" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70-mm-dlinnaya-dujka-chetire-sezona-15468" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60-mm-chetire-sezona-12302" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-chetire-sezona-17688" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-50-chetire-sezona-17687" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-30-chetire-sezona-19363" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-50-dd-chetire-sezona-23685" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-skoba-u-obrazaznyy-15h21sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-20-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-30-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-18-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-30-chetyre-sezona" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-50-dd-chetyre-sezona" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-sch-25-bagazhnyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-chetyre-sezona" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-50-chetyre-sezona" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-55-chetyre-sezona" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-dd-chetyre-sezona" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-dd-chetyre-sezona" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I57"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -876,1603 +876,1603 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>120</v>
+        <v>610.2</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>472</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>104</v>
+        <v>742.41</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>4530</v>
+        <v>983</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>240</v>
+        <v>40</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>178</v>
+        <v>722.07</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>7839</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>240</v>
+        <v>40</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="2" t="s">
+      <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="2"/>
-[...6 lines deleted...]
-      <c r="I7" s="2"/>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3">
+        <v>661.05</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" s="3">
+        <v>269</v>
+      </c>
+      <c r="G7" s="3">
+        <v>1</v>
+      </c>
+      <c r="H7" s="3">
+        <v>60</v>
+      </c>
+      <c r="I7" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>600</v>
+        <v>539.01</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>501</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>60</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>650</v>
+        <v>528.84</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>307</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>60</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>610</v>
+        <v>1067.85</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>219</v>
+        <v>14</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>530</v>
+        <v>732.24</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>459</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>1050</v>
+        <v>711.9</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>145</v>
+        <v>646</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>710</v>
+        <v>610.2</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>681</v>
+        <v>1339</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>520</v>
+        <v>620.37</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>170</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>60</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>720</v>
+        <v>528.84</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>526</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>850</v>
+        <v>711.9</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>447</v>
+        <v>138</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>40</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>520</v>
+        <v>823.77</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>810</v>
+        <v>722.07</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>352</v>
+        <v>671</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>40</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>620</v>
+        <v>630.54</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>640</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>60</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>700</v>
+        <v>630.54</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>658</v>
+        <v>535</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>810</v>
+        <v>864.45</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>568</v>
+        <v>424</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>40</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>600</v>
+        <v>823.77</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1344</v>
+        <v>339</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B23" s="3" t="s">
+      <c r="A23" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="C23" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>620</v>
+        <v>122.04</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>700</v>
+        <v>181.03</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>151</v>
+        <v>4816</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>40</v>
+        <v>240</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>730</v>
+        <v>105.77</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1005</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>40</v>
+        <v>240</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>304.82</v>
+        <v>137.3</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>2668</v>
+        <v>84</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>120</v>
+        <v>144</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>310</v>
+        <v>177.98</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>4578</v>
+        <v>1470</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>96</v>
+        <v>144</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>235</v>
+        <v>249.17</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1987</v>
+        <v>5129</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>144</v>
+        <v>72</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>340</v>
+        <v>406.8</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>2325</v>
+        <v>4397</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>310</v>
+        <v>203.4</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
         <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>425</v>
+        <v>518.67</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>250</v>
+        <v>1438</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>495</v>
+        <v>310.19</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1035</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>170</v>
+        <v>401.72</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>2047</v>
+        <v>1985</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>144</v>
+        <v>36</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>260</v>
+        <v>503.42</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>2283</v>
+        <v>630</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>72</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>175</v>
+        <v>172.89</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>5609</v>
+        <v>1680</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>144</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>245</v>
+        <v>183.06</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>6171</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>72</v>
+        <v>144</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>250</v>
+        <v>549.18</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>6525</v>
+        <v>809</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>180</v>
+        <v>193.23</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>2182</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>144</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>274</v>
+        <v>355.95</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
         <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>400</v>
+        <v>315.27</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>4785</v>
+        <v>2137</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>540</v>
+        <v>447.48</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>954</v>
+        <v>692</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>48</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>190</v>
+        <v>101.7</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>3209</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>144</v>
+        <v>216</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>135</v>
+        <v>156.62</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1217</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>144</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>510</v>
+        <v>274.59</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>1669</v>
+        <v>1320</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>100</v>
+        <v>254.25</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>4336</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>216</v>
+        <v>96</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>154</v>
+        <v>345.78</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>1840</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>144</v>
+        <v>96</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>270</v>
+        <v>437.31</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>1908</v>
+        <v>449</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>72</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>440</v>
+        <v>528.84</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>1051</v>
+        <v>706</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>430</v>
+        <v>310</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>755</v>
+        <v>1780</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>72</v>
+        <v>120</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>520</v>
+        <v>508.5</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>842</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>72</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>395</v>
+        <v>239</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>2320</v>
+        <v>1661</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>36</v>
+        <v>144</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>350</v>
+        <v>264.42</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>2157</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>72</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>500</v>
+        <v>278.66</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>314</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>200</v>
+        <v>315.27</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>305</v>
+        <v>432.23</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
         <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A23:I23"/>
     <mergeCell ref="A27:I27"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
-    <hyperlink ref="D8" r:id="rId4"/>
-[...14 lines deleted...]
-    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D7" r:id="rId4"/>
+    <hyperlink ref="D8" r:id="rId5"/>
+    <hyperlink ref="D9" r:id="rId6"/>
+    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D11" r:id="rId8"/>
+    <hyperlink ref="D12" r:id="rId9"/>
+    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D14" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D16" r:id="rId13"/>
+    <hyperlink ref="D17" r:id="rId14"/>
+    <hyperlink ref="D18" r:id="rId15"/>
+    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId18"/>
+    <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
     <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D32" r:id="rId27"/>
     <hyperlink ref="D33" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>