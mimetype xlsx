--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -45,372 +45,372 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Замки</t>
   </si>
   <si>
     <t>1.1 Тросовые замки</t>
   </si>
   <si>
+    <t>79-0313</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>79-0203</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0204</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0216</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0214</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>79-0303</t>
   </si>
   <si>
     <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см зеленый ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>79-0314</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0363</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0304</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0263</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0264</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0213</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см зеленый ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0316</t>
   </si>
   <si>
     <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см черный ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0314</t>
-[...4 lines deleted...]
-  <si>
     <t>79-0266</t>
   </si>
   <si>
     <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см черный ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0366</t>
   </si>
   <si>
     <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см черный ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0363</t>
-[...4 lines deleted...]
-  <si>
     <t>79-0400</t>
   </si>
   <si>
     <t>Замок-скоба U-образазный 15х21см черный ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0206</t>
   </si>
   <si>
     <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см черный ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0203</t>
-[...10 lines deleted...]
-  <si>
     <t>79-0306</t>
   </si>
   <si>
     <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см черный ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0364</t>
   </si>
   <si>
     <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см розовый ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0204</t>
-[...40 lines deleted...]
-  <si>
     <t>1.2 Почтовые замки</t>
   </si>
   <si>
     <t>79-1111</t>
   </si>
   <si>
     <t>Замок почтовый 18-20/40 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-1113</t>
   </si>
   <si>
     <t>Замок почтовый 18-30/40 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-1110</t>
   </si>
   <si>
     <t>Замок почтовый 18-18/40 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>1.3 Навесные замки</t>
   </si>
   <si>
+    <t>79-0005</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 50мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0006</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 60мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0035</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 50мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0025</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 50мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0027</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 75мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0044</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 40мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0045</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 50мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0046</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 60мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0123</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-30 ДД ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0036</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 60мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0033</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 30мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0114</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0115</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-50 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0134</t>
+  </si>
+  <si>
+    <t>Замок навесной ССН-40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>79-0003</t>
   </si>
   <si>
     <t>Замок навесной серия Чугун 32мм ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
+    <t>79-0034</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 40мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0023</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 32мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0024</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 40мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0026</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 60мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0145</t>
+  </si>
+  <si>
+    <t>Замок навесной БР-55 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0124</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-40 ДД ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0155</t>
+  </si>
+  <si>
+    <t>Замок навесной БР-50 ДД ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>79-0004</t>
   </si>
   <si>
     <t>Замок навесной серия Чугун 40мм ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0005</t>
-[...10 lines deleted...]
-  <si>
     <t>79-0133</t>
   </si>
   <si>
     <t>Замок навесной ССН-30 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0007</t>
   </si>
   <si>
     <t>Замок навесной серия Чугун 75мм ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0155</t>
-[...10 lines deleted...]
-  <si>
     <t>79-0037</t>
   </si>
   <si>
     <t>Замок навесной серия Сталь 70мм ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0033</t>
-[...4 lines deleted...]
-  <si>
     <t>79-0043</t>
   </si>
   <si>
     <t>Замок навесной серия Сталь 30мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0027</t>
-[...28 lines deleted...]
-  <si>
     <t>79-0002</t>
   </si>
   <si>
     <t>Замок навесной серия Чугун СЧ-25 Багажный ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0023</t>
-[...28 lines deleted...]
-  <si>
     <t>79-0047</t>
   </si>
   <si>
     <t>Замок навесной серия Сталь 70мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0113</t>
   </si>
   <si>
     <t>Замок навесной ВЗ-30 ЧЕТЫРЕ СЕЗОНА</t>
-  </si>
-[...34 lines deleted...]
-    <t>Замок навесной ВЗ-40 ДД ЧЕТЫРЕ СЕЗОНА</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -795,51 +795,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-skoba-u-obrazaznyy-15h21sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-20-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-30-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-18-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-30-chetyre-sezona" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-50-dd-chetyre-sezona" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-sch-25-bagazhnyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-chetyre-sezona" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-50-chetyre-sezona" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-55-chetyre-sezona" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-dd-chetyre-sezona" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-dd-chetyre-sezona" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-skoba-u-obrazaznyy-15h21sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-2040-chetyre-sezona" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-3040-chetyre-sezona" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-1840-chetyre-sezona" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-dd-chetyre-sezona" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-50-chetyre-sezona" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-55-chetyre-sezona" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-dd-chetyre-sezona" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-50-dd-chetyre-sezona" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-30-chetyre-sezona" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-sch-25-bagazhnyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-chetyre-sezona" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I57"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -876,653 +876,653 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>610.2</v>
+        <v>722.07</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>472</v>
+        <v>561</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>742.41</v>
+        <v>711.9</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>983</v>
+        <v>544</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>40</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>722.07</v>
+        <v>711.9</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>43</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>40</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>661.05</v>
+        <v>864.45</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>269</v>
+        <v>392</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>539.01</v>
+        <v>823.77</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>319</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>528.84</v>
+        <v>610.2</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>403</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>60</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>1067.85</v>
+        <v>722.07</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>732.24</v>
+        <v>528.84</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>711.9</v>
+        <v>610.2</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>646</v>
+        <v>1270</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>610.2</v>
+        <v>630.54</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1339</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>60</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>620.37</v>
+        <v>630.54</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>170</v>
+        <v>460</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>60</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>528.84</v>
+        <v>823.77</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>526</v>
+        <v>477</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>711.9</v>
+        <v>742.41</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>138</v>
+        <v>552</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>40</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>823.77</v>
+        <v>661.05</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>556</v>
+        <v>169</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>722.07</v>
+        <v>539.01</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>671</v>
+        <v>1</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>630.54</v>
+        <v>1067.85</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>630.54</v>
+        <v>732.24</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>535</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>864.45</v>
+        <v>620.37</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>424</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>823.77</v>
+        <v>528.84</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>339</v>
+        <v>422</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
         <v>122.04</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>15914</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>240</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
         <v>181.03</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>4816</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>240</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
         <v>105.77</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
@@ -1540,907 +1540,907 @@
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>137.3</v>
+        <v>249.17</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>84</v>
+        <v>4440</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>144</v>
+        <v>72</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>177.98</v>
+        <v>406.8</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1470</v>
+        <v>4090</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>144</v>
+        <v>72</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>249.17</v>
+        <v>315.27</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>5129</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>406.8</v>
+        <v>274.59</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>4397</v>
+        <v>823</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>72</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>203.4</v>
+        <v>549.18</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
         <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>518.67</v>
+        <v>254.25</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1438</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>310.19</v>
+        <v>345.78</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>1481</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>401.72</v>
+        <v>437.31</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>1985</v>
+        <v>23</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>503.42</v>
+        <v>315.27</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>630</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>172.89</v>
+        <v>401.72</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>1680</v>
+        <v>1738</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>144</v>
+        <v>36</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>183.06</v>
+        <v>172.89</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>144</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>549.18</v>
+        <v>355.95</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>809</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>193.23</v>
+        <v>508.5</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>2182</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>144</v>
+        <v>72</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>355.95</v>
+        <v>264.42</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>1469</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>72</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>315.27</v>
+        <v>137.3</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>2137</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>96</v>
+        <v>144</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>447.48</v>
+        <v>239</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>692</v>
+        <v>675</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>101.7</v>
+        <v>156.62</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>216</v>
+        <v>144</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>156.62</v>
+        <v>193.23</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>317</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>144</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>274.59</v>
+        <v>447.48</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>1320</v>
+        <v>500</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>254.25</v>
+        <v>278.66</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>4336</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>345.78</v>
+        <v>432.23</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>1840</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>437.31</v>
+        <v>310.19</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>449</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>528.84</v>
+        <v>177.98</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>706</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>72</v>
+        <v>144</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>310</v>
+        <v>203.4</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>1780</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>120</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>508.5</v>
+        <v>518.67</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>1191</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>239</v>
+        <v>503.42</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>1661</v>
+        <v>307</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>144</v>
+        <v>72</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>264.42</v>
+        <v>183.06</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>2157</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>72</v>
+        <v>144</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>278.66</v>
+        <v>101.7</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>36</v>
+        <v>216</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>315.27</v>
+        <v>528.84</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>547</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>432.23</v>
+        <v>310</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>1531</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>72</v>
+        <v>120</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A23:I23"/>
     <mergeCell ref="A27:I27"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>