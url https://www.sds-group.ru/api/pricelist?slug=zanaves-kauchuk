--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -45,84 +45,84 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Занавес Каучук</t>
   </si>
   <si>
     <t>1.1 Занавес Каучук 2х1,5 м</t>
   </si>
   <si>
+    <t>237-114</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ белый КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>237-122</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED КРАСНЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>237-124</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>237-125</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED БЕЛЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>237-113</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED СИНИЙ белый КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED БЕЛЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>1.2 Занавес Каучук 2х3 м</t>
   </si>
   <si>
     <t>237-145</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х3м 760 LED БЕЛЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>1.3 Занавес Каучук 2х6 м</t>
   </si>
   <si>
     <t>237-165</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 2х6м, постоянное свечение, черный провод КАУЧУК, 230 В, диоды БЕЛЫЕ (шнур питания в комплекте)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
@@ -525,51 +525,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-krasnyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-siniy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-b.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-b.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h6m-postoyannoe-svechenie-chernyy-provod-kauchuk-230-v-diody-belye-shn.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-kauchuk-230-v-diodi-zelenie-14365" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-krasnie-14373" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-zelenie-14368" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-belie-14366" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-kauchuk-230-v-diodi-sinie-14374" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-belie-2813" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-belie-2815" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I12"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -606,218 +606,218 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>7754.49</v>
+        <v>8616.13</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>3</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>8616.13</v>
+        <v>7754.49</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>3</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
         <v>8616.13</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>3</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
         <v>8616.13</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>3</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
         <v>8616.13</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>3</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
         <v>20529</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>3</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">