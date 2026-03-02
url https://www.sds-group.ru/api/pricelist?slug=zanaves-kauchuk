--- v1 (2025-12-04)
+++ v2 (2026-03-02)
@@ -42,105 +42,105 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Занавес Каучук</t>
   </si>
   <si>
-    <t>1.1 Занавес Каучук 2х1,5 м</t>
+    <t>1.1 Занавес Каучук 2х3 м</t>
+  </si>
+  <si>
+    <t>237-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED БЕЛЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>1.2 Занавес Каучук 2х6 м</t>
+  </si>
+  <si>
+    <t>237-165</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2х6м, постоянное свечение, черный провод КАУЧУК, 230 В, диоды БЕЛЫЕ (шнур питания в комплекте)</t>
+  </si>
+  <si>
+    <t>1.3 Занавес Каучук 2х1,5 м</t>
+  </si>
+  <si>
+    <t>237-124</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>237-125</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED БЕЛЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>237-113</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED СИНИЙ белый КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>237-114</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ белый КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>237-122</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED КРАСНЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
-  </si>
-[...34 lines deleted...]
-    <t>Гирлянда Светодиодный Дождь 2х6м, постоянное свечение, черный провод КАУЧУК, 230 В, диоды БЕЛЫЕ (шнур питания в комплекте)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -525,51 +525,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-kauchuk-230-v-diodi-zelenie-14365" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-krasnie-14373" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-zelenie-14368" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-belie-14366" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-kauchuk-230-v-diodi-sinie-14374" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-belie-2813" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-belie-2815" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h6m-postoyannoe-svechenie-chernyy-provod-kauchuk-230-v-diody-belye-shnur-pitaniya-v-komplekte" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-siniy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-krasnyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I12"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -606,285 +606,285 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>8616.13</v>
+        <v>20877.99</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>3</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A5" s="3" t="s">
+      <c r="A5" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B5" s="2"/>
+      <c r="C5" s="2"/>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>8616.13</v>
+        <v>22407.34</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A7" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C8" s="3">
-        <v>8616.13</v>
+        <v>7886.34</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>3</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A9" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I9" s="2"/>
+      <c r="A9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="3">
+        <v>7886.34</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F9" s="3">
+        <v>2</v>
+      </c>
+      <c r="G9" s="3">
+        <v>1</v>
+      </c>
+      <c r="H9" s="3">
+        <v>3</v>
+      </c>
+      <c r="I9" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>20529</v>
+        <v>7886.34</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>3</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="2" t="s">
+      <c r="A11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="2"/>
-[...6 lines deleted...]
-      <c r="I11" s="2"/>
+      <c r="C11" s="3">
+        <v>7886.34</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F11" s="3">
+        <v>7</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>3</v>
+      </c>
+      <c r="I11" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="3">
-        <v>24480.87</v>
+        <v>7097.68</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A9:I9"/>
-    <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A5:I5"/>
+    <mergeCell ref="A7:I7"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
-    <hyperlink ref="D5" r:id="rId2"/>
-[...3 lines deleted...]
-    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D6" r:id="rId2"/>
+    <hyperlink ref="D8" r:id="rId3"/>
+    <hyperlink ref="D9" r:id="rId4"/>
+    <hyperlink ref="D10" r:id="rId5"/>
+    <hyperlink ref="D11" r:id="rId6"/>
     <hyperlink ref="D12" r:id="rId7"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>