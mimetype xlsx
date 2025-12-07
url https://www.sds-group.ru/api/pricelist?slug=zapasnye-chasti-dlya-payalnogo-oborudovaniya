--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -42,168 +42,168 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Запасные части для паяльного оборудования</t>
   </si>
   <si>
+    <t>12-9725</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип скошенный большой 4,0мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-9941</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø3,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
     <t>12-9810</t>
   </si>
   <si>
     <t>Жало выжигательное «игла», (для 12-0142) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>12-9945</t>
   </si>
   <si>
     <t>Жало для паяльника медное ЭПСН, Ø7,8мм, тип плоский, блистер REXANT</t>
   </si>
   <si>
+    <t>12-9730</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип топорик, 5,0мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9961</t>
+  </si>
+  <si>
+    <t>Жало для импульсного паяльника долговечное Ø3,8мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9944</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø6,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9740</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип плоский малый 1,6мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9745</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип плоский большой 4,0мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9943</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø5,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
     <t>12-9921</t>
   </si>
   <si>
     <t>Жало для паяльника долговечное 25, 30 и 40Вт, Ø4,8мм, тип конус, блистер REXANT</t>
   </si>
   <si>
-    <t>12-9745</t>
-[...2 lines deleted...]
-    <t>Жало для паяльника серии 900М, Ø4,3мм, тип плоский большой 4,0мм, блистер REXANT</t>
+    <t>12-9926</t>
+  </si>
+  <si>
+    <t>Жало для паяльника долговечное 100Вт, Ø7,8мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9720</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип скошенный малый 2,0мм, блистер REXANT</t>
   </si>
   <si>
     <t>12-9942</t>
   </si>
   <si>
     <t>Жало для паяльника медное ЭПСН, Ø4,8мм, тип плоский, блистер REXANT</t>
   </si>
   <si>
-    <t>12-9944</t>
-[...16 lines deleted...]
-  <si>
     <t>12-9710</t>
   </si>
   <si>
     <t>Жало для паяльника серии 900М, Ø4,3мм, тип конус малый 0,2мм, блистер REXANT</t>
   </si>
   <si>
-    <t>12-9725</t>
-[...14 lines deleted...]
-    <t>Жало для импульсного паяльника долговечное Ø3,8мм, тип конус, блистер REXANT</t>
+    <t>12-9715</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип конус большой 0,5мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9962</t>
+  </si>
+  <si>
+    <t>Жало для импульсного паяльника долговечное Ø7,1мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9924</t>
+  </si>
+  <si>
+    <t>Жало для паяльника долговечное 60Вт, Ø5,8мм, тип конус, блистер REXANT</t>
   </si>
   <si>
     <t>12-9925</t>
   </si>
   <si>
     <t>Жало для паяльника долговечное 80Вт, Ø6,8мм, тип конус, блистер REXANT</t>
-  </si>
-[...28 lines deleted...]
-    <t>Жало для паяльника долговечное 60Вт, Ø5,8мм, тип конус, блистер REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -588,51 +588,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-vyzhigatelnoe-igla-dlya-12-0142-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-3-8mm-tip-ploskiy-blister-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-7-8mm-tip-ploskiy-blister-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-25-30-i-40vt-4-8mm-tip-konus-blister-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-ploskiy-bolshoy-4-0mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-4-8mm-tip-ploskiy-blister-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-6-8mm-tip-ploskiy-blister-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-5-8mm-tip-ploskiy-blister-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-skoshennyy-malyy-2-0mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-konus-malyy-0-2mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-skoshennyy-bolshoy-4-0mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-ploskiy-malyy-1-6mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-impulsnogo-payalnika-dolgovechnoe-3-8mm-tip-konus-blister-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-80vt-6-8mm-tip-konus-blister-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-impulsnogo-payalnika-dolgovechnoe-7-1mm-tip-konus-blister-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-100vt-7-8mm-tip-konus-blister-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-toporik-5-0mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-konus-bolshoy-0-5mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-60vt-5-8mm-tip-konus-blister-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-skoshenniy-bolshoy-4-0mm-blister-rexant-20289" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-3-8mm-tip-ploskiy-blister-rexant-12663" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-vijigatelnoe-igla-dlya-12-0142-rexant-9568" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-7-8mm-tip-ploskiy-blister-rexant-12661" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-toporik-5-0mm-blister-rexant-20286" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-impulsnogo-payalnika-dolgovechnoe-oslash-3-8mm-tip-konus-blister-rexant-6360" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-6-8mm-tip-ploskiy-blister-rexant-12665" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-ploskiy-maliy-1-6mm-blister-rexant-22332" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-ploskiy-bolshoy-4-0mm-blister-rexant-22333" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-5-8mm-tip-ploskiy-blister-rexant-12662" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-dolgovechnoe-25-30-i-40vt-oslash-4-8mm-tip-konus-blister-rexant-6357" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-dolgovechnoe-100vt-oslash-7-8mm-tip-konus-blister-rexant-6359" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-skoshenniy-maliy-2-0mm-blister-rexant-20290" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-4-8mm-tip-ploskiy-blister-rexant-12664" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-konus-maliy-0-2mm-blister-rexant-20287" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-konus-bolshoy-0-5mm-blister-rexant-20288" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-impulsnogo-payalnika-dolgovechnoe-oslash-7-1mm-tip-konus-blister-rexant-6356" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-dolgovechnoe-60vt-oslash-5-8mm-tip-konus-blister-rexant-6358" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-dolgovechnoe-80vt-oslash-6-8mm-tip-konus-blister-rexant-6521" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I21"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -656,588 +656,588 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>229.06</v>
+        <v>347.97</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>2354</v>
+        <v>1036</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>1000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
         <v>155</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2910</v>
+        <v>2279</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>399</v>
+        <v>229.06</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>986</v>
+        <v>939</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>246.2</v>
+        <v>399</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>4086</v>
+        <v>653</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>331.39</v>
+        <v>347.97</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1256</v>
+        <v>2075</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>195.97</v>
+        <v>188.09</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2582</v>
+        <v>986</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H8" s="3">
         <v>1000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
         <v>328.97</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>997</v>
+        <v>878</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>600</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>223</v>
+        <v>331.39</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1600</v>
+        <v>1207</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>1000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
         <v>331.39</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1535</v>
+        <v>1091</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>1000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>347.97</v>
+        <v>223</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1161</v>
+        <v>1091</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>1000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>347.97</v>
+        <v>246.2</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>2043</v>
+        <v>2627</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>1000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>331.39</v>
+        <v>374.43</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1753</v>
+        <v>478</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>188.09</v>
+        <v>331.39</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1308</v>
+        <v>1121</v>
       </c>
       <c r="G15" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>1000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>396.72</v>
+        <v>195.97</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>375</v>
+        <v>1806</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>239.86</v>
+        <v>347.97</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>770</v>
+        <v>836</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>1000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>374.43</v>
+        <v>331.39</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>608</v>
+        <v>1098</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>347.97</v>
+        <v>239.86</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2323</v>
+        <v>627</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>1000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>331.39</v>
+        <v>328.97</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1676</v>
+        <v>833</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>1000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>328.97</v>
+        <v>396.72</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>1243</v>
+        <v>83</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>