--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -42,168 +42,168 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Запасные части для паяльного оборудования</t>
   </si>
   <si>
+    <t>12-9745</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип плоский большой 4,0мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-9921</t>
+  </si>
+  <si>
+    <t>Жало для паяльника долговечное 25, 30 и 40Вт, Ø4,8мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9720</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип скошенный малый 2,0мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9730</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип топорик, 5,0мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9942</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø4,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9944</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø6,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9943</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø5,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9810</t>
+  </si>
+  <si>
+    <t>Жало выжигательное «игла», (для 12-0142) REXANT</t>
+  </si>
+  <si>
+    <t>12-9941</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø3,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9740</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип плоский малый 1,6мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9924</t>
+  </si>
+  <si>
+    <t>Жало для паяльника долговечное 60Вт, Ø5,8мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9962</t>
+  </si>
+  <si>
+    <t>Жало для импульсного паяльника долговечное Ø7,1мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9925</t>
+  </si>
+  <si>
+    <t>Жало для паяльника долговечное 80Вт, Ø6,8мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9926</t>
+  </si>
+  <si>
+    <t>Жало для паяльника долговечное 100Вт, Ø7,8мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9961</t>
+  </si>
+  <si>
+    <t>Жало для импульсного паяльника долговечное Ø3,8мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9710</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип конус малый 0,2мм, блистер REXANT</t>
+  </si>
+  <si>
     <t>12-9725</t>
   </si>
   <si>
     <t>Жало для паяльника серии 900М, Ø4,3мм, тип скошенный большой 4,0мм, блистер REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>12-9945</t>
   </si>
   <si>
     <t>Жало для паяльника медное ЭПСН, Ø7,8мм, тип плоский, блистер REXANT</t>
   </si>
   <si>
-    <t>12-9730</t>
-[...64 lines deleted...]
-  <si>
     <t>12-9715</t>
   </si>
   <si>
     <t>Жало для паяльника серии 900М, Ø4,3мм, тип конус большой 0,5мм, блистер REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Жало для паяльника долговечное 80Вт, Ø6,8мм, тип конус, блистер REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -588,51 +588,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-skoshenniy-bolshoy-4-0mm-blister-rexant-20289" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-3-8mm-tip-ploskiy-blister-rexant-12663" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-vijigatelnoe-igla-dlya-12-0142-rexant-9568" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-7-8mm-tip-ploskiy-blister-rexant-12661" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-toporik-5-0mm-blister-rexant-20286" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-impulsnogo-payalnika-dolgovechnoe-oslash-3-8mm-tip-konus-blister-rexant-6360" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-6-8mm-tip-ploskiy-blister-rexant-12665" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-ploskiy-maliy-1-6mm-blister-rexant-22332" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-ploskiy-bolshoy-4-0mm-blister-rexant-22333" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-5-8mm-tip-ploskiy-blister-rexant-12662" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-dolgovechnoe-25-30-i-40vt-oslash-4-8mm-tip-konus-blister-rexant-6357" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-dolgovechnoe-100vt-oslash-7-8mm-tip-konus-blister-rexant-6359" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-skoshenniy-maliy-2-0mm-blister-rexant-20290" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-4-8mm-tip-ploskiy-blister-rexant-12664" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-konus-maliy-0-2mm-blister-rexant-20287" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-konus-bolshoy-0-5mm-blister-rexant-20288" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-impulsnogo-payalnika-dolgovechnoe-oslash-7-1mm-tip-konus-blister-rexant-6356" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-dolgovechnoe-60vt-oslash-5-8mm-tip-konus-blister-rexant-6358" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-dolgovechnoe-80vt-oslash-6-8mm-tip-konus-blister-rexant-6521" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-ploskiy-bolshoy-4-0mm-blister-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-25-30-i-40vt-4-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-skoshennyy-malyy-2-0mm-blister-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-toporik-5-0mm-blister-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-4-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-6-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-5-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-vyzhigatelnoe-igla-dlya-12-0142-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-3-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-ploskiy-malyy-1-6mm-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-60vt-5-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-impulsnogo-payalnika-dolgovechnoe-7-1mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-80vt-6-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-100vt-7-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-impulsnogo-payalnika-dolgovechnoe-3-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-konus-malyy-0-2mm-blister-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-skoshennyy-bolshoy-4-0mm-blister-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-7-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-konus-bolshoy-0-5mm-blister-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I21"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -656,588 +656,588 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>347.97</v>
+        <v>337.02</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1036</v>
+        <v>928</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>1000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>155</v>
+        <v>250.39</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2279</v>
+        <v>1899</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>229.06</v>
+        <v>337.02</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>939</v>
+        <v>896</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>399</v>
+        <v>353.89</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>653</v>
+        <v>1920</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>347.97</v>
+        <v>199.3</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2075</v>
+        <v>1412</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>188.09</v>
+        <v>334.56</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>986</v>
+        <v>827</v>
       </c>
       <c r="G8" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>1000</v>
+        <v>600</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>328.97</v>
+        <v>226.79</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>878</v>
+        <v>1786</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>600</v>
+        <v>1000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>331.39</v>
+        <v>232.95</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1207</v>
+        <v>1755</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>1000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>331.39</v>
+        <v>157.64</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1091</v>
+        <v>1976</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>1000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>223</v>
+        <v>337.02</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1091</v>
+        <v>939</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>1000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>246.2</v>
+        <v>334.56</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>2627</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>1000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>374.43</v>
+        <v>243.94</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>478</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>331.39</v>
+        <v>403.46</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1121</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>195.97</v>
+        <v>380.8</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1806</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>347.97</v>
+        <v>191.29</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>836</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H17" s="3">
         <v>1000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>331.39</v>
+        <v>353.89</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1098</v>
+        <v>743</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>1000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>239.86</v>
+        <v>353.89</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>627</v>
+        <v>687</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>1000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>328.97</v>
+        <v>405.78</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>833</v>
+        <v>1503</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>396.72</v>
+        <v>337.02</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>83</v>
+        <v>729</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>