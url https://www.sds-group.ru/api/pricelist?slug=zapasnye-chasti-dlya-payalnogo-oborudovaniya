--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -42,168 +42,168 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Запасные части для паяльного оборудования</t>
   </si>
   <si>
+    <t>12-9810</t>
+  </si>
+  <si>
+    <t>Жало выжигательное «игла», (для 12-0142) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-9945</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø7,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9941</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø3,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9921</t>
+  </si>
+  <si>
+    <t>Жало для паяльника долговечное 25, 30 и 40Вт, Ø4,8мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9740</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип плоский малый 1,6мм, блистер REXANT</t>
+  </si>
+  <si>
     <t>12-9745</t>
   </si>
   <si>
     <t>Жало для паяльника серии 900М, Ø4,3мм, тип плоский большой 4,0мм, блистер REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Жало для паяльника долговечное 25, 30 и 40Вт, Ø4,8мм, тип конус, блистер REXANT</t>
+    <t>12-9943</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø5,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9944</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø6,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9942</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø4,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9725</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип скошенный большой 4,0мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9730</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип топорик, 5,0мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9710</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип конус малый 0,2мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9715</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип конус большой 0,5мм, блистер REXANT</t>
   </si>
   <si>
     <t>12-9720</t>
   </si>
   <si>
     <t>Жало для паяльника серии 900М, Ø4,3мм, тип скошенный малый 2,0мм, блистер REXANT</t>
   </si>
   <si>
-    <t>12-9730</t>
-[...38 lines deleted...]
-    <t>Жало для паяльника серии 900М, Ø4,3мм, тип плоский малый 1,6мм, блистер REXANT</t>
+    <t>12-9962</t>
+  </si>
+  <si>
+    <t>Жало для импульсного паяльника долговечное Ø7,1мм, тип конус, блистер REXANT</t>
   </si>
   <si>
     <t>12-9924</t>
   </si>
   <si>
     <t>Жало для паяльника долговечное 60Вт, Ø5,8мм, тип конус, блистер REXANT</t>
   </si>
   <si>
-    <t>12-9962</t>
-[...4 lines deleted...]
-  <si>
     <t>12-9925</t>
   </si>
   <si>
     <t>Жало для паяльника долговечное 80Вт, Ø6,8мм, тип конус, блистер REXANT</t>
   </si>
   <si>
     <t>12-9926</t>
   </si>
   <si>
     <t>Жало для паяльника долговечное 100Вт, Ø7,8мм, тип конус, блистер REXANT</t>
   </si>
   <si>
     <t>12-9961</t>
   </si>
   <si>
     <t>Жало для импульсного паяльника долговечное Ø3,8мм, тип конус, блистер REXANT</t>
-  </si>
-[...22 lines deleted...]
-    <t>Жало для паяльника серии 900М, Ø4,3мм, тип конус большой 0,5мм, блистер REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -588,51 +588,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-ploskiy-bolshoy-4-0mm-blister-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-25-30-i-40vt-4-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-skoshennyy-malyy-2-0mm-blister-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-toporik-5-0mm-blister-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-4-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-6-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-5-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-vyzhigatelnoe-igla-dlya-12-0142-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-3-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-ploskiy-malyy-1-6mm-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-60vt-5-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-impulsnogo-payalnika-dolgovechnoe-7-1mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-80vt-6-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-100vt-7-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-impulsnogo-payalnika-dolgovechnoe-3-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-konus-malyy-0-2mm-blister-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-skoshennyy-bolshoy-4-0mm-blister-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-7-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-konus-bolshoy-0-5mm-blister-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-vyzhigatelnoe-igla-dlya-12-0142-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-7-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-3-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-25-30-i-40vt-4-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-ploskiy-malyy-1-6mm-blister-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-ploskiy-bolshoy-4-0mm-blister-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-5-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-6-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-4-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-skoshennyy-bolshoy-4-0mm-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-toporik-5-0mm-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-konus-malyy-0-2mm-blister-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-konus-bolshoy-0-5mm-blister-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-skoshennyy-malyy-2-0mm-blister-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-impulsnogo-payalnika-dolgovechnoe-7-1mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-60vt-5-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-80vt-6-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-100vt-7-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-impulsnogo-payalnika-dolgovechnoe-3-8mm-tip-konus-blister-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I21"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -656,585 +656,585 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>337.02</v>
+        <v>163.07</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>928</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>1000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>250.39</v>
+        <v>344.91</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1899</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>337.02</v>
+        <v>133.99</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>896</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>353.89</v>
+        <v>212.83</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1920</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>199.3</v>
+        <v>286.47</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1412</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>334.56</v>
+        <v>286.47</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>827</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>600</v>
+        <v>1000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>226.79</v>
+        <v>192.77</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1786</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>1000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>232.95</v>
+        <v>284.38</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1755</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>1000</v>
+        <v>600</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>157.64</v>
+        <v>169.41</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1976</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>1000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>337.02</v>
+        <v>300.81</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>939</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>1000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>334.56</v>
+        <v>300.81</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>1000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>243.94</v>
+        <v>300.81</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>1000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>403.46</v>
+        <v>286.47</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>380.8</v>
+        <v>286.47</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>191.29</v>
+        <v>207.35</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>1000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>353.89</v>
+        <v>284.38</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>743</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>1000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>353.89</v>
+        <v>342.94</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>687</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>405.78</v>
+        <v>323.68</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1503</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>337.02</v>
+        <v>162.6</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>729</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H21" s="3">
         <v>1000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>