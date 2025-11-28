--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,132 +42,132 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Зажим для троса</t>
   </si>
   <si>
+    <t>09-5606</t>
+  </si>
+  <si>
+    <t>Зажим для троса DIN 741, d=6мм REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-5603</t>
+  </si>
+  <si>
+    <t>Зажим для троса DIN 741, d=3/4мм REXANT</t>
+  </si>
+  <si>
     <t>09-5600</t>
   </si>
   <si>
     <t>Зажим для троса DIN 741, d=10мм REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Зажим для троса DIN 741, d=6мм REXANT</t>
+    <t>09-5682</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 3мм</t>
+  </si>
+  <si>
+    <t>09-5692</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 3мм</t>
+  </si>
+  <si>
+    <t>09-5685</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 6мм</t>
+  </si>
+  <si>
+    <t>09-5694</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 5мм</t>
   </si>
   <si>
     <t>09-5695</t>
   </si>
   <si>
     <t>Зажим для троса Duplex 6мм</t>
   </si>
   <si>
-    <t>09-5685</t>
-[...2 lines deleted...]
-    <t>Зажим для троса Simplex 6мм</t>
+    <t>09-5683</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 4мм</t>
+  </si>
+  <si>
+    <t>09-5684</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 5мм</t>
+  </si>
+  <si>
+    <t>09-5691</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 2мм</t>
+  </si>
+  <si>
+    <t>09-5693</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 4мм</t>
   </si>
   <si>
     <t>09-5681</t>
   </si>
   <si>
     <t>Зажим для троса Simplex 2мм</t>
-  </si>
-[...40 lines deleted...]
-    <t>Зажим для троса Duplex 4мм</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -552,51 +552,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-3-4mm-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-6mm-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-6mm.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-6mm.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-2mm.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-4mm.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-5mm.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-3mm.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-3mm.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-5mm.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-2mm.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-4mm.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-d-6-10802" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-d-3-4-10801" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-d-10-10578" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-3mm-30284" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-3mm-30750" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-6mm-29965" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-5mm-29968" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-6mm-29969" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-4mm-29976" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-5mm-29964" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-2mm-29966" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-4mm-29967" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-2mm-29975" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I15"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -620,408 +620,408 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>38.07</v>
+        <v>18.06</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="G3" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H3" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
         <v>10.49</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>8400</v>
       </c>
       <c r="G4" s="3">
         <v>100</v>
       </c>
       <c r="H4" s="3">
         <v>1000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>18.06</v>
+        <v>38.07</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G5" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>54.45</v>
+        <v>17.36</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="G6" s="3">
         <v>100</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>31.3</v>
+        <v>24.84</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>100</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>15.71</v>
+        <v>31.3</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="G8" s="3">
         <v>100</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>21.88</v>
+        <v>47.56</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="G9" s="3">
         <v>100</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>29.14</v>
+        <v>54.45</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>700</v>
+        <v>500</v>
       </c>
       <c r="G10" s="3">
         <v>100</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>17.36</v>
+        <v>21.88</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="G11" s="3">
         <v>100</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>24.84</v>
+        <v>29.14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>900</v>
+        <v>200</v>
       </c>
       <c r="G12" s="3">
         <v>100</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>47.56</v>
+        <v>22.51</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>600</v>
+        <v>300</v>
       </c>
       <c r="G13" s="3">
         <v>100</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>22.51</v>
+        <v>34.19</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>600</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>100</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>34.19</v>
+        <v>15.71</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="G15" s="3">
         <v>100</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>