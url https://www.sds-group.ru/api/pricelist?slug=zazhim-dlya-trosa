--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -42,126 +42,126 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Зажим для троса</t>
   </si>
   <si>
+    <t>09-5600</t>
+  </si>
+  <si>
+    <t>Зажим для троса DIN 741, d=10мм REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-5603</t>
+  </si>
+  <si>
+    <t>Зажим для троса DIN 741, d=3/4мм REXANT</t>
+  </si>
+  <si>
     <t>09-5606</t>
   </si>
   <si>
     <t>Зажим для троса DIN 741, d=6мм REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Зажим для троса DIN 741, d=10мм REXANT</t>
+    <t>09-5695</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 6мм</t>
+  </si>
+  <si>
+    <t>09-5692</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 3мм</t>
+  </si>
+  <si>
+    <t>09-5691</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 2мм</t>
+  </si>
+  <si>
+    <t>09-5694</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 5мм</t>
+  </si>
+  <si>
+    <t>09-5683</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 4мм</t>
+  </si>
+  <si>
+    <t>09-5685</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 6мм</t>
+  </si>
+  <si>
+    <t>09-5693</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 4мм</t>
   </si>
   <si>
     <t>09-5682</t>
   </si>
   <si>
     <t>Зажим для троса Simplex 3мм</t>
   </si>
   <si>
-    <t>09-5692</t>
-[...28 lines deleted...]
-  <si>
     <t>09-5684</t>
   </si>
   <si>
     <t>Зажим для троса Simplex 5мм</t>
-  </si>
-[...10 lines deleted...]
-    <t>Зажим для троса Duplex 4мм</t>
   </si>
   <si>
     <t>09-5681</t>
   </si>
   <si>
     <t>Зажим для троса Simplex 2мм</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -552,51 +552,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-d-6-10802" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-d-3-4-10801" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-d-10-10578" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-3mm-30284" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-3mm-30750" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-6mm-29965" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-5mm-29968" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-6mm-29969" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-4mm-29976" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-5mm-29964" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-2mm-29966" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-4mm-29967" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-2mm-29975" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-10mm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-3-4mm-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-6mm-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-6mm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-3mm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-2mm" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-5mm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-4mm" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-6mm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-4mm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-3mm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-5mm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-2mm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I15"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -620,399 +620,399 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>18.06</v>
+        <v>38.72</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>500</v>
+        <v>650</v>
       </c>
       <c r="G3" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>10.49</v>
+        <v>10.67</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>8400</v>
+        <v>200</v>
       </c>
       <c r="G4" s="3">
         <v>100</v>
       </c>
       <c r="H4" s="3">
         <v>1000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>38.07</v>
+        <v>18.37</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>100</v>
+        <v>800</v>
       </c>
       <c r="G5" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>17.36</v>
+        <v>55.38</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="G6" s="3">
         <v>100</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>24.84</v>
+        <v>25.26</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G7" s="3">
         <v>100</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>31.3</v>
+        <v>22.89</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="G8" s="3">
         <v>100</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>47.56</v>
+        <v>48.37</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
         <v>200</v>
       </c>
       <c r="G9" s="3">
         <v>100</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>54.45</v>
+        <v>22.25</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="G10" s="3">
         <v>100</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>21.88</v>
+        <v>31.83</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>100</v>
+        <v>800</v>
       </c>
       <c r="G11" s="3">
         <v>100</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>29.14</v>
+        <v>34.77</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>100</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>22.51</v>
+        <v>17.66</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="G13" s="3">
         <v>100</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>34.19</v>
+        <v>29.64</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G14" s="3">
         <v>100</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>15.71</v>
+        <v>15.98</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
         <v>200</v>
       </c>
       <c r="G15" s="3">
         <v>100</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>