--- v2 (2026-01-13)
+++ v3 (2026-03-04)
@@ -42,126 +42,126 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Зажим для троса</t>
   </si>
   <si>
+    <t>09-5603</t>
+  </si>
+  <si>
+    <t>Зажим для троса DIN 741, d=3/4мм REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>09-5600</t>
   </si>
   <si>
     <t>Зажим для троса DIN 741, d=10мм REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>09-5606</t>
   </si>
   <si>
     <t>Зажим для троса DIN 741, d=6мм REXANT</t>
   </si>
   <si>
+    <t>09-5694</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 5мм</t>
+  </si>
+  <si>
     <t>09-5695</t>
   </si>
   <si>
     <t>Зажим для троса Duplex 6мм</t>
   </si>
   <si>
+    <t>09-5682</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 3мм</t>
+  </si>
+  <si>
+    <t>09-5693</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 4мм</t>
+  </si>
+  <si>
     <t>09-5692</t>
   </si>
   <si>
     <t>Зажим для троса Duplex 3мм</t>
   </si>
   <si>
+    <t>09-5684</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 5мм</t>
+  </si>
+  <si>
     <t>09-5691</t>
   </si>
   <si>
     <t>Зажим для троса Duplex 2мм</t>
   </si>
   <si>
-    <t>09-5694</t>
-[...4 lines deleted...]
-  <si>
     <t>09-5683</t>
   </si>
   <si>
     <t>Зажим для троса Simplex 4мм</t>
   </si>
   <si>
     <t>09-5685</t>
   </si>
   <si>
     <t>Зажим для троса Simplex 6мм</t>
-  </si>
-[...16 lines deleted...]
-    <t>Зажим для троса Simplex 5мм</t>
   </si>
   <si>
     <t>09-5681</t>
   </si>
   <si>
     <t>Зажим для троса Simplex 2мм</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -552,51 +552,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-10mm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-3-4mm-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-6mm-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-6mm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-3mm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-2mm" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-5mm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-4mm" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-6mm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-4mm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-3mm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-5mm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-2mm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-34mm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-10mm-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-6mm-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-5mm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-6mm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-3mm" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-4mm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-3mm" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-5mm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-2mm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-4mm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-6mm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-2mm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I15"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -620,379 +620,379 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>38.72</v>
+        <v>10.67</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>650</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H3" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>10.67</v>
+        <v>38.72</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="G4" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H4" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
         <v>18.37</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>100</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>55.38</v>
+        <v>48.37</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="G6" s="3">
         <v>100</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>25.26</v>
+        <v>55.38</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="G7" s="3">
         <v>100</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>22.89</v>
+        <v>17.66</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="G8" s="3">
         <v>100</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>48.37</v>
+        <v>34.77</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>100</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>22.25</v>
+        <v>25.26</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="G10" s="3">
         <v>100</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>31.83</v>
+        <v>29.64</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>800</v>
+        <v>300</v>
       </c>
       <c r="G11" s="3">
         <v>100</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>34.77</v>
+        <v>22.89</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G12" s="3">
         <v>100</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>17.66</v>
+        <v>22.25</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>200</v>
       </c>
       <c r="G13" s="3">
         <v>100</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>29.64</v>
+        <v>31.83</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>200</v>
+        <v>800</v>
       </c>
       <c r="G14" s="3">
         <v>100</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
         <v>15.98</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">