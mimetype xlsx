--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -42,186 +42,186 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Зажимы, кронштейны, комплекты крепления</t>
   </si>
   <si>
+    <t>07-9310</t>
+  </si>
+  <si>
+    <t>Крюк бандажный CF 16 диаметр 16 мм, 18 кН</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-9318</t>
+  </si>
+  <si>
+    <t>Анкерный зажим для несущей нейтрали PA 2000-TE 70-95 мм² 22 kH</t>
+  </si>
+  <si>
+    <t>07-9331</t>
+  </si>
+  <si>
+    <t>Ответвительный зажим P 71-TE 35-95/2,5-54 мм²</t>
+  </si>
+  <si>
+    <t>07-9320</t>
+  </si>
+  <si>
+    <t>Ответвительный зажим N 70-TE 16-150/16-150 мм²</t>
+  </si>
+  <si>
+    <t>07-9313</t>
+  </si>
+  <si>
+    <t>Крюк с резьбой BT 16-TE диаметр 16 мм, 6,6 кН</t>
+  </si>
+  <si>
+    <t>07-9329</t>
+  </si>
+  <si>
+    <t>Крюк сквозной B 16/240-TE диаметр 16 мм, 12 kH</t>
+  </si>
+  <si>
+    <t>07-9330</t>
+  </si>
+  <si>
+    <t>Крюк сквозной B 20/240-TE диаметр 20 мм, 24 kH</t>
+  </si>
+  <si>
+    <t>07-9302</t>
+  </si>
+  <si>
+    <t>Анкерный зажим PA 25-TE 2х16-4х25 мм² 3,5 кН</t>
+  </si>
+  <si>
     <t>07-9312</t>
   </si>
   <si>
     <t>Крюк с резьбой BT 8-TE диаметр 8 мм, 2,3 кН</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Крюк с резьбой BT 16-TE диаметр 16 мм, 6,6 кН</t>
+    <t>07-9300</t>
+  </si>
+  <si>
+    <t>Кронштейн анкерный CS 10.3-TE 18 кН</t>
+  </si>
+  <si>
+    <t>07-9303</t>
+  </si>
+  <si>
+    <t>Комплект промежуточной подвески ES 1500-TE 16-95 мм², 12 кН</t>
+  </si>
+  <si>
+    <t>07-9304</t>
+  </si>
+  <si>
+    <t>Прокалывающий зажим P 6-TE 6-150/1,5-16 мм²</t>
+  </si>
+  <si>
+    <t>07-9305</t>
+  </si>
+  <si>
+    <t>Прокалывающий зажим Р 645-TE 16-150/10-35 мм²</t>
   </si>
   <si>
     <t>07-9317</t>
   </si>
   <si>
     <t>Анкерный зажим для несущей нейтрали PA 1500-TE 25-70 мм² 15 kH</t>
   </si>
   <si>
-    <t>07-9302</t>
-[...44 lines deleted...]
-    <t>Прокалывающий зажим P 6-TE 6-150/1,5-16 мм²</t>
+    <t>07-9319</t>
+  </si>
+  <si>
+    <t>Прокалывающий зажим P 70-TE 16-150/16-150 мм²</t>
+  </si>
+  <si>
+    <t>07-9321</t>
+  </si>
+  <si>
+    <t>Изолированный адаптер для закорачивания и заземления PC 481-TE 16-150 мм²</t>
   </si>
   <si>
     <t>07-9322</t>
   </si>
   <si>
     <t>Фасадное крепление SF 60-TE</t>
   </si>
   <si>
     <t>07-9327</t>
   </si>
   <si>
     <t>Ограничитель перенапряжения OP 600/28-TE</t>
   </si>
   <si>
     <t>07-9326</t>
   </si>
   <si>
     <t>Комплект клеммников SV 15-TE</t>
   </si>
   <si>
     <t>07-9328</t>
   </si>
   <si>
     <t>Анкерный зажим PAK 25-TE 2х16-4х25 мм², 2,2 kH</t>
   </si>
   <si>
     <t>07-9341</t>
   </si>
   <si>
     <t>Поддерживающий зажим для изолированной несущей нулевой жилы без кронштейна PS 25-95-TE 16-95 мм², 22 кН</t>
   </si>
   <si>
-    <t>07-9319</t>
-[...10 lines deleted...]
-  <si>
     <t>07-9343</t>
   </si>
   <si>
     <t>Кронштейн промежуточной подвески CS 1500-TE</t>
-  </si>
-[...16 lines deleted...]
-    <t>Анкерный зажим для несущей нейтрали PA 2000-TE 70-95 мм² 22 kH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -606,51 +606,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-8-te-diametr-8-mm-2-3-kn.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-16-te-diametr-16-mm-6-6-kn.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-dlya-nesuschey-neytrali-pa-1500-te-25-70-mm-15-kh.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-pa-25-te-2h16-4h25-mm-3-5-kn.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-16-240-te-diametr-16-mm-12-kh.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-20-240-te-diametr-20-mm-24-kh.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-promezhutochnoy-podveski-es-1500-te-16-95-mm-12-kn.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-ankernyy-cs-10-3-te-18-kn.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-r-645-te-16-150-10-35-mm.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-bandazhnyy-cf-16-diametr-16-mm-18-kn.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-p-6-te-6-150-1-5-16-mm.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fasadnoe-kreplenie-sf-60-te.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-perenapryazheniya-op-600-28-te.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-klemmnikov-sv-15-te.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-pak-25-te-2h16-4h25-mm-2-2-kh.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podderzhivayuschiy-zazhim-dlya-izolirovannoy-nesuschey-nulevoy-zhily-bez-kronshteyna-ps-25-95-te-16-.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-p-70-te-16-150-16-150-mm.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-adapter-dlya-zakorachivaniya-i-zazemleniya-pc-481-te-16-150-mm.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-promezhutochnoy-podveski-cs-1500-te.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelnyy-zazhim-n-70-te-16-150-16-150-mm.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelnyy-zazhim-p-71-te-35-95-2-5-54-mm.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-dlya-nesuschey-neytrali-pa-2000-te-70-95-mm-22-kh.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-bandajniy-cf-16-diametr-16-mm-18-kn-17714" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankerniy-zajim-dlya-nesuschey-neytrali-pa-2000-te-70-95-mm-sup2-22-kh-18270" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelniy-zajim-p-71-te-35-95-2-5-54-mm-sup2-18936" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelniy-zajim-n-70-te-16-150-16-150-mm-sup2-18268" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-16-te-diametr-16-mm-6-6-kn-17717" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-16-240-te-diametr-16-mm-12-kh-18927" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-20-240-te-diametr-20-mm-24-kh-18941" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankerniy-zajim-pa-25-te-2h16-4h25-mm-sup2-3-5-kn-17710" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-8-te-diametr-8-mm-2-3-kn-17718" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-ankerniy-cs-10-3-te-18-kn-17705" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-promejutochnoy-podveski-es-1500-te-16-95-mm-sup2-12-kn-17709" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalivayuschiy-zajim-p-6-te-6-150-1-5-16-mm-sup2-17711" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalivayuschiy-zajim-r-645-te-16-150-10-35-mm-sup2-17719" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankerniy-zajim-dlya-nesuschey-neytrali-pa-1500-te-25-70-mm-sup2-15-kh-18267" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalivayuschiy-zajim-p-70-te-16-150-16-150-mm-sup2-18273" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovanniy-adapter-dlya-zakorachivaniya-i-zazemleniya-pc-481-te-16-150-mm-sup2-18266" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fasadnoe-kreplenie-sf-60-te-18277" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-perenapryajeniya-op-600-28-te-18275" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-klemmnikov-sv-15-te-18276" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankerniy-zajim-pak-25-te-2h16-4h25-mm-sup2-2-2-kh-18933" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podderjivayuschiy-zajim-dlya-izolirovannoy-nesuschey-nulevoy-jili-bez-kronshteyna-ps-25-95-te-16-95-mm-sup2-22-kn-18930" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-promejutochnoy-podveski-cs-1500-te-19766" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I24"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -674,675 +674,675 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>168.53</v>
+        <v>525.94</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>76</v>
+        <v>1</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>581.07</v>
+        <v>1226.92</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>171</v>
+        <v>3</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>812.12</v>
+        <v>556.24</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>30</v>
+        <v>3</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>174.02</v>
+        <v>561.4</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>683.68</v>
+        <v>581.07</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>6</v>
+        <v>172</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>634.4</v>
+        <v>683.68</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>729.24</v>
+        <v>634.4</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>250</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>527.68</v>
+        <v>191.42</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>558</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>319.33</v>
+        <v>168.53</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>160</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>525.94</v>
+        <v>527.68</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>254.98</v>
+        <v>729.24</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>941</v>
+        <v>201</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>169.37</v>
+        <v>254.98</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>982</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1971.65</v>
+        <v>319.33</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>2</v>
+        <v>79</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>30</v>
+        <v>160</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>2766.41</v>
+        <v>812.12</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>512.64</v>
+        <v>489.4</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>816.42</v>
+        <v>607.19</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>489.4</v>
+        <v>169.37</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>674.66</v>
+        <v>1774.49</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>479.65</v>
+        <v>2489.77</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>623.78</v>
+        <v>512.64</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>556.24</v>
+        <v>816.42</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1226.92</v>
+        <v>479.65</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>