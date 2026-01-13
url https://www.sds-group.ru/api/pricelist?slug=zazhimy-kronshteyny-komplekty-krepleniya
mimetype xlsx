--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -8,220 +8,214 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="54">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Зажимы, кронштейны, комплекты крепления</t>
   </si>
   <si>
+    <t>07-9320</t>
+  </si>
+  <si>
+    <t>Ответвительный зажим N 70-TE 16-150/16-150 мм²</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-9321</t>
+  </si>
+  <si>
+    <t>Изолированный адаптер для закорачивания и заземления PC 481-TE 16-150 мм²</t>
+  </si>
+  <si>
+    <t>07-9322</t>
+  </si>
+  <si>
+    <t>Фасадное крепление SF 60-TE</t>
+  </si>
+  <si>
+    <t>07-9328</t>
+  </si>
+  <si>
+    <t>Анкерный зажим PAK 25-TE 2х16-4х25 мм², 2,2 kH</t>
+  </si>
+  <si>
+    <t>07-9331</t>
+  </si>
+  <si>
+    <t>Ответвительный зажим P 71-TE 35-95/2,5-54 мм²</t>
+  </si>
+  <si>
+    <t>07-9341</t>
+  </si>
+  <si>
+    <t>Поддерживающий зажим для изолированной несущей нулевой жилы без кронштейна PS 25-95-TE 16-95 мм², 22 кН</t>
+  </si>
+  <si>
+    <t>07-9343</t>
+  </si>
+  <si>
+    <t>Кронштейн промежуточной подвески CS 1500-TE</t>
+  </si>
+  <si>
+    <t>07-9304</t>
+  </si>
+  <si>
+    <t>Прокалывающий зажим P 6-TE 6-150/1,5-16 мм²</t>
+  </si>
+  <si>
+    <t>07-9305</t>
+  </si>
+  <si>
+    <t>Прокалывающий зажим Р 645-TE 16-150/10-35 мм²</t>
+  </si>
+  <si>
     <t>07-9310</t>
   </si>
   <si>
     <t>Крюк бандажный CF 16 диаметр 16 мм, 18 кН</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>07-9329</t>
+  </si>
+  <si>
+    <t>Крюк сквозной B 16/240-TE диаметр 16 мм, 12 kH</t>
+  </si>
+  <si>
+    <t>07-9317</t>
+  </si>
+  <si>
+    <t>Анкерный зажим для несущей нейтрали PA 1500-TE 25-70 мм² 15 kH</t>
+  </si>
+  <si>
+    <t>07-9327</t>
+  </si>
+  <si>
+    <t>Ограничитель перенапряжения OP 600/28-TE</t>
+  </si>
+  <si>
+    <t>07-9303</t>
+  </si>
+  <si>
+    <t>Комплект промежуточной подвески ES 1500-TE 16-95 мм², 12 кН</t>
+  </si>
+  <si>
+    <t>07-9312</t>
+  </si>
+  <si>
+    <t>Крюк с резьбой BT 8-TE диаметр 8 мм, 2,3 кН</t>
+  </si>
+  <si>
+    <t>07-9313</t>
+  </si>
+  <si>
+    <t>Крюк с резьбой BT 16-TE диаметр 16 мм, 6,6 кН</t>
+  </si>
+  <si>
+    <t>07-9330</t>
+  </si>
+  <si>
+    <t>Крюк сквозной B 20/240-TE диаметр 20 мм, 24 kH</t>
   </si>
   <si>
     <t>07-9318</t>
   </si>
   <si>
     <t>Анкерный зажим для несущей нейтрали PA 2000-TE 70-95 мм² 22 kH</t>
   </si>
   <si>
-    <t>07-9331</t>
-[...28 lines deleted...]
-  <si>
     <t>07-9302</t>
   </si>
   <si>
     <t>Анкерный зажим PA 25-TE 2х16-4х25 мм² 3,5 кН</t>
   </si>
   <si>
-    <t>07-9312</t>
-[...34 lines deleted...]
-  <si>
     <t>07-9319</t>
   </si>
   <si>
     <t>Прокалывающий зажим P 70-TE 16-150/16-150 мм²</t>
   </si>
   <si>
-    <t>07-9321</t>
-[...16 lines deleted...]
-  <si>
     <t>07-9326</t>
   </si>
   <si>
     <t>Комплект клеммников SV 15-TE</t>
-  </si>
-[...16 lines deleted...]
-    <t>Кронштейн промежуточной подвески CS 1500-TE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -606,56 +600,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-bandajniy-cf-16-diametr-16-mm-18-kn-17714" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankerniy-zajim-dlya-nesuschey-neytrali-pa-2000-te-70-95-mm-sup2-22-kh-18270" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelniy-zajim-p-71-te-35-95-2-5-54-mm-sup2-18936" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelniy-zajim-n-70-te-16-150-16-150-mm-sup2-18268" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-16-te-diametr-16-mm-6-6-kn-17717" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-16-240-te-diametr-16-mm-12-kh-18927" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-20-240-te-diametr-20-mm-24-kh-18941" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankerniy-zajim-pa-25-te-2h16-4h25-mm-sup2-3-5-kn-17710" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-8-te-diametr-8-mm-2-3-kn-17718" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-ankerniy-cs-10-3-te-18-kn-17705" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-promejutochnoy-podveski-es-1500-te-16-95-mm-sup2-12-kn-17709" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalivayuschiy-zajim-p-6-te-6-150-1-5-16-mm-sup2-17711" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalivayuschiy-zajim-r-645-te-16-150-10-35-mm-sup2-17719" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankerniy-zajim-dlya-nesuschey-neytrali-pa-1500-te-25-70-mm-sup2-15-kh-18267" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalivayuschiy-zajim-p-70-te-16-150-16-150-mm-sup2-18273" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovanniy-adapter-dlya-zakorachivaniya-i-zazemleniya-pc-481-te-16-150-mm-sup2-18266" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fasadnoe-kreplenie-sf-60-te-18277" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-perenapryajeniya-op-600-28-te-18275" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-klemmnikov-sv-15-te-18276" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankerniy-zajim-pak-25-te-2h16-4h25-mm-sup2-2-2-kh-18933" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podderjivayuschiy-zajim-dlya-izolirovannoy-nesuschey-nulevoy-jili-bez-kronshteyna-ps-25-95-te-16-95-mm-sup2-22-kn-18930" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-promejutochnoy-podveski-cs-1500-te-19766" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelnyy-zazhim-n-70-te-16-150-16-150-mm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-adapter-dlya-zakorachivaniya-i-zazemleniya-pc-481-te-16-150-mm" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fasadnoe-kreplenie-sf-60-te" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-pak-25-te-2h16-4h25-mm-2-2-kh" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelnyy-zazhim-p-71-te-35-95-2-5-54-mm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podderzhivayuschiy-zazhim-dlya-izolirovannoy-nesuschey-nulevoy-zhily-bez-kronshteyna-ps-25-95-te-16" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-promezhutochnoy-podveski-cs-1500-te" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-p-6-te-6-150-1-5-16-mm" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-r-645-te-16-150-10-35-mm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-bandazhnyy-cf-16-diametr-16-mm-18-kn" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-16-240-te-diametr-16-mm-12-kh" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-dlya-nesuschey-neytrali-pa-1500-te-25-70-mm-15-kh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-perenapryazheniya-op-600-28-te" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-promezhutochnoy-podveski-es-1500-te-16-95-mm-12-kn" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-8-te-diametr-8-mm-2-3-kn" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-16-te-diametr-16-mm-6-6-kn" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-20-240-te-diametr-20-mm-24-kh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-dlya-nesuschey-neytrali-pa-2000-te-70-95-mm-22-kh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-pa-25-te-2h16-4h25-mm-3-5-kn" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-p-70-te-16-150-16-150-mm" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-klemmnikov-sv-15-te" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I24"/>
+  <dimension ref="A1:I23"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -674,707 +668,677 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>525.94</v>
+        <v>513.85</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1226.92</v>
+        <v>555.76</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>556.24</v>
+        <v>172.25</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>561.4</v>
+        <v>521.35</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>581.07</v>
+        <v>565.7</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>172</v>
+        <v>1</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>683.68</v>
+        <v>830.3</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>634.4</v>
+        <v>487.8</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>191.42</v>
+        <v>285.25</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>558</v>
+        <v>1167</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>168.53</v>
+        <v>373.47</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>80</v>
+        <v>234</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>160</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>527.68</v>
+        <v>534.88</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>729.24</v>
+        <v>695.3</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>201</v>
+        <v>6</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>254.98</v>
+        <v>825.93</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>982</v>
+        <v>11</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>319.33</v>
+        <v>1624.19</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>79</v>
+        <v>2</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>160</v>
+        <v>30</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>812.12</v>
+        <v>889.96</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>11</v>
+        <v>126</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>489.4</v>
+        <v>197.1</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>35</v>
+        <v>118</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>607.19</v>
+        <v>679.59</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>172</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>169.37</v>
+        <v>645.18</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1774.49</v>
+        <v>1247.78</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>2489.77</v>
+        <v>243.34</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>5</v>
+        <v>664</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>512.64</v>
+        <v>572.38</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1</v>
+        <v>68</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>816.42</v>
+        <v>2278.89</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
-    <hyperlink ref="D24" r:id="rId22"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>