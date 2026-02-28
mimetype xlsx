--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -8,208 +8,190 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="48">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Зажимы, кронштейны, комплекты крепления</t>
   </si>
   <si>
-    <t>07-9320</t>
-[...2 lines deleted...]
-    <t>Ответвительный зажим N 70-TE 16-150/16-150 мм²</t>
+    <t>07-9302</t>
+  </si>
+  <si>
+    <t>Анкерный зажим PA 25-TE 2х16-4х25 мм² 3,5 кН</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
-    <t>07-9321</t>
-[...2 lines deleted...]
-    <t>Изолированный адаптер для закорачивания и заземления PC 481-TE 16-150 мм²</t>
+    <t>07-9313</t>
+  </si>
+  <si>
+    <t>Крюк с резьбой BT 16-TE диаметр 16 мм, 6,6 кН</t>
+  </si>
+  <si>
+    <t>07-9343</t>
+  </si>
+  <si>
+    <t>Кронштейн промежуточной подвески CS 1500-TE</t>
+  </si>
+  <si>
+    <t>07-9304</t>
+  </si>
+  <si>
+    <t>Прокалывающий зажим P 6-TE 6-150/1,5-16 мм²</t>
+  </si>
+  <si>
+    <t>07-9318</t>
+  </si>
+  <si>
+    <t>Анкерный зажим для несущей нейтрали PA 2000-TE 70-95 мм² 22 kH</t>
+  </si>
+  <si>
+    <t>07-9330</t>
+  </si>
+  <si>
+    <t>Крюк сквозной B 20/240-TE диаметр 20 мм, 24 kH</t>
+  </si>
+  <si>
+    <t>07-9341</t>
+  </si>
+  <si>
+    <t>Поддерживающий зажим для изолированной несущей нулевой жилы без кронштейна PS 25-95-TE 16-95 мм², 22 кН</t>
+  </si>
+  <si>
+    <t>07-9303</t>
+  </si>
+  <si>
+    <t>Комплект промежуточной подвески ES 1500-TE 16-95 мм², 12 кН</t>
+  </si>
+  <si>
+    <t>07-9305</t>
+  </si>
+  <si>
+    <t>Прокалывающий зажим Р 645-TE 16-150/10-35 мм²</t>
+  </si>
+  <si>
+    <t>07-9319</t>
+  </si>
+  <si>
+    <t>Прокалывающий зажим P 70-TE 16-150/16-150 мм²</t>
   </si>
   <si>
     <t>07-9322</t>
   </si>
   <si>
     <t>Фасадное крепление SF 60-TE</t>
   </si>
   <si>
-    <t>07-9328</t>
-[...2 lines deleted...]
-    <t>Анкерный зажим PAK 25-TE 2х16-4х25 мм², 2,2 kH</t>
+    <t>07-9327</t>
+  </si>
+  <si>
+    <t>Ограничитель перенапряжения OP 600/28-TE</t>
   </si>
   <si>
     <t>07-9331</t>
   </si>
   <si>
     <t>Ответвительный зажим P 71-TE 35-95/2,5-54 мм²</t>
   </si>
   <si>
-    <t>07-9341</t>
-[...20 lines deleted...]
-    <t>Прокалывающий зажим Р 645-TE 16-150/10-35 мм²</t>
+    <t>07-9329</t>
+  </si>
+  <si>
+    <t>Крюк сквозной B 16/240-TE диаметр 16 мм, 12 kH</t>
+  </si>
+  <si>
+    <t>07-9312</t>
+  </si>
+  <si>
+    <t>Крюк с резьбой BT 8-TE диаметр 8 мм, 2,3 кН</t>
   </si>
   <si>
     <t>07-9310</t>
   </si>
   <si>
     <t>Крюк бандажный CF 16 диаметр 16 мм, 18 кН</t>
   </si>
   <si>
-    <t>07-9329</t>
-[...4 lines deleted...]
-  <si>
     <t>07-9317</t>
   </si>
   <si>
     <t>Анкерный зажим для несущей нейтрали PA 1500-TE 25-70 мм² 15 kH</t>
-  </si>
-[...46 lines deleted...]
-    <t>Прокалывающий зажим P 70-TE 16-150/16-150 мм²</t>
   </si>
   <si>
     <t>07-9326</t>
   </si>
   <si>
     <t>Комплект клеммников SV 15-TE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -600,56 +582,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelnyy-zazhim-n-70-te-16-150-16-150-mm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-adapter-dlya-zakorachivaniya-i-zazemleniya-pc-481-te-16-150-mm" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fasadnoe-kreplenie-sf-60-te" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-pak-25-te-2h16-4h25-mm-2-2-kh" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelnyy-zazhim-p-71-te-35-95-2-5-54-mm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podderzhivayuschiy-zazhim-dlya-izolirovannoy-nesuschey-nulevoy-zhily-bez-kronshteyna-ps-25-95-te-16" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-promezhutochnoy-podveski-cs-1500-te" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-p-6-te-6-150-1-5-16-mm" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-r-645-te-16-150-10-35-mm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-bandazhnyy-cf-16-diametr-16-mm-18-kn" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-16-240-te-diametr-16-mm-12-kh" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-dlya-nesuschey-neytrali-pa-1500-te-25-70-mm-15-kh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-perenapryazheniya-op-600-28-te" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-promezhutochnoy-podveski-es-1500-te-16-95-mm-12-kn" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-8-te-diametr-8-mm-2-3-kn" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-16-te-diametr-16-mm-6-6-kn" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-20-240-te-diametr-20-mm-24-kh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-dlya-nesuschey-neytrali-pa-2000-te-70-95-mm-22-kh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-pa-25-te-2h16-4h25-mm-3-5-kn" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-p-70-te-16-150-16-150-mm" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-klemmnikov-sv-15-te" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-pa-25-te-2h16-4h25-mm-3-5-kn" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-16-te-diametr-16-mm-6-6-kn" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-promezhutochnoy-podveski-cs-1500-te" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayushchiy-zazhim-p-6-te-6-1501-5-16-mm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-dlya-nesushchey-neytrali-pa-2000-te-70-95-mm-22-kh" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-20240-te-diametr-20-mm-24-kh" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podderzhivayushchiy-zazhim-dlya-izolirovannoy-nesushchey-nulevoy-zhily-bez-kronshteyna-ps-25-95-te-16-95-mm-22-kn" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-promezhutochnoy-podveski-es-1500-te-16-95-mm-12-kn" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayushchiy-zazhim-r-645-te-16-15010-35-mm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayushchiy-zazhim-p-70-te-16-15016-150-mm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fasadnoe-kreplenie-sf-60-te" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-perenapryazheniya-op-60028-te" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelnyy-zazhim-p-71-te-35-952-5-54-mm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-16240-te-diametr-16-mm-12-kh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-8-te-diametr-8-mm-2-3-kn" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-bandazhnyy-cf-16-diametr-16-mm-18-kn" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-dlya-nesushchey-neytrali-pa-1500-te-25-70-mm-15-kh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-klemmnikov-sv-15-te" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I23"/>
+  <dimension ref="A1:I20"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -668,677 +650,587 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>513.85</v>
+        <v>243.34</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>397</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>555.76</v>
+        <v>679.59</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>142</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>172.25</v>
+        <v>487.8</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>1</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>521.35</v>
+        <v>285.25</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>725</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>565.7</v>
+        <v>1247.78</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>830.3</v>
+        <v>645.18</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>487.8</v>
+        <v>830.3</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>285.25</v>
+        <v>889.96</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1167</v>
+        <v>120</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
         <v>373.47</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>234</v>
+        <v>127</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>160</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>534.88</v>
+        <v>572.38</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1</v>
+        <v>154</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>695.3</v>
+        <v>172.25</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>825.93</v>
+        <v>1624.19</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1624.19</v>
+        <v>565.7</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>889.96</v>
+        <v>695.3</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>126</v>
+        <v>3</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
         <v>197.1</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>118</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>679.59</v>
+        <v>534.88</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>172</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>645.18</v>
+        <v>825.93</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1247.78</v>
+        <v>2278.89</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
-[...85 lines deleted...]
-      <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
-    <hyperlink ref="D21" r:id="rId19"/>
-[...1 lines deleted...]
-    <hyperlink ref="D23" r:id="rId21"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>