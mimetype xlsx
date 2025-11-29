--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -42,288 +42,288 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Знаки электробезопасности</t>
   </si>
   <si>
+    <t>56-0082</t>
+  </si>
+  <si>
+    <t>Набор модульных наклеек «Маркировка электрощитов» малый 100х100мм (120 наклеек) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>56-0006-4</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 85х85х85мм 20 шт. REXANT</t>
+  </si>
+  <si>
+    <t>56-0002-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 100х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0014</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не влезай! Убьет!» 100х200мм REXANT</t>
+  </si>
+  <si>
     <t>56-0005</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 100х100х100мм REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>56-0004</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Электрощитовая»150х300мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0080</t>
+  </si>
+  <si>
+    <t>Набор наклеек «Маркировка электрощитов М-2» 100х100мм (цифры, знаки электробезопасности, 10 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0007-01</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 15х50мм (с хедером, 20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>55-0010</t>
+  </si>
+  <si>
+    <t>Наклейка маркировочная таблица 12 модулей (50х216мм) REXANT</t>
+  </si>
+  <si>
+    <t>56-0006</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 200х200х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0009-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «36 В» 35х100 мм REXANT (7шт на листе)</t>
+  </si>
+  <si>
+    <t>56-0006-5</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 160х160х160мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0013</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не включать! Работа на линии» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0003-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «42 В» 35х100 мм REXANT (7 шт на листе)</t>
+  </si>
+  <si>
+    <t>56-0006-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 25х25х25мм 100 шт. REXANT</t>
+  </si>
+  <si>
+    <t>56-0059</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «N», диаметр 20мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>55-0004</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «PE»,  диаметр 20мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>55-0017</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземлено» 100х200мм REXANT</t>
   </si>
   <si>
     <t>56-0007</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «220 В» 10х30мм (42 шт. на листе, 5 листов) REXANT</t>
   </si>
   <si>
-    <t>56-0002-1</t>
-[...2 lines deleted...]
-    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 100х200 мм REXANT</t>
+    <t>56-0008-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «380 В» 35х100мм (7 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0081</t>
+  </si>
+  <si>
+    <t>Набор наклеек «Маркировка электрощитов М-1» 85х150мм (надписи для ВА, 10 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0010-02</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземление» диаметр 10мм, 200 наклеек (5 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0007-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 15х50мм (20 шт. на листе) REXANT</t>
   </si>
   <si>
     <t>56-0007-2</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «220 В» 35х100мм 70 шт. REXANT</t>
   </si>
   <si>
-    <t>56-0007-1</t>
-[...16 lines deleted...]
-  <si>
     <t>56-0010-01</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Заземление» диаметр 20мм (с хедером, 20 шт. на листе) REXANT</t>
   </si>
   <si>
-    <t>56-0006</t>
-[...2 lines deleted...]
-    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 200х200х200мм REXANT</t>
+    <t>56-0002</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 150х300мм REXANT</t>
   </si>
   <si>
     <t>56-0003</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Электрощитовая» 100х300мм REXANT</t>
   </si>
   <si>
     <t>56-0008</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «380 В»10х30мм (42 шт. на листе, 5 листов) REXANT</t>
   </si>
   <si>
+    <t>56-0001</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 100х300мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0009</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности " 36 В"10*30 мм Rexant ( 42 шт на листе)</t>
+  </si>
+  <si>
+    <t>56-0010</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземление», диаметр 20мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 50х50х50мм 50 шт. REXANT</t>
+  </si>
+  <si>
     <t>56-0006-3</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 130х130х130мм 5 шт. REXANT</t>
   </si>
   <si>
     <t>55-0001</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «12 В» 15х50 мм REXANT (20 шт на листе)</t>
   </si>
   <si>
-    <t>55-0003-1</t>
-[...4 lines deleted...]
-  <si>
     <t>55-0003</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «42 В» 15х50 мм REXANT (20шт на листе)</t>
   </si>
   <si>
-    <t>55-0004</t>
-[...28 lines deleted...]
-  <si>
     <t>56-0008-1</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «380 В» 15х50мм (20 шт. на листе) REXANT</t>
   </si>
   <si>
-    <t>55-0013</t>
-[...50 lines deleted...]
-    <t>Наклейка знак электробезопасности «Электрощитовая»150х300мм REXANT</t>
+    <t>55-0011</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не включать! Работают люди» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0012</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не открывать! Работают люди» 100х200мм REXANT</t>
   </si>
   <si>
     <t>55-0015</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Стой! Напряжение» 100х200мм REXANT</t>
-  </si>
-[...46 lines deleted...]
-    <t>Наклейка знак электробезопасности «Заземление» диаметр 10мм, 200 наклеек (5 листов) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -708,51 +708,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-100h100h100mm-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-10h30mm-42-sht-na-liste-5-listov-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-100h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-35h100mm-70-sht-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50mm-20-sht-na-liste-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-35h100mm-7-sht-na-liste-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50mm-s-hederom-20-sht-na-liste-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-20mm-s-hederom-20-sht-na-liste-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-200h200h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-100h300mm-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-10h30mm-42-sht-na-liste-5-listov-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-130h130h130mm-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-12-v-15h50-mm-rexant-20-sht-na-liste.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-35h100-mm-rexant-7-sht-na-liste.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-15h50-mm-rexant-20sht-na-liste.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-pe-diametr-20mm-20-sht-na-liste-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-markirovochnaya-tablitsa-12-moduley-50h216mm-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemleno-100h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vlezay-ubet-100h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-85h85h85mm-20-sht-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-15h50mm-20-sht-na-liste-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabota-na-linii-100h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-35h100-mm-rexant-7sht-na-liste.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-1-85h150mm-nadpisi-dlya-va-10-listov-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-2-100h100mm-tsifry-znaki-elektrobezopasnosti-10-listov-rex.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-10-30-mm-rexant-42-sht-na-liste.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-modulnyh-nakleek-markirovka-elektroschitov-malyy-100h100mm-120-nakleek-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-100h300mm-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-150h300mm-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-150h300mm-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-napryazhenie-100h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-20mm-20-sht-na-liste-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-n-diametr-20mm-20-sht-na-liste-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabotayut-lyudi-100h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-25h25h25mm-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-50h50h50mm-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-otkryvat-rabotayut-lyudi-100h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-160h160h160mm-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-10mm-200-nakleek-5-listov-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-modulnih-nakleek-markirovka-elektroschitov-maliy-100h100mm-120-nakleek-rexant-31835" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-85h85h85-mm-rexant-20sht-20674" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-jizni-100h200-mm-rexant-20440" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vlezay-ubet-100h200-mm-rexant-20669" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-100-100-100-mm-rexant-9115" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-150-300-mm-rexant-9114" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-2-100h100mm-tsifri-znaki-elektrobezopasnosti-10-listov-rexant-31600" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50-mm-s-hederom-20-sht-na-liste-rexant-28876" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-markirovochnaya-tablitsa-12-moduley-50h216-mm-rexant-20672" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-200-200-200-mm-rexant-9116" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-35h100-mm-rexant-7sht-na-liste-20692" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-160h160h160-mm-rexant-20691" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabota-na-linii-100h200-mm-rexant-20683" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-35h100-mm-rexant-7-sht-na-liste-20671" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-25h25h25-mm-rexant-100-sht-20442" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-n-d-20-mm-rexant-20sht-na-liste-20435" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-pe-d-20-mm-rexant-20-sht-na-liste-20678" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemleno-100h200-mm-rexant-20685" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-10-30-mm-rexant-42-sht-na-liste-9978" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-35h100-mm-rexant-7sht-na-liste-20695" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-1-85h150mm-nadpisi-dlya-va-10-listov-rexant-31601" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-10mm-200-nakleek-5-listov-rexant-32037" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50-mm-rexant-20-sht-na-liste-20441" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-35h100-mm-rexant-70sht-20438" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyki-znaki-elektrobezopasnosti-zazemlenie-d-20-mm-s-hederom-20-sht-na-liste-rexant-28877" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-jizni-150-300-mm-rexant-9112" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-100-300-mm-rexant-9113" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-10-30-mm-rexant-42-sht-na-liste-9979" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-jizni-100-300-mm-rexant-9111" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-10-30-mm-rexant-42-sht-na-liste-10175" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyki-znaki-elektrobezopasnosti-zazemlenie-d-20-mm-rexant-20sht-na-liste-20439" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-50h50h50-mm-rexant-50sht-20444" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-130h130h130-mm-rexant-5sht-20437" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-12-v-15h50-mm-rexant-20-sht-na-liste-20680" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-15h50-mm-rexant-20sht-na-liste-20693" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-15h50-mm-rexant-20sht-na-liste-20694" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabotayut-lyudi-100h200-mm-rexant-20698" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-otkrivat-rabotayut-lyudi-100h200-mm-rexant-20699" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-napryajenie-100h200-mm-rexant-20684" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I41"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -776,1171 +776,1171 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>16.48</v>
+        <v>370</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1915</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>100</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>3.34</v>
+        <v>14.03</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>126</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>210</v>
+        <v>20</v>
       </c>
       <c r="H4" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
         <v>59.85</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>85</v>
+        <v>155</v>
       </c>
       <c r="G5" s="3">
         <v>5</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>10.63</v>
+        <v>54.41</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1540</v>
+        <v>110</v>
       </c>
       <c r="G6" s="3">
-        <v>70</v>
+        <v>5</v>
       </c>
       <c r="H6" s="3">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>3.34</v>
+        <v>17.3</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2400</v>
+        <v>3430</v>
       </c>
       <c r="G7" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>10.63</v>
+        <v>60.92</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2380</v>
+        <v>2715</v>
       </c>
       <c r="G8" s="3">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="H8" s="3">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>70.03</v>
+        <v>370</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>184</v>
+        <v>91</v>
       </c>
       <c r="G9" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>45.78</v>
+        <v>70.03</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>860</v>
+        <v>104</v>
       </c>
       <c r="G10" s="3">
         <v>5</v>
       </c>
       <c r="H10" s="3">
         <v>5</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>46.38</v>
+        <v>14.88</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>5</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>60.92</v>
+        <v>46.38</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>580</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>5</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>3.24</v>
+        <v>11.34</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>175</v>
       </c>
       <c r="G13" s="3">
-        <v>210</v>
+        <v>35</v>
       </c>
       <c r="H13" s="3">
-        <v>210</v>
+        <v>35</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>22.75</v>
+        <v>48</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>221</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>5</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>3.41</v>
+        <v>56.59</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G15" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>3.72</v>
+        <v>3.91</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>595</v>
       </c>
       <c r="G16" s="3">
         <v>35</v>
       </c>
       <c r="H16" s="3">
         <v>35</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>2.39</v>
+        <v>1.94</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>900</v>
+        <v>5800</v>
       </c>
       <c r="G17" s="3">
         <v>100</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>2.39</v>
+        <v>2.5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>3100</v>
+        <v>5400</v>
       </c>
       <c r="G18" s="3">
         <v>100</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>14.88</v>
+        <v>2.39</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>6900</v>
       </c>
       <c r="G19" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
         <v>63.95</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>115</v>
       </c>
       <c r="G20" s="3">
         <v>5</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>54.41</v>
+        <v>3.34</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>95</v>
+        <v>99666</v>
       </c>
       <c r="G21" s="3">
-        <v>5</v>
+        <v>210</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>12.75</v>
+        <v>11.16</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1400</v>
+        <v>1960</v>
       </c>
       <c r="G22" s="3">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>3.34</v>
+        <v>370</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
+        <v>11</v>
+      </c>
+      <c r="G23" s="3">
+        <v>1</v>
+      </c>
+      <c r="H23" s="3">
+        <v>100</v>
+      </c>
+      <c r="I23" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>56.59</v>
+        <v>1.92</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>20</v>
+        <v>8600</v>
       </c>
       <c r="G24" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>11.34</v>
+        <v>3.34</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>175</v>
+        <v>6200</v>
       </c>
       <c r="G25" s="3">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="H25" s="3">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>370</v>
+        <v>11.16</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>85</v>
+        <v>1190</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>70</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>370</v>
+        <v>48.07</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>85</v>
+        <v>2005</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>1.11</v>
+        <v>59.83</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>210</v>
+        <v>165</v>
       </c>
       <c r="G28" s="3">
-        <v>210</v>
+        <v>5</v>
       </c>
       <c r="H28" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>370</v>
+        <v>60.92</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>410</v>
       </c>
       <c r="G29" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>59.83</v>
+        <v>3.24</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>205</v>
+        <v>18690</v>
       </c>
       <c r="G30" s="3">
-        <v>5</v>
+        <v>210</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
         <v>59.83</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>230</v>
+        <v>75</v>
       </c>
       <c r="G31" s="3">
         <v>5</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>60.92</v>
+        <v>1.11</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>1010</v>
+        <v>210</v>
       </c>
       <c r="G32" s="3">
-        <v>5</v>
+        <v>210</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>48.55</v>
+        <v>2.19</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>80</v>
+        <v>161800</v>
       </c>
       <c r="G33" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H33" s="3">
         <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>2.19</v>
+        <v>3.8</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>122200</v>
+        <v>11750</v>
       </c>
       <c r="G34" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>2.38</v>
+        <v>25.03</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>4900</v>
+        <v>416</v>
       </c>
       <c r="G35" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>57.12</v>
+        <v>3.41</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>135</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H36" s="3">
         <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>1.85</v>
+        <v>2.39</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>1500</v>
+        <v>900</v>
       </c>
       <c r="G37" s="3">
         <v>100</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>3.8</v>
+        <v>3.34</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>6000</v>
+        <v>5900</v>
       </c>
       <c r="G38" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H38" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>56.6</v>
+        <v>57.12</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>70</v>
+        <v>105</v>
       </c>
       <c r="G39" s="3">
         <v>5</v>
       </c>
       <c r="H39" s="3">
         <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>48</v>
+        <v>56.6</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>495</v>
+        <v>60</v>
       </c>
       <c r="G40" s="3">
         <v>5</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>1.92</v>
+        <v>50.98</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>8800</v>
+        <v>110</v>
       </c>
       <c r="G41" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H41" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>