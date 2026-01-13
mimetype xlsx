--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,288 +42,288 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Знаки электробезопасности</t>
   </si>
   <si>
+    <t>56-0004</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Электрощитовая»150х300мм REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>56-0006</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 200х200х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0010-01</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземление» диаметр 20мм (с хедером, 20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0008</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «380 В»10х30мм (42 шт. на листе, 5 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0010</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземление», диаметр 20мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 25х25х25мм 100 шт. REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-4</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 85х85х85мм 20 шт. REXANT</t>
+  </si>
+  <si>
+    <t>56-0002-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 100х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0003-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «42 В» 35х100 мм REXANT (7 шт на листе)</t>
+  </si>
+  <si>
+    <t>55-0004</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «PE»,  диаметр 20мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>55-0010</t>
+  </si>
+  <si>
+    <t>Наклейка маркировочная таблица 12 модулей (50х216мм) REXANT</t>
+  </si>
+  <si>
+    <t>55-0012</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не открывать! Работают люди» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0014</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не влезай! Убьет!» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0015</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой! Напряжение» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0017</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземлено» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0007</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 10х30мм (42 шт. на листе, 5 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0007-01</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 15х50мм (с хедером, 20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0003</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Электрощитовая» 100х300мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0005</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 100х100х100мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0009</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности " 36 В"10*30 мм Rexant ( 42 шт на листе)</t>
+  </si>
+  <si>
+    <t>55-0001</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «12 В» 15х50 мм REXANT (20 шт на листе)</t>
+  </si>
+  <si>
+    <t>56-0081</t>
+  </si>
+  <si>
+    <t>Набор наклеек «Маркировка электрощитов М-1» 85х150мм (надписи для ВА, 10 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0008-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «380 В» 35х100мм (7 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 50х50х50мм 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>55-0003</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «42 В» 15х50 мм REXANT (20шт на листе)</t>
+  </si>
+  <si>
+    <t>56-0059</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «N», диаметр 20мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0009-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «36 В» 35х100 мм REXANT (7шт на листе)</t>
+  </si>
+  <si>
+    <t>56-0001</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 100х300мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0002</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 150х300мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0080</t>
+  </si>
+  <si>
+    <t>Набор наклеек «Маркировка электрощитов М-2» 100х100мм (цифры, знаки электробезопасности, 10 листов) REXANT</t>
+  </si>
+  <si>
     <t>56-0082</t>
   </si>
   <si>
     <t>Набор модульных наклеек «Маркировка электрощитов» малый 100х100мм (120 наклеек) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...62 lines deleted...]
-    <t>Наклейка знак электробезопасности «36 В» 35х100 мм REXANT (7шт на листе)</t>
+    <t>56-0010-02</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземление» диаметр 10мм, 200 наклеек (5 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-3</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 130х130х130мм 5 шт. REXANT</t>
   </si>
   <si>
     <t>56-0006-5</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 160х160х160мм REXANT</t>
   </si>
   <si>
+    <t>56-0008-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «380 В» 15х50мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>55-0011</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не включать! Работают люди» 100х200мм REXANT</t>
+  </si>
+  <si>
     <t>55-0013</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Не включать! Работа на линии» 100х200мм REXANT</t>
   </si>
   <si>
-    <t>55-0003-1</t>
-[...52 lines deleted...]
-  <si>
     <t>56-0007-1</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «220 В» 15х50мм (20 шт. на листе) REXANT</t>
   </si>
   <si>
     <t>56-0007-2</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «220 В» 35х100мм 70 шт. REXANT</t>
-  </si>
-[...88 lines deleted...]
-    <t>Наклейка знак электробезопасности «Стой! Напряжение» 100х200мм REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -708,51 +708,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-modulnih-nakleek-markirovka-elektroschitov-maliy-100h100mm-120-nakleek-rexant-31835" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-85h85h85-mm-rexant-20sht-20674" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-jizni-100h200-mm-rexant-20440" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vlezay-ubet-100h200-mm-rexant-20669" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-100-100-100-mm-rexant-9115" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-150-300-mm-rexant-9114" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-2-100h100mm-tsifri-znaki-elektrobezopasnosti-10-listov-rexant-31600" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50-mm-s-hederom-20-sht-na-liste-rexant-28876" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-markirovochnaya-tablitsa-12-moduley-50h216-mm-rexant-20672" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-200-200-200-mm-rexant-9116" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-35h100-mm-rexant-7sht-na-liste-20692" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-160h160h160-mm-rexant-20691" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabota-na-linii-100h200-mm-rexant-20683" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-35h100-mm-rexant-7-sht-na-liste-20671" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-25h25h25-mm-rexant-100-sht-20442" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-n-d-20-mm-rexant-20sht-na-liste-20435" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-pe-d-20-mm-rexant-20-sht-na-liste-20678" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemleno-100h200-mm-rexant-20685" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-10-30-mm-rexant-42-sht-na-liste-9978" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-35h100-mm-rexant-7sht-na-liste-20695" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-1-85h150mm-nadpisi-dlya-va-10-listov-rexant-31601" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-10mm-200-nakleek-5-listov-rexant-32037" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50-mm-rexant-20-sht-na-liste-20441" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-35h100-mm-rexant-70sht-20438" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyki-znaki-elektrobezopasnosti-zazemlenie-d-20-mm-s-hederom-20-sht-na-liste-rexant-28877" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-jizni-150-300-mm-rexant-9112" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-100-300-mm-rexant-9113" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-10-30-mm-rexant-42-sht-na-liste-9979" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-jizni-100-300-mm-rexant-9111" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-10-30-mm-rexant-42-sht-na-liste-10175" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyki-znaki-elektrobezopasnosti-zazemlenie-d-20-mm-rexant-20sht-na-liste-20439" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-50h50h50-mm-rexant-50sht-20444" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-130h130h130-mm-rexant-5sht-20437" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-12-v-15h50-mm-rexant-20-sht-na-liste-20680" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-15h50-mm-rexant-20sht-na-liste-20693" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-15h50-mm-rexant-20sht-na-liste-20694" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabotayut-lyudi-100h200-mm-rexant-20698" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-otkrivat-rabotayut-lyudi-100h200-mm-rexant-20699" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-napryajenie-100h200-mm-rexant-20684" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-150h300mm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-200h200h200mm-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-20mm-s-hederom-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-10h30mm-42-sht-na-liste-5-listov-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-25h25h25mm-100-sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-85h85h85mm-20-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-100h200-mm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-35h100-mm-rexant-7-sht-na-liste" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-pe-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-markirovochnaya-tablitsa-12-moduley-50h216mm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-otkryvat-rabotayut-lyudi-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vlezay-ubet-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-napryazhenie-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemleno-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-10h30mm-42-sht-na-liste-5-listov-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50mm-s-hederom-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-100h300mm-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-100h100h100mm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-10-30-mm-rexant-42-sht-na-liste" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-12-v-15h50-mm-rexant-20-sht-na-liste" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-1-85h150mm-nadpisi-dlya-va-10-listov-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-35h100mm-7-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-50h50h50mm-50-sht-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-15h50-mm-rexant-20sht-na-liste" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-n-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-35h100-mm-rexant-7sht-na-liste" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-100h300mm-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-150h300mm-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-2-100h100mm-tsifry-znaki-elektrobezopasnosti-10-listov-rex" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-modulnyh-nakleek-markirovka-elektroschitov-malyy-100h100mm-120-nakleek-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-10mm-200-nakleek-5-listov-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-130h130h130mm-5-sht-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-160h160h160mm-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-15h50mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabotayut-lyudi-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabota-na-linii-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-35h100mm-70-sht-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I41"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -776,1168 +776,1168 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>370</v>
+        <v>61.96</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>2430</v>
       </c>
       <c r="G3" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H3" s="3">
         <v>100</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>14.03</v>
+        <v>47.17</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>59.85</v>
+        <v>51.33</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>5</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>54.41</v>
+        <v>3.3</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>110</v>
+        <v>21420</v>
       </c>
       <c r="G6" s="3">
-        <v>5</v>
+        <v>210</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>17.3</v>
+        <v>2.34</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>3430</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>60.92</v>
+        <v>1.97</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2715</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>370</v>
+        <v>14.27</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>91</v>
+        <v>1420</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>70.03</v>
+        <v>60.87</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>104</v>
+        <v>145</v>
       </c>
       <c r="G10" s="3">
         <v>5</v>
       </c>
       <c r="H10" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>14.88</v>
+        <v>3.98</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>210</v>
       </c>
       <c r="G11" s="3">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>46.38</v>
+        <v>2.43</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>6100</v>
       </c>
       <c r="G12" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>11.34</v>
+        <v>15.13</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>175</v>
+        <v>475</v>
       </c>
       <c r="G13" s="3">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="H13" s="3">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>48</v>
+        <v>57.56</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="G14" s="3">
         <v>5</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>56.59</v>
+        <v>58.1</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="G15" s="3">
         <v>5</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>3.91</v>
+        <v>57.03</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>595</v>
+        <v>300</v>
       </c>
       <c r="G16" s="3">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="H16" s="3">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1.94</v>
+        <v>65.04</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>5800</v>
+        <v>85</v>
       </c>
       <c r="G17" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>2.5</v>
+        <v>3.4</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>5400</v>
+        <v>125906</v>
       </c>
       <c r="G18" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>2.39</v>
+        <v>71.22</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>6900</v>
+        <v>69</v>
       </c>
       <c r="G19" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>63.95</v>
+        <v>61.96</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>115</v>
+        <v>460</v>
       </c>
       <c r="G20" s="3">
         <v>5</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>3.34</v>
+        <v>19.35</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>99666</v>
+        <v>6500</v>
       </c>
       <c r="G21" s="3">
-        <v>210</v>
+        <v>5</v>
       </c>
       <c r="H21" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>11.16</v>
+        <v>1.13</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1960</v>
+        <v>210</v>
       </c>
       <c r="G22" s="3">
-        <v>35</v>
+        <v>210</v>
       </c>
       <c r="H22" s="3">
-        <v>35</v>
+        <v>210</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>370</v>
+        <v>3.47</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1.92</v>
+        <v>395.1</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>8600</v>
+        <v>241</v>
       </c>
       <c r="G24" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>3.34</v>
+        <v>11.92</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>6200</v>
+        <v>1960</v>
       </c>
       <c r="G25" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>11.16</v>
+        <v>4.25</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1190</v>
+        <v>150</v>
       </c>
       <c r="G26" s="3">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="H26" s="3">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>48.07</v>
+        <v>2.43</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>2005</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>59.83</v>
+        <v>2.54</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>165</v>
+        <v>7500</v>
       </c>
       <c r="G28" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>60.92</v>
+        <v>11.53</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>410</v>
+        <v>175</v>
       </c>
       <c r="G29" s="3">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>3.24</v>
+        <v>60.85</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>18690</v>
+        <v>155</v>
       </c>
       <c r="G30" s="3">
-        <v>210</v>
+        <v>5</v>
       </c>
       <c r="H30" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>59.83</v>
+        <v>60.85</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>75</v>
+        <v>140</v>
       </c>
       <c r="G31" s="3">
         <v>5</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>1.11</v>
+        <v>395.1</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>210</v>
+        <v>78</v>
       </c>
       <c r="G32" s="3">
-        <v>210</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>2.19</v>
+        <v>376.29</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>161800</v>
+        <v>946</v>
       </c>
       <c r="G33" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>100</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>3.8</v>
+        <v>1.95</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>11750</v>
+        <v>8400</v>
       </c>
       <c r="G34" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H34" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>25.03</v>
+        <v>25.46</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>416</v>
+        <v>111</v>
       </c>
       <c r="G35" s="3">
         <v>5</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>3.41</v>
+        <v>48.82</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H36" s="3">
         <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>2.39</v>
+        <v>3.4</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>900</v>
+        <v>9800</v>
       </c>
       <c r="G37" s="3">
         <v>100</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>3.34</v>
+        <v>58.09</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>5900</v>
+        <v>20</v>
       </c>
       <c r="G38" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H38" s="3">
         <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>57.12</v>
+        <v>57.55</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>105</v>
+        <v>5</v>
       </c>
       <c r="G39" s="3">
         <v>5</v>
       </c>
       <c r="H39" s="3">
         <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>56.6</v>
+        <v>3.4</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>50.98</v>
+        <v>11.92</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>110</v>
+        <v>1960</v>
       </c>
       <c r="G41" s="3">
-        <v>5</v>
+        <v>70</v>
       </c>
       <c r="H41" s="3">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>