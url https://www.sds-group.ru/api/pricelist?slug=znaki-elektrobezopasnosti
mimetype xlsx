--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -8,322 +8,304 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="166" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="84">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Знаки электробезопасности</t>
   </si>
   <si>
+    <t>56-0007-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 15х50мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>56-0008-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «380 В» 35х100мм (7 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0010-01</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземление» диаметр 20мм (с хедером, 20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0006</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 200х200х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-3</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 130х130х130мм 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>56-0008-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «380 В» 15х50мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0059</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «N», диаметр 20мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>55-0012</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не открывать! Работают люди» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0015</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой! Напряжение» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0017</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземлено» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0010-02</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземление» диаметр 10мм, 200 наклеек (5 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 50х50х50мм 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>56-0007-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 35х100мм 70 шт. REXANT</t>
+  </si>
+  <si>
+    <t>56-0007-01</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 15х50мм (с хедером, 20 шт. на листе) REXANT</t>
+  </si>
+  <si>
     <t>56-0004</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Электрощитовая»150х300мм REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>56-0008</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «380 В»10х30мм (42 шт. на листе, 5 листов) REXANT</t>
   </si>
   <si>
+    <t>56-0003</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Электрощитовая» 100х300мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 25х25х25мм 100 шт. REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-4</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 85х85х85мм 20 шт. REXANT</t>
+  </si>
+  <si>
+    <t>55-0010</t>
+  </si>
+  <si>
+    <t>Наклейка маркировочная таблица 12 модулей (50х216мм) REXANT</t>
+  </si>
+  <si>
+    <t>55-0011</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не включать! Работают люди» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0013</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не включать! Работа на линии» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0007</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 10х30мм (42 шт. на листе, 5 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0080</t>
+  </si>
+  <si>
+    <t>Набор наклеек «Маркировка электрощитов М-2» 100х100мм (цифры, знаки электробезопасности, 10 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0081</t>
+  </si>
+  <si>
+    <t>Набор наклеек «Маркировка электрощитов М-1» 85х150мм (надписи для ВА, 10 листов) REXANT</t>
+  </si>
+  <si>
     <t>56-0010</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Заземление», диаметр 20мм (20 шт. на листе) REXANT</t>
   </si>
   <si>
-    <t>56-0006-1</t>
-[...8 lines deleted...]
-    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 85х85х85мм 20 шт. REXANT</t>
+    <t>56-0082</t>
+  </si>
+  <si>
+    <t>Набор модульных наклеек «Маркировка электрощитов» малый 100х100мм (120 наклеек) REXANT</t>
   </si>
   <si>
     <t>56-0002-1</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 100х200 мм REXANT</t>
   </si>
   <si>
+    <t>56-0005</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 100х100х100мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0009</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности " 36 В"10*30 мм Rexant ( 42 шт на листе)</t>
+  </si>
+  <si>
     <t>55-0003-1</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «42 В» 35х100 мм REXANT (7 шт на листе)</t>
   </si>
   <si>
+    <t>55-0014</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не влезай! Убьет!» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0009-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «36 В» 35х100 мм REXANT (7шт на листе)</t>
+  </si>
+  <si>
+    <t>56-0001</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 100х300мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0002</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 150х300мм REXANT</t>
+  </si>
+  <si>
     <t>55-0004</t>
   </si>
   <si>
-    <t>Наклейка знак электробезопасности «PE»,  диаметр 20мм (20 шт. на листе) REXANT</t>
-[...173 lines deleted...]
-    <t>Наклейка знак электробезопасности «220 В» 35х100мм 70 шт. REXANT</t>
+    <t>Наклейка знак электробезопасности «PE», диаметр 20мм (20 шт. на листе) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -708,56 +690,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-150h300mm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-200h200h200mm-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-20mm-s-hederom-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-10h30mm-42-sht-na-liste-5-listov-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-25h25h25mm-100-sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-85h85h85mm-20-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-100h200-mm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-35h100-mm-rexant-7-sht-na-liste" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-pe-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-markirovochnaya-tablitsa-12-moduley-50h216mm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-otkryvat-rabotayut-lyudi-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vlezay-ubet-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-napryazhenie-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemleno-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-10h30mm-42-sht-na-liste-5-listov-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50mm-s-hederom-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-100h300mm-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-100h100h100mm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-10-30-mm-rexant-42-sht-na-liste" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-12-v-15h50-mm-rexant-20-sht-na-liste" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-1-85h150mm-nadpisi-dlya-va-10-listov-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-35h100mm-7-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-50h50h50mm-50-sht-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-15h50-mm-rexant-20sht-na-liste" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-n-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-35h100-mm-rexant-7sht-na-liste" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-100h300mm-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-150h300mm-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-2-100h100mm-tsifry-znaki-elektrobezopasnosti-10-listov-rex" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-modulnyh-nakleek-markirovka-elektroschitov-malyy-100h100mm-120-nakleek-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-10mm-200-nakleek-5-listov-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-130h130h130mm-5-sht-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-160h160h160mm-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-15h50mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabotayut-lyudi-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabota-na-linii-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-35h100mm-70-sht-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-35h100mm-7-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-20mm-s-hederom-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-200h200h200mm-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-130h130h130mm-5-sht-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-15h50mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-n-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-otkryvat-rabotayut-lyudi-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-napryazhenie-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemleno-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-10mm-200-nakleek-5-listov-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-50h50h50mm-50-sht-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-35h100mm-70-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50mm-s-hederom-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroshchitovaya150h300mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v10h30mm-42-sht-na-liste-5-listov-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroshchitovaya-100h300mm-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-25h25h25mm-100-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-85h85h85mm-20-sht-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-markirovochnaya-tablitsa-12-moduley-50h216mm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabotayut-lyudi-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabota-na-linii-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-10h30mm-42-sht-na-liste-5-listov-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroshchitov-m-2-100h100mm-tsifry-znaki-elektrobezopasnosti-10-listov-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroshchitov-m-1-85h150mm-nadpisi-dlya-va-10-listov-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-modulnyh-nakleek-markirovka-elektroshchitov-malyy-100h100mm-120-nakleek-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-100h200-mm-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-100h100h100mm-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v10-30-mm-rexant-42-sht-na-liste" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-35h100-mm-rexant-7-sht-na-liste" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vlezay-ubet-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-35h100-mm-rexant-7sht-na-liste" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-100h300mm-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-150h300mm-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-pe-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I41"/>
+  <dimension ref="A1:I38"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -776,1217 +758,1127 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>61.96</v>
+        <v>3.4</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>2430</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H3" s="3">
         <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>47.17</v>
+        <v>11.92</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>805</v>
       </c>
       <c r="G4" s="3">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
         <v>51.33</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>1379</v>
       </c>
       <c r="G5" s="3">
         <v>5</v>
       </c>
       <c r="H5" s="3">
         <v>5</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>3.3</v>
+        <v>47.17</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>21420</v>
+        <v>1485</v>
       </c>
       <c r="G6" s="3">
-        <v>210</v>
+        <v>5</v>
       </c>
       <c r="H6" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>2.34</v>
+        <v>25.46</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G7" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1.97</v>
+        <v>3.4</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>26400</v>
       </c>
       <c r="G8" s="3">
         <v>100</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>14.27</v>
+        <v>2.54</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1420</v>
+        <v>6200</v>
       </c>
       <c r="G9" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>60.87</v>
+        <v>57.56</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>145</v>
+        <v>5</v>
       </c>
       <c r="G10" s="3">
         <v>5</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>3.98</v>
+        <v>57.03</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>210</v>
+        <v>790</v>
       </c>
       <c r="G11" s="3">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="H11" s="3">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>2.43</v>
+        <v>65.04</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>6100</v>
+        <v>25</v>
       </c>
       <c r="G12" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>15.13</v>
+        <v>1.95</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>475</v>
+        <v>8200</v>
       </c>
       <c r="G13" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>57.56</v>
+        <v>4.25</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>55</v>
+        <v>25150</v>
       </c>
       <c r="G14" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>58.1</v>
+        <v>11.92</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>200</v>
+        <v>700</v>
       </c>
       <c r="G15" s="3">
-        <v>5</v>
+        <v>70</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>57.03</v>
+        <v>71.22</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>300</v>
+        <v>24</v>
       </c>
       <c r="G16" s="3">
         <v>5</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>65.04</v>
+        <v>61.96</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>85</v>
+        <v>1850</v>
       </c>
       <c r="G17" s="3">
         <v>5</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>3.4</v>
+        <v>3.3</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>125906</v>
+        <v>6930</v>
       </c>
       <c r="G18" s="3">
         <v>210</v>
       </c>
       <c r="H18" s="3">
         <v>210</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>71.22</v>
+        <v>61.96</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>69</v>
+        <v>225</v>
       </c>
       <c r="G19" s="3">
         <v>5</v>
       </c>
       <c r="H19" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>61.96</v>
+        <v>1.97</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>460</v>
+        <v>6600</v>
       </c>
       <c r="G20" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>19.35</v>
+        <v>14.27</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>6500</v>
+        <v>2960</v>
       </c>
       <c r="G21" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1.13</v>
+        <v>15.13</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>210</v>
+        <v>820</v>
       </c>
       <c r="G22" s="3">
-        <v>210</v>
+        <v>5</v>
       </c>
       <c r="H22" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>3.47</v>
+        <v>58.09</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>395.1</v>
+        <v>57.55</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>241</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>11.92</v>
+        <v>3.4</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1960</v>
+        <v>111786</v>
       </c>
       <c r="G25" s="3">
-        <v>35</v>
+        <v>210</v>
       </c>
       <c r="H25" s="3">
-        <v>35</v>
+        <v>210</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>4.25</v>
+        <v>395.1</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>150</v>
+        <v>38</v>
       </c>
       <c r="G26" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>2.43</v>
+        <v>395.1</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
+        <v>164</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>100</v>
+      </c>
+      <c r="I27" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>2.54</v>
+        <v>2.34</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>7500</v>
+        <v>178600</v>
       </c>
       <c r="G28" s="3">
         <v>100</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>11.53</v>
+        <v>376.29</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>175</v>
+        <v>1790</v>
       </c>
       <c r="G29" s="3">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>60.85</v>
+        <v>60.87</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>155</v>
+        <v>10</v>
       </c>
       <c r="G30" s="3">
         <v>5</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>60.85</v>
+        <v>19.35</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>140</v>
+        <v>11730</v>
       </c>
       <c r="G31" s="3">
         <v>5</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>395.1</v>
+        <v>1.13</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>78</v>
+        <v>210</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>210</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>376.29</v>
+        <v>3.98</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>946</v>
+        <v>140</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>1.95</v>
+        <v>58.1</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>8400</v>
+        <v>395</v>
       </c>
       <c r="G34" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H34" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>25.46</v>
+        <v>11.53</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="G35" s="3">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>48.82</v>
+        <v>60.85</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="G36" s="3">
         <v>5</v>
       </c>
       <c r="H36" s="3">
         <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>3.4</v>
+        <v>60.85</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>9800</v>
+        <v>125</v>
       </c>
       <c r="G37" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>58.09</v>
+        <v>2.43</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>20</v>
+        <v>3700</v>
       </c>
       <c r="G38" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H38" s="3">
         <v>100</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
-[...85 lines deleted...]
-      <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
     <hyperlink ref="D34" r:id="rId32"/>
     <hyperlink ref="D35" r:id="rId33"/>
     <hyperlink ref="D36" r:id="rId34"/>
     <hyperlink ref="D37" r:id="rId35"/>
     <hyperlink ref="D38" r:id="rId36"/>
-    <hyperlink ref="D39" r:id="rId37"/>
-[...1 lines deleted...]
-    <hyperlink ref="D41" r:id="rId39"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>